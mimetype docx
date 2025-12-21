--- v0 (2025-10-29)
+++ v1 (2025-12-21)
@@ -5795,156 +5795,147 @@
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00174C75" w:rsidRPr="00144515">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="75814A17" w14:textId="77777777" w:rsidR="004A17C4" w:rsidRDefault="004A17C4" w:rsidP="009442F6">
+    <w:p w14:paraId="2FD7D595" w14:textId="77777777" w:rsidR="00952356" w:rsidRDefault="00952356" w:rsidP="009442F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49C5CACE" w14:textId="77777777" w:rsidR="004A17C4" w:rsidRDefault="004A17C4" w:rsidP="009442F6">
+    <w:p w14:paraId="004AF535" w14:textId="77777777" w:rsidR="00952356" w:rsidRDefault="00952356" w:rsidP="009442F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D1A4F9E" w14:textId="77777777" w:rsidR="004A17C4" w:rsidRDefault="004A17C4" w:rsidP="009442F6">
+    <w:p w14:paraId="53D33FA5" w14:textId="77777777" w:rsidR="00952356" w:rsidRDefault="00952356" w:rsidP="009442F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D37471C" w14:textId="77777777" w:rsidR="004A17C4" w:rsidRDefault="004A17C4" w:rsidP="009442F6">
+    <w:p w14:paraId="51AF7796" w14:textId="77777777" w:rsidR="00952356" w:rsidRDefault="00952356" w:rsidP="009442F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="237C08E3" w14:textId="27F639FE" w:rsidR="009442F6" w:rsidRDefault="00C14EE2" w:rsidP="00730E2A">
+  <w:p w14:paraId="39AB791B" w14:textId="12F84AA7" w:rsidR="005E524C" w:rsidRDefault="00C14EE2" w:rsidP="004065D7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>Public School Unit (PSU) CSI / ATSI Plan Feedback</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="39AB791B" w14:textId="769D054A" w:rsidR="005E524C" w:rsidRDefault="005E524C" w:rsidP="00730E2A">
-[...7 lines deleted...]
-  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="240"/>
+  <w:zoom w:percent="270"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00504AA0"/>
     <w:rsid w:val="00027AF5"/>
     <w:rsid w:val="00037F57"/>
     <w:rsid w:val="00040D39"/>
     <w:rsid w:val="000608E3"/>
@@ -5958,89 +5949,91 @@
     <w:rsid w:val="0015075C"/>
     <w:rsid w:val="00174C75"/>
     <w:rsid w:val="001A0991"/>
     <w:rsid w:val="001D421A"/>
     <w:rsid w:val="001D6AAB"/>
     <w:rsid w:val="001E46D5"/>
     <w:rsid w:val="001F786B"/>
     <w:rsid w:val="00233B4C"/>
     <w:rsid w:val="00247AFB"/>
     <w:rsid w:val="00257821"/>
     <w:rsid w:val="0027413F"/>
     <w:rsid w:val="002B5B02"/>
     <w:rsid w:val="002C78FD"/>
     <w:rsid w:val="002C7FD3"/>
     <w:rsid w:val="002F3A80"/>
     <w:rsid w:val="00330B2F"/>
     <w:rsid w:val="003324F0"/>
     <w:rsid w:val="00352D71"/>
     <w:rsid w:val="00353042"/>
     <w:rsid w:val="003634B4"/>
     <w:rsid w:val="003A082D"/>
     <w:rsid w:val="003C7EEF"/>
     <w:rsid w:val="003E3B76"/>
     <w:rsid w:val="004004F7"/>
     <w:rsid w:val="00403FA0"/>
+    <w:rsid w:val="004065D7"/>
     <w:rsid w:val="004849D6"/>
     <w:rsid w:val="00492838"/>
     <w:rsid w:val="004A17C4"/>
     <w:rsid w:val="004C1067"/>
     <w:rsid w:val="004D2282"/>
     <w:rsid w:val="004E28DA"/>
     <w:rsid w:val="00500C65"/>
     <w:rsid w:val="00504AA0"/>
     <w:rsid w:val="005631CA"/>
     <w:rsid w:val="00575086"/>
     <w:rsid w:val="00576141"/>
     <w:rsid w:val="005C5090"/>
     <w:rsid w:val="005E524C"/>
     <w:rsid w:val="006257E7"/>
     <w:rsid w:val="00627276"/>
     <w:rsid w:val="0064309C"/>
     <w:rsid w:val="0068709B"/>
     <w:rsid w:val="006A22D1"/>
     <w:rsid w:val="006A6D3F"/>
     <w:rsid w:val="00700C26"/>
     <w:rsid w:val="00720AAF"/>
     <w:rsid w:val="00730E2A"/>
     <w:rsid w:val="00751E13"/>
     <w:rsid w:val="00765BB7"/>
     <w:rsid w:val="00765F50"/>
     <w:rsid w:val="0077111B"/>
     <w:rsid w:val="00790183"/>
     <w:rsid w:val="007A3488"/>
     <w:rsid w:val="007D6EB4"/>
     <w:rsid w:val="007F1BF5"/>
     <w:rsid w:val="007F30B3"/>
     <w:rsid w:val="00804A28"/>
     <w:rsid w:val="00805CDB"/>
     <w:rsid w:val="00840CEB"/>
     <w:rsid w:val="00855ABF"/>
     <w:rsid w:val="008D5E58"/>
     <w:rsid w:val="00932B21"/>
     <w:rsid w:val="00933110"/>
     <w:rsid w:val="009442F6"/>
+    <w:rsid w:val="00952356"/>
     <w:rsid w:val="00981D32"/>
     <w:rsid w:val="009B32ED"/>
     <w:rsid w:val="009B7228"/>
     <w:rsid w:val="009C6942"/>
     <w:rsid w:val="009D0056"/>
     <w:rsid w:val="00A13D68"/>
     <w:rsid w:val="00A40156"/>
     <w:rsid w:val="00A6002A"/>
     <w:rsid w:val="00AB4191"/>
     <w:rsid w:val="00B00847"/>
     <w:rsid w:val="00B1153A"/>
     <w:rsid w:val="00B17F83"/>
     <w:rsid w:val="00BA1B21"/>
     <w:rsid w:val="00BA392D"/>
     <w:rsid w:val="00BD510A"/>
     <w:rsid w:val="00BF03A7"/>
     <w:rsid w:val="00C14EE2"/>
     <w:rsid w:val="00C45B09"/>
     <w:rsid w:val="00C67B2D"/>
     <w:rsid w:val="00C813D4"/>
     <w:rsid w:val="00D0050E"/>
     <w:rsid w:val="00D84F82"/>
     <w:rsid w:val="00D87C7E"/>
     <w:rsid w:val="00DC7119"/>
     <w:rsid w:val="00DD16A1"/>