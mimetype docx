--- v0 (2025-10-03)
+++ v1 (2026-01-14)
@@ -6,6336 +6,7131 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="4E7891D1" w14:textId="10069D8C" w:rsidR="0014608A" w:rsidRPr="007C2E6B" w:rsidRDefault="00186C3D" w:rsidP="0014608A">
+    <w:p w14:paraId="73B7FFCC" w14:textId="5C059BEB" w:rsidR="007C2E6B" w:rsidRPr="007C2E6B" w:rsidRDefault="007C2E6B" w:rsidP="00C05563">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidR="0014608A" w:rsidRPr="007C2E6B">
+      <w:r w:rsidRPr="007C2E6B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NC Office of School Nutrition</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A1441DC" w14:textId="171146AA" w:rsidR="008021AB" w:rsidRPr="00C05563" w:rsidRDefault="008021AB" w:rsidP="008021AB">
+    <w:p w14:paraId="7427896B" w14:textId="77777777" w:rsidR="0039540F" w:rsidRDefault="000E2C3C" w:rsidP="0061738C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t xml:space="preserve">How to Submit a Site Based Claim for Reimbursement </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="13DEECAE" w14:textId="4C04765F" w:rsidR="0023032D" w:rsidRDefault="008021AB" w:rsidP="008021AB">
+        <w:t xml:space="preserve">How to Submit a </w:t>
+      </w:r>
+      <w:r w:rsidR="00C05563">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>Site Based Claim</w:t>
+      </w:r>
+      <w:r w:rsidR="00662935">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for Reimbursement</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05563">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1473928C" w14:textId="73C8A9D0" w:rsidR="006E13F0" w:rsidRDefault="006E13F0" w:rsidP="0061738C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00785B06">
+        <w:t>for CEP School Food Authorities</w:t>
+      </w:r>
+      <w:r w:rsidR="00082B8A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t xml:space="preserve">for </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00095FDD">
+        <w:t xml:space="preserve"> (SFAs)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>Non</w:t>
-[...34 lines deleted...]
-    <w:p w14:paraId="72A17712" w14:textId="113AD11A" w:rsidR="005D50F7" w:rsidRPr="003A696C" w:rsidRDefault="005D50F7" w:rsidP="005D50F7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7204AC88" w14:textId="77777777" w:rsidR="00C05563" w:rsidRDefault="00C05563">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="385BD2D2" w14:textId="37935B65" w:rsidR="00E8314D" w:rsidRPr="003A696C" w:rsidRDefault="00C05563">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A696C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The following information is now required for EACH site submit</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C4150">
+        <w:t xml:space="preserve">The following information is now </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8314D" w:rsidRPr="003A696C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>required for EACH site submit</w:t>
+      </w:r>
+      <w:r w:rsidR="00641971">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ting</w:t>
       </w:r>
+      <w:r w:rsidR="00E8314D" w:rsidRPr="003A696C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the monthly claim for reimbursement in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00214BC0" w:rsidRPr="003A696C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>School</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8314D" w:rsidRPr="003A696C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nutrition Technology System</w:t>
+      </w:r>
+      <w:r w:rsidR="0051461A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (SNTS)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8314D" w:rsidRPr="003A696C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35B38E0B" w14:textId="5E10416C" w:rsidR="00C05563" w:rsidRPr="003A696C" w:rsidRDefault="00BD4F4C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003A696C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the monthly claim for reimbursement in the School Nutrition Technology System</w:t>
-[...31 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">The claim is divided into </w:t>
       </w:r>
-      <w:r w:rsidR="00A02106" w:rsidRPr="000E604F">
+      <w:r w:rsidR="00DE226F" w:rsidRPr="0039540F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>four</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E604F">
+      <w:r w:rsidRPr="0039540F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00040B08" w:rsidRPr="000E604F">
+      <w:r w:rsidR="00E3369E" w:rsidRPr="0039540F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sections</w:t>
       </w:r>
-      <w:r w:rsidR="003A081A" w:rsidRPr="00DD785D">
+      <w:r w:rsidR="003A081A" w:rsidRPr="003A696C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for each site and includes the following</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD785D">
+      <w:r w:rsidRPr="003A696C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35FD1951" w14:textId="77777777" w:rsidR="00BD4F4C" w:rsidRPr="00DD785D" w:rsidRDefault="00BD4F4C" w:rsidP="00BD4F4C">
+    <w:p w14:paraId="445D07F9" w14:textId="77777777" w:rsidR="00BD4F4C" w:rsidRPr="003A696C" w:rsidRDefault="00BD4F4C" w:rsidP="00BD4F4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD785D">
+      <w:r w:rsidRPr="003A696C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>General Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49C1053A" w14:textId="77777777" w:rsidR="00BD4F4C" w:rsidRPr="00DD785D" w:rsidRDefault="00BD4F4C" w:rsidP="00BD4F4C">
+    <w:p w14:paraId="4007BC57" w14:textId="77777777" w:rsidR="00BD4F4C" w:rsidRPr="003A696C" w:rsidRDefault="00BD4F4C" w:rsidP="00BD4F4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD785D">
+      <w:r w:rsidRPr="003A696C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>National School Lunch Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CF262E2" w14:textId="77777777" w:rsidR="00BD4F4C" w:rsidRPr="00DD785D" w:rsidRDefault="00BD4F4C" w:rsidP="00BD4F4C">
+    <w:p w14:paraId="03D12A21" w14:textId="77777777" w:rsidR="00BD4F4C" w:rsidRPr="003A696C" w:rsidRDefault="00BD4F4C" w:rsidP="00BD4F4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD785D">
+      <w:r w:rsidRPr="003A696C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>School Breakfast Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED2B24C" w14:textId="0400AFB8" w:rsidR="004B3315" w:rsidRPr="00082DB2" w:rsidRDefault="00BD4F4C" w:rsidP="00B103AF">
+    <w:p w14:paraId="0A49E346" w14:textId="77777777" w:rsidR="00BD4F4C" w:rsidRDefault="00BD4F4C" w:rsidP="00BD4F4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD785D">
+      <w:r w:rsidRPr="003A696C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>After School Snack Program Information</w:t>
       </w:r>
-      <w:r w:rsidR="00A339C0">
+      <w:r w:rsidR="00463CD4" w:rsidRPr="003A696C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (if applicable)</w:t>
       </w:r>
-      <w:r w:rsidR="00B103AF" w:rsidRPr="00082DB2">
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:p>
+    <w:p w14:paraId="3EBC3203" w14:textId="1AAE7A0D" w:rsidR="00F60107" w:rsidRDefault="00586539" w:rsidP="00F60107">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A883C02" wp14:editId="53516EEB">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687936" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2BCF997B" wp14:editId="328D14E6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>9525</wp:posOffset>
+                  <wp:posOffset>175895</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6858000" cy="9525"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
                 <wp:wrapNone/>
-                <wp:docPr id="121523363" name="Straight Connector 5"/>
+                <wp:docPr id="820544171" name="Straight Connector 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="6858000" cy="9525"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:srgbClr val="156082"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="70D73112" id="Straight Connector 5" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="0,.75pt" to="540pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGrMdfswEAAFIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfqdOiVCVquoetlguC&#10;lfi4Tx07seQveUzT/nvGTikL3BAXazwzeZ735mX/cHGWnVVCE3zP16uGM+VlGIwfe/71y9ObHWeY&#10;wQ9gg1c9vyrkD4fXr/Zz7NQmTMEOKjEC8djNsedTzrETAuWkHOAqROWpqENykOmaRjEkmAndWbFp&#10;mq2YQxpiClIhUva4FPmh4mutZP6kNarMbM9ptlzPVM9TOcVhD92YIE5G3saAf5jCgfH06B3qCBnY&#10;92T+gnJGpoBB55UMTgStjVSVA7FZN3+w+TxBVJULiYPxLhP+P1j58fzonxPJMEfsMD6nwuKik2Pa&#10;mviNdlp50aTsUmW73mVTl8wkJbe7dtc0pK6k2rt20xZVxYJS0GLC/F4Fx0rQc2t8IQUdnD9gXlp/&#10;tpS0D0/G2roY69lM+G/bAg5kD20hU+ji0HP0I2dgR/KdzKkiYrBmKF8XHEzj6dEmdgba/brdNrvN&#10;bbDf2srTR8Bp6aulxRXOZLKmNa7nhR4RXGa1vqCraq4bgV/alegUhmuVVJQbLa6qcTNZccbLO8Uv&#10;f4XDDwAAAP//AwBQSwMEFAAGAAgAAAAhAChW/qfYAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOwzAQRO9I/IO1SFwQtSmlVCFOFSEheoTCB2zjJYmI15HttOHv2Z7guDOrmTfldvaDOlJMfWAL&#10;dwsDirgJrufWwufHy+0GVMrIDofAZOGHEmyry4sSCxdO/E7HfW6VhHAq0EKX81honZqOPKZFGInF&#10;+wrRY5YzttpFPEm4H/TSmLX22LM0dDjSc0fN937y0kthteN69zaPrzf1cvLrVXxEa6+v5voJVKY5&#10;/z3DGV/QoRKmQ5jYJTVYkCFZ1AdQZ9NsjAgHC/cGdFXq//TVLwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAGrMdfswEAAFIDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAoVv6n2AAAAAUBAAAPAAAAAAAAAAAAAAAAAA0EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokecolor="#156082" strokeweight=".5pt">
+              <v:line w14:anchorId="2A132E41" id="Straight Connector 5" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251687936;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="0,13.85pt" to="540pt,14.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGrMdfswEAAFIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfqdOiVCVquoetlguC&#10;lfi4Tx07seQveUzT/nvGTikL3BAXazwzeZ735mX/cHGWnVVCE3zP16uGM+VlGIwfe/71y9ObHWeY&#10;wQ9gg1c9vyrkD4fXr/Zz7NQmTMEOKjEC8djNsedTzrETAuWkHOAqROWpqENykOmaRjEkmAndWbFp&#10;mq2YQxpiClIhUva4FPmh4mutZP6kNarMbM9ptlzPVM9TOcVhD92YIE5G3saAf5jCgfH06B3qCBnY&#10;92T+gnJGpoBB55UMTgStjVSVA7FZN3+w+TxBVJULiYPxLhP+P1j58fzonxPJMEfsMD6nwuKik2Pa&#10;mviNdlp50aTsUmW73mVTl8wkJbe7dtc0pK6k2rt20xZVxYJS0GLC/F4Fx0rQc2t8IQUdnD9gXlp/&#10;tpS0D0/G2roY69lM+G/bAg5kD20hU+ji0HP0I2dgR/KdzKkiYrBmKF8XHEzj6dEmdgba/brdNrvN&#10;bbDf2srTR8Bp6aulxRXOZLKmNa7nhR4RXGa1vqCraq4bgV/alegUhmuVVJQbLa6qcTNZccbLO8Uv&#10;f4XDDwAAAP//AwBQSwMEFAAGAAgAAAAhAB+cHQzZAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOwzAQRO9I/IO1SFwQtYmqpoQ4VYSE6BEKH7CNlyQiXkex04a/Z3uC486sZt6Uu8UP6kRT7ANb&#10;eFgZUMRNcD23Fj4/Xu63oGJCdjgEJgs/FGFXXV+VWLhw5nc6HVKrJIRjgRa6lMZC69h05DGuwkgs&#10;3leYPCY5p1a7Cc8S7gedGbPRHnuWhg5Heu6o+T7MXnoprPdc79+W8fWuzma/WU85Wnt7s9RPoBIt&#10;6e8ZLviCDpUwHcPMLqrBggxJFrI8B3VxzdaIchTlMQNdlfo/f/ULAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEABqzHX7MBAABSAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAH5wdDNkAAAAHAQAADwAAAAAAAAAAAAAAAAANBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;" strokecolor="#156082" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
                 <w10:wrap anchorx="margin"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="673A543C" w14:textId="106DCBEB" w:rsidR="003A081A" w:rsidRPr="00082DB2" w:rsidRDefault="002E3423" w:rsidP="004B3315">
+    <w:p w14:paraId="47F1FB48" w14:textId="698E0A78" w:rsidR="00D95C31" w:rsidRDefault="00D95C31" w:rsidP="00D95C31">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251643904" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C55E293" wp14:editId="75B8EC1D">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09348320" wp14:editId="60E02FE2">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>57150</wp:posOffset>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>8255</wp:posOffset>
+                  <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6705600" cy="457200"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="624733570" name="Rectangle 5"/>
+                <wp:docPr id="798972521" name="Rectangle 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6705600" cy="457200"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
-                          <a:schemeClr val="accent2">
+                          <a:schemeClr val="tx2">
                             <a:lumMod val="75000"/>
+                            <a:lumOff val="25000"/>
                           </a:schemeClr>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="15000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="5D3AA4C8" w14:textId="3E4877AA" w:rsidR="004B3315" w:rsidRPr="00A63702" w:rsidRDefault="004B3315" w:rsidP="003E31C8">
+                          <w:p w14:paraId="414766EF" w14:textId="77777777" w:rsidR="00D95C31" w:rsidRPr="00C96DFE" w:rsidRDefault="00D95C31" w:rsidP="00C96DFE">
                             <w:pPr>
-                              <w:pStyle w:val="Style1-24"/>
+                              <w:pStyle w:val="Title"/>
+                              <w:rPr>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="48"/>
+                              </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00A63702">
+                            <w:r w:rsidRPr="00C96DFE">
+                              <w:rPr>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="48"/>
+                              </w:rPr>
                               <w:t>Section 1:</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00A63702">
+                            <w:r w:rsidRPr="00C96DFE">
+                              <w:rPr>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="48"/>
+                              </w:rPr>
                               <w:tab/>
-                              <w:t xml:space="preserve">General </w:t>
-[...2 lines deleted...]
-                              <w:t>Information</w:t>
+                              <w:t>General Information</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5B856609" w14:textId="77777777" w:rsidR="002E3423" w:rsidRDefault="002E3423" w:rsidP="002E3423">
+                          <w:p w14:paraId="5CD5577B" w14:textId="77777777" w:rsidR="00D95C31" w:rsidRDefault="00D95C31" w:rsidP="00D95C31">
                             <w:pPr>
-                              <w:jc w:val="center"/>
+                              <w:jc w:val="both"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="4C55E293" id="Rectangle 5" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:4.5pt;margin-top:.65pt;width:528pt;height:36pt;z-index:251643904;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+2w1ZhgIAAJEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X20HfWxBnSJo0WFA&#10;1xZth54VWaoNyKJGKbGzXz9Kdtysy3YYdpElPj6Sn0meX/StYRuFvgFb8uIo50xZCVVjX0r+7en6&#10;w0fOfBC2EgasKvlWeX6xeP/uvHNzNYMaTKWQEYj1886VvA7BzbPMy1q1wh+BU5aUGrAVgZ74klUo&#10;OkJvTTbL89OsA6wcglTek/RqUPJFwtdayXCntVeBmZJTbiGdmM5VPLPFuZi/oHB1I8c0xD9k0YrG&#10;UtAJ6koEwdbY/AbVNhLBgw5HEtoMtG6kSjVQNUX+pprHWjiVaiFyvJto8v8PVt5uHt09Eg2d83NP&#10;11hFr7GNX8qP9Yms7USW6gOTJDw9y09Oc+JUku745Iz+RmQze/V26MNnBS2Ll5Ij/YzEkdjc+DCY&#10;7kxiMA+mqa4bY9IjNoC6NMg2gn6dkFLZMEvuZt1+hWqQn53kU9jUM9ElJfELmrER00JEHwJHSfZa&#10;crqFrVHRztgHpVlTUZFDxAl5P5kiJeNrUalBXPwxlwQYkTXFn7BHgEOFFiOTo310VamZJ+d8iP43&#10;58kjRQYbJue2sYCHAEyYIg/2O5IGaiJLoV/1Y7esoNreI0MYpso7ed3Qn74RPtwLpDGi5qDVEO7o&#10;0Aa6ksN446wG/HFIHu2pu0nLWUdjWXL/fS1QcWa+WOr7T8XxcZzj9Ehdxxnua1b7GrtuL4Hap6Al&#10;5GS6kjMGs7tqhPaZNsgyRiWVsJJil1wG3D0uw7AuaAdJtVwmM5pdJ8KNfXQygkeCYyc/9c8C3dju&#10;gQblFnYjLOZvun6wjZ4WlusAukkjESkeeB2pp7lP/TzuqLhY9t/J6nWTLn4CAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCmq8HK3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3dRg&#10;qzGbIoJgBQtWDx4n2WmymJ0N2W2b/nunJz2+94b3vilXk+/VgcboAhuYzzJQxE2wjlsDX58vN/eg&#10;YkK22AcmAyeKsKouL0osbDjyBx22qVVSwrFAA11KQ6F1bDryGGdhIJZsF0aPSeTYajviUcp9r2+z&#10;bKE9OpaFDgd67qj52e69gd07v23c3J3Wdfu6tIjrTfgejLm+mp4eQSWa0t8xnPEFHSphqsOebVS9&#10;gQf5JImdgzqn2eJOjNrAMs9BV6X+z1/9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD7b&#10;DVmGAgAAkQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AKarwcrcAAAABwEAAA8AAAAAAAAAAAAAAAAA4AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;" fillcolor="#bf4e14 [2405]" stroked="f" strokeweight="1pt">
+              <v:rect w14:anchorId="09348320" id="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:0;width:528pt;height:36pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAIDZifkwIAAKQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+0EfWxGnCJo0WFA&#10;1wZrh54VWYoNyKImKbGzXz9Ksp2263YYdrElPj6Sn0guLvtWkb2wrgFd0tlJTonQHKpGb0v6/fHm&#10;w0dKnGe6Ygq0KOlBOHq5fP9u0ZlCzKEGVQlLEES7ojMlrb03RZY5XouWuRMwQqNSgm2Zx6vdZpVl&#10;HaK3Kpvn+XnWga2MBS6cQ+l1UtJlxJdScH8vpROeqJJibj5+bfxuwjdbLlixtczUDR/SYP+QRcsa&#10;jUEnqGvmGdnZ5jeotuEWHEh/wqHNQMqGi1gDVjPLX1XzUDMjYi1IjjMTTe7/wfK7/YNZW6ShM65w&#10;eAxV9NK24Y/5kT6SdZjIEr0nHIXnF/nZeY6cctSdnl3gawQ2s6O3sc5/FtCScCipxceIHLH9rfPJ&#10;dDQJwRyoprpplIqX0ADiSlmyZ/h0vp9HV7Vrv0KVZBdneQrJChTjMyfxfBRjJrGNAkrM60UApUMY&#10;DSFgyiVIsiML8eQPSgQ7pb8JSZoK606JTMgpKONcaD+LObqaVSKJZ3/MJQIGZInxJ+wB4GXtI3bK&#10;crAPriL29+Scp+h/c548YmTQfnJuGw32LQCFVQ2Rk/1IUqImsOT7TY8m4biB6rC2xEIaNGf4TYOP&#10;f8ucXzOLk4X9gtvC3+NHKuhKCsOJkhrsz7fkwR4bHrWUdDipJXU/dswKStQXjaPwaXZ6GkY7XmIj&#10;UmKfazbPNXrXXgF21Az3kuHxiM7Wq/EoLbRPuFRWISqqmOYYu6Tc2/Fy5dMGwbXExWoVzXCcDfO3&#10;+sHwAB4IDs392D8xa4YJ8Dg7dzBONSteDUKyDZ4aVjsPsolTcuR1oB5XQeznYW2FXfP8Hq2Oy3X5&#10;CwAA//8DAFBLAwQUAAYACAAAACEASZ87/NsAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPUUvD&#10;MBSF3wX/Q7iCL+ISh26jNh0y5puCm8Je75rYlCY3tUm79t+b+TJfDhzO5Zzv5uvRWTboLtSeJDzM&#10;BDBNpVc1VRK+Pl/vV8BCRFJoPWkJkw6wLq6vcsyUP9FOD/tYsVRCIUMJJsY24zyURjsMM99qStm3&#10;7xzGZLuKqw5PqdxZPhdiwR3WlBYMtnpjdNnseyfh8Lh8ezc7t/mZmi3abdN/TMOdlLc348szsKjH&#10;eDmGM35ChyIxHX1PKjArIT0S//SciadF8kcJy7kAXuT8P33xCwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAgNmJ+TAgAApAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAEmfO/zbAAAABQEAAA8AAAAAAAAAAAAAAAAA7QQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" fillcolor="#215e99 [2431]" stroked="f" strokeweight="1pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="5D3AA4C8" w14:textId="3E4877AA" w:rsidR="004B3315" w:rsidRPr="00A63702" w:rsidRDefault="004B3315" w:rsidP="003E31C8">
+                    <w:p w14:paraId="414766EF" w14:textId="77777777" w:rsidR="00D95C31" w:rsidRPr="00C96DFE" w:rsidRDefault="00D95C31" w:rsidP="00C96DFE">
                       <w:pPr>
-                        <w:pStyle w:val="Style1-24"/>
+                        <w:pStyle w:val="Title"/>
+                        <w:rPr>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00A63702">
+                      <w:r w:rsidRPr="00C96DFE">
+                        <w:rPr>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
+                        </w:rPr>
                         <w:t>Section 1:</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00A63702">
+                      <w:r w:rsidRPr="00C96DFE">
+                        <w:rPr>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
+                        </w:rPr>
                         <w:tab/>
-                        <w:t xml:space="preserve">General </w:t>
-[...2 lines deleted...]
-                        <w:t>Information</w:t>
+                        <w:t>General Information</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5B856609" w14:textId="77777777" w:rsidR="002E3423" w:rsidRDefault="002E3423" w:rsidP="002E3423">
+                    <w:p w14:paraId="5CD5577B" w14:textId="77777777" w:rsidR="00D95C31" w:rsidRDefault="00D95C31" w:rsidP="00D95C31">
                       <w:pPr>
-                        <w:jc w:val="center"/>
+                        <w:jc w:val="both"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
+                <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43BE7603" w14:textId="6494A892" w:rsidR="00C05563" w:rsidRDefault="00C05563">
-[...16 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="21FC0B30" w14:textId="12CB240D" w:rsidR="003A081A" w:rsidRPr="008061B4" w:rsidRDefault="0016281E" w:rsidP="003A081A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008061B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:noProof/>
-          <w:sz w:val="48"/>
-          <w:szCs w:val="48"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251642368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="628A1502" wp14:editId="4CEB30B8">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D8C9AA2" wp14:editId="2EEB1E64">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:align>right</wp:align>
+              <wp:posOffset>971550</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>31750</wp:posOffset>
+              <wp:posOffset>227965</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="6144260" cy="955040"/>
-            <wp:effectExtent l="171450" t="171450" r="370840" b="378460"/>
+            <wp:extent cx="4591050" cy="1160780"/>
+            <wp:effectExtent l="171450" t="171450" r="361950" b="382270"/>
             <wp:wrapNone/>
-            <wp:docPr id="8" name="Picture 4"/>
+            <wp:docPr id="8" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6144260" cy="955040"/>
+                      <a:ext cx="4613125" cy="1166361"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="accent1"/>
                       </a:solidFill>
                     </a:ln>
                     <a:effectLst>
                       <a:outerShdw blurRad="292100" dist="139700" dir="2700000" algn="tl" rotWithShape="0">
                         <a:srgbClr val="333333">
                           <a:alpha val="65000"/>
                         </a:srgbClr>
                       </a:outerShdw>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02794CE8" w14:textId="77777777" w:rsidR="0058285C" w:rsidRDefault="0058285C">
-[...26 lines deleted...]
-    <w:p w14:paraId="7CC2205C" w14:textId="463BF297" w:rsidR="00F44269" w:rsidRPr="006D6CF2" w:rsidRDefault="00F44269" w:rsidP="0061050C">
+    <w:p w14:paraId="5D45FF69" w14:textId="6C377572" w:rsidR="00F44269" w:rsidRDefault="00F44269">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61644A37" w14:textId="77777777" w:rsidR="00C05563" w:rsidRPr="005B0F72" w:rsidRDefault="00C05563">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B3A44AA" w14:textId="77777777" w:rsidR="003921C0" w:rsidRDefault="003921C0" w:rsidP="003921C0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DD6FC86" w14:textId="77777777" w:rsidR="008061B4" w:rsidRDefault="008061B4" w:rsidP="003921C0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5744620C" w14:textId="77777777" w:rsidR="003921C0" w:rsidRDefault="003921C0" w:rsidP="003921C0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F800F79" w14:textId="4B3B6DF8" w:rsidR="00F44269" w:rsidRPr="009542E4" w:rsidRDefault="00F44269" w:rsidP="009542E4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="C00000"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>G1.</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009542E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">G1.   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009542E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>The number of students that have been approved for free meal benefits</w:t>
-[...20 lines deleted...]
-          <w:color w:val="C00000"/>
+      </w:r>
+      <w:r w:rsidR="00EC7B96" w:rsidRPr="00C24A66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7B96" w:rsidRPr="009542E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36C69" w:rsidRPr="009542E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009542E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>he number of students that have been approved for free meal benefits</w:t>
+      </w:r>
+      <w:r w:rsidR="003A081A" w:rsidRPr="009542E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C24A66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006D6CF2" w:rsidRPr="006D6CF2">
-[...20 lines deleted...]
-    <w:p w14:paraId="3EEF09D1" w14:textId="078BF361" w:rsidR="00DC564D" w:rsidRPr="00DC564D" w:rsidRDefault="00F44269" w:rsidP="00DC564D">
+      <w:r w:rsidR="003A081A" w:rsidRPr="009542E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r w:rsidR="002B11B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EDE7996" w14:textId="41F6AEC4" w:rsidR="00F44269" w:rsidRPr="009542E4" w:rsidRDefault="00F44269" w:rsidP="009542E4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00A324B2">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009542E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>G2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0001465B">
-[...90 lines deleted...]
-      <w:r w:rsidR="00785B06" w:rsidRPr="006D6CF2">
+      <w:r w:rsidRPr="009542E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...7 lines deleted...]
-      <w:r w:rsidR="006D6CF2" w:rsidRPr="006D6CF2">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B36C69" w:rsidRPr="00C24A66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:r w:rsidR="00B36C69" w:rsidRPr="009542E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009542E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he number of students that have been approved for reduced price meal </w:t>
+      </w:r>
+      <w:r w:rsidR="000B4123" w:rsidRPr="009542E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009542E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>benefits</w:t>
+      </w:r>
+      <w:r w:rsidR="003A081A" w:rsidRPr="009542E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the school</w:t>
+      </w:r>
+      <w:r w:rsidR="002B11B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47EB4728" w14:textId="2F9B6FB8" w:rsidR="00F44269" w:rsidRPr="002E05A7" w:rsidRDefault="00F44269" w:rsidP="009542E4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009542E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...58 lines deleted...]
-      <w:r w:rsidRPr="00A324B2">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>G3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009542E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>G3.</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:tab/>
-        <w:t>The number of students enrolled in the school</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:r>
+      <w:r w:rsidR="00B36C69" w:rsidRPr="00C24A66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enter </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1504" w:rsidRPr="00C24A66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24A66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>he</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009542E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> number of students enrolled in the school.  </w:t>
+      </w:r>
+      <w:r w:rsidR="002E05A7" w:rsidRPr="009542E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="002E05A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000B4123" w:rsidRPr="002E05A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E05A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please use the highest enrollment during the month. The system will use this </w:t>
+      </w:r>
+      <w:r w:rsidR="002E05A7" w:rsidRPr="002E05A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E05A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>number to calculate the number of paid students at the school</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E05A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0001465B">
-[...62 lines deleted...]
-    <w:p w14:paraId="30A6B588" w14:textId="77777777" w:rsidR="00BD4F4C" w:rsidRDefault="00BD4F4C" w:rsidP="00BD4F4C">
+    </w:p>
+    <w:p w14:paraId="6425E2C8" w14:textId="77777777" w:rsidR="00BD4F4C" w:rsidRDefault="00BD4F4C" w:rsidP="00BD4F4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="068EE7DE" w14:textId="4AC21643" w:rsidR="00A4120A" w:rsidRDefault="00A4120A">
-[...13 lines deleted...]
-    <w:p w14:paraId="35622294" w14:textId="76EA0EDC" w:rsidR="004B3315" w:rsidRPr="00785B06" w:rsidRDefault="004B3315" w:rsidP="006B591F">
+    <w:p w14:paraId="77A1B482" w14:textId="77777777" w:rsidR="00724DCB" w:rsidRDefault="00724DCB" w:rsidP="00BD4F4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E63E907" w14:textId="77777777" w:rsidR="0000601B" w:rsidRDefault="0000601B" w:rsidP="00BD4F4C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EDD06EA" w14:textId="77777777" w:rsidR="00A61A00" w:rsidRDefault="00A61A00" w:rsidP="003A081A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66F03364" w14:textId="10E227A6" w:rsidR="000847B7" w:rsidRPr="00C05563" w:rsidRDefault="000847B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251645952" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2CEA3E55" wp14:editId="52471C9B">
-[...6 lines deleted...]
-                </wp:positionV>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F17C5E6" wp14:editId="03FB5AD9">
                 <wp:extent cx="6705600" cy="457200"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:wrapNone/>
-                <wp:docPr id="1781079621" name="Rectangle 5"/>
+                <wp:docPr id="726403298" name="Rectangle 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6705600" cy="457200"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
-                          <a:schemeClr val="accent2">
+                          <a:srgbClr val="0E2841">
                             <a:lumMod val="75000"/>
+                            <a:lumOff val="25000"/>
+                          </a:srgbClr>
+                        </a:solidFill>
+                        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+                          <a:noFill/>
+                          <a:prstDash val="solid"/>
+                          <a:miter lim="800000"/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="2055E894" w14:textId="71BCE269" w:rsidR="000847B7" w:rsidRPr="006629EF" w:rsidRDefault="000847B7" w:rsidP="000847B7">
+                            <w:pPr>
+                              <w:pStyle w:val="Title"/>
+                              <w:contextualSpacing w:val="0"/>
+                              <w:rPr>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="48"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="006629EF">
+                              <w:rPr>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="48"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Section </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00B40AA3" w:rsidRPr="006629EF">
+                              <w:rPr>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="48"/>
+                              </w:rPr>
+                              <w:t>2</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="006629EF">
+                              <w:rPr>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="48"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00B40AA3" w:rsidRPr="006629EF">
+                              <w:rPr>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="48"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">  National School Lunch Claim Entry</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1AC84A96" w14:textId="77777777" w:rsidR="000847B7" w:rsidRDefault="000847B7" w:rsidP="000847B7">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="4F17C5E6" id="Rectangle 5" o:spid="_x0000_s1027" style="width:528pt;height:36pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAEsvdUdQIAAOsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+0EadMadYqgXYcB&#10;XVugHXpWZDkWIIkapcTufv0oOY+u22nYRaZIio+PH315NVjDtgqDBlfzyUnJmXISGu3WNf/+fPvp&#10;nLMQhWuEAadq/qoCv1p8/HDZ+0pNoQPTKGQUxIWq9zXvYvRVUQTZKSvCCXjlyNgCWhHpiuuiQdFT&#10;dGuKaVmeFT1g4xGkCoG0N6ORL3L8tlUyPrRtUJGZmlNtMZ+Yz1U6i8WlqNYofKflrgzxD1VYoR0l&#10;PYS6EVGwDeo/QlktEQK08USCLaBttVS5B+pmUr7r5qkTXuVeCJzgDzCF/xdW3m+f/CMSDL0PVSAx&#10;dTG0aNOX6mNDBuv1AJYaIpOkPJuXp2clYSrJNjud0zQSmsXxtccQvyiwLAk1RxpGxkhs70IcXfcu&#10;KVkAo5tbbUy+4Hp1bZBtRRrc5+n5bJLfmo39Bs2onp+WY05RkZrmPKqnezWVEsYwuazf4hvHeuLr&#10;dJ47EMS81ohIzVjf1Dy4NWfCrInSMmJO7CCVlumSir4RoRvT5bAjj6yORGajbc3PqbQDIMalllSm&#10;4671I9pJisNqYJoST1KgpFlB8/qIDGFkbPDyVlPaOxHio0CiKAFPaxcf6GgNUC+wkzjrAH/+TZ/8&#10;iTlk5awnylOfPzYCFWfmqyNOXUxms7Qj+ZInyhm+tazeWtzGXgMNZ0IL7mUW6TFGsxdbBPtC27lM&#10;WckknKTcNSeUR/E6jotI2y3VcpmdaCu8iHfuycsUOuGW4H4eXgT6HZEiUfAe9sshqnd8Gn3TSwfL&#10;TYRWZ7IdUSU2pAttVObFbvvTyr69Z6/jP2rxCwAA//8DAFBLAwQUAAYACAAAACEAd0CIa9wAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm91twCgxm9IKgngQjfXgbZudJqnZ&#10;2ZDdNsm/d+pFLw8eb3jvm3w1uU6ccAitJw3LhQKBVHnbUq1h+/F0cw8iREPWdJ5Qw4wBVsXlRW4y&#10;60d6x1MZa8ElFDKjoYmxz6QMVYPOhIXvkTjb+8GZyHaopR3MyOWuk4lSqXSmJV5oTI+PDVbf5dFp&#10;2Hy9rT83y+ekfJlf00O1HdtkHrW+vprWDyAiTvHvGM74jA4FM+38kWwQnQZ+JP7qOVO3KfudhrtE&#10;gSxy+Z+++AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAEsvdUdQIAAOsEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB3QIhr3AAAAAUBAAAPAAAA&#10;AAAAAAAAAAAAAM8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2AUAAAAA&#10;" fillcolor="#215f9a" stroked="f" strokeweight="1pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="2055E894" w14:textId="71BCE269" w:rsidR="000847B7" w:rsidRPr="006629EF" w:rsidRDefault="000847B7" w:rsidP="000847B7">
+                      <w:pPr>
+                        <w:pStyle w:val="Title"/>
+                        <w:contextualSpacing w:val="0"/>
+                        <w:rPr>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006629EF">
+                        <w:rPr>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Section </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00B40AA3" w:rsidRPr="006629EF">
+                        <w:rPr>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
+                        </w:rPr>
+                        <w:t>2</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="006629EF">
+                        <w:rPr>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00B40AA3" w:rsidRPr="006629EF">
+                        <w:rPr>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">  National School Lunch Claim Entry</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1AC84A96" w14:textId="77777777" w:rsidR="000847B7" w:rsidRDefault="000847B7" w:rsidP="000847B7">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:anchorlock/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7539B068" w14:textId="5F4978CD" w:rsidR="00F44269" w:rsidRDefault="00D41481">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32F1106C" wp14:editId="20AC346E">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>center</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>272415</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="4149520" cy="1668780"/>
+            <wp:effectExtent l="171450" t="171450" r="365760" b="388620"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1" name="Picture 16"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 16"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4149520" cy="1668780"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:solidFill>
+                        <a:schemeClr val="accent1"/>
+                      </a:solidFill>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:outerShdw blurRad="292100" dist="139700" dir="2700000" algn="tl" rotWithShape="0">
+                        <a:srgbClr val="333333">
+                          <a:alpha val="65000"/>
+                        </a:srgbClr>
+                      </a:outerShdw>
+                    </a:effectLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E548344" w14:textId="1F6E2335" w:rsidR="00FF734E" w:rsidRDefault="00FF734E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F282D83" w14:textId="77777777" w:rsidR="00FF734E" w:rsidRDefault="00FF734E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E4EAAD6" w14:textId="77777777" w:rsidR="00FF734E" w:rsidRDefault="00FF734E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="793D4E93" w14:textId="77777777" w:rsidR="00FF734E" w:rsidRDefault="00FF734E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5029CED9" w14:textId="77777777" w:rsidR="00FF734E" w:rsidRDefault="00FF734E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="256C6744" w14:textId="77777777" w:rsidR="00047BFA" w:rsidRPr="00C05563" w:rsidRDefault="00047BFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41317D11" w14:textId="04663076" w:rsidR="00F44269" w:rsidRPr="001513D6" w:rsidRDefault="00F44269" w:rsidP="005B0F72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD57ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L1.</w:t>
+      </w:r>
+      <w:r w:rsidR="004E4939">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B606F7" w:rsidRPr="00C24A66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:r w:rsidR="00B606F7" w:rsidRPr="00AD57ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD57ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the number of sites participating in the National School Lunch Program.  </w:t>
+      </w:r>
+      <w:r w:rsidR="001513D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004E4939">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001513D6" w:rsidRPr="001513D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001513D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The number will be</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3992" w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="003A081A" w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3992" w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="003A081A" w:rsidRPr="001513D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001513D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">since we are requiring a </w:t>
+      </w:r>
+      <w:r w:rsidR="001513D6" w:rsidRPr="001513D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>site-based</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001513D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> claim.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2297D59C" w14:textId="77777777" w:rsidR="003A081A" w:rsidRPr="00AD57ED" w:rsidRDefault="003A081A" w:rsidP="003A081A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35EA92BF" w14:textId="68889486" w:rsidR="003A081A" w:rsidRPr="001513D6" w:rsidRDefault="00F44269" w:rsidP="003A081A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD57ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L2.</w:t>
+      </w:r>
+      <w:r w:rsidR="004E4939">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B606F7" w:rsidRPr="00C24A66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD57ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Total Monthly Attendance for the school.  </w:t>
+      </w:r>
+      <w:r w:rsidR="001513D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004E4939">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001513D6" w:rsidRPr="001513D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001513D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This number will be the total (sum) for the entire month.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="030C7166" w14:textId="77777777" w:rsidR="003A081A" w:rsidRPr="00AD57ED" w:rsidRDefault="003A081A" w:rsidP="003A081A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F66F886" w14:textId="5AB6D0CA" w:rsidR="003A081A" w:rsidRPr="00AD57ED" w:rsidRDefault="00F44269" w:rsidP="003A081A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002011F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L3.</w:t>
+      </w:r>
+      <w:r w:rsidR="004E4939">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00371A76" w:rsidRPr="00C24A66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD57ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the number of days </w:t>
+      </w:r>
+      <w:r w:rsidR="00C05563" w:rsidRPr="00AD57ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lunch </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD57ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>meals were served during the month.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C58F56F" w14:textId="77777777" w:rsidR="003A081A" w:rsidRPr="00AD57ED" w:rsidRDefault="003A081A" w:rsidP="003A081A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54B0DB24" w14:textId="426D0421" w:rsidR="00596235" w:rsidRPr="00AD57ED" w:rsidRDefault="00F44269" w:rsidP="00596235">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002011F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L4.</w:t>
+      </w:r>
+      <w:r w:rsidR="004E4939">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00015EE9" w:rsidRPr="00C24A66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00371A76" w:rsidRPr="00C24A66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nter</w:t>
+      </w:r>
+      <w:r w:rsidR="00371A76" w:rsidRPr="00AD57ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD57ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the number of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C05563" w:rsidRPr="00AD57ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lunch </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD57ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">meals served during the month </w:t>
+      </w:r>
+      <w:r w:rsidR="0012203D" w:rsidRPr="00C24A66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="00627FE9" w:rsidRPr="00C24A66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> each</w:t>
+      </w:r>
+      <w:r w:rsidR="00627FE9" w:rsidRPr="00AD57ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD57ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>category</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB1820">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED6F0C" w:rsidRPr="00AD57ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC0A571" w14:textId="77777777" w:rsidR="00CA4C0C" w:rsidRPr="00CA4C0C" w:rsidRDefault="00F44269" w:rsidP="00CA4C0C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A1C67">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Free</w:t>
+      </w:r>
+      <w:r w:rsidR="00484E7E" w:rsidRPr="006A1C67">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, b. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A1C67">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Red</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02EAE" w:rsidRPr="006A1C67">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uced</w:t>
+      </w:r>
+      <w:r w:rsidR="00484E7E" w:rsidRPr="006A1C67">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, c. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A1C67">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Paid)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37F827FF" w14:textId="77777777" w:rsidR="0076345C" w:rsidRDefault="00CA4C0C" w:rsidP="0076345C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C60736">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00504C07" w:rsidRPr="00CA4C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED6F0C" w:rsidRPr="00CA4C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OTE:  </w:t>
+      </w:r>
+      <w:r w:rsidR="00656553" w:rsidRPr="00CA4C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d. Total Lunches Served (a</w:t>
+      </w:r>
+      <w:r w:rsidR="006629EF" w:rsidRPr="00CA4C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000633B9" w:rsidRPr="00CA4C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>+</w:t>
+      </w:r>
+      <w:r w:rsidR="006629EF" w:rsidRPr="00CA4C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000633B9" w:rsidRPr="00CA4C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="006629EF" w:rsidRPr="00CA4C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000633B9" w:rsidRPr="00CA4C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>+</w:t>
+      </w:r>
+      <w:r w:rsidR="006629EF" w:rsidRPr="00CA4C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000633B9" w:rsidRPr="00CA4C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c): </w:t>
+      </w:r>
+      <w:r w:rsidR="000633B9" w:rsidRPr="00CA4C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The system will automatically </w:t>
+      </w:r>
+      <w:r w:rsidR="00D8354F" w:rsidRPr="00CA4C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">calculate and </w:t>
+      </w:r>
+      <w:r w:rsidR="005C7CF5" w:rsidRPr="00CA4C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004E4939">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D8354F" w:rsidRPr="00CA4C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>display the total in this field.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2245" w:rsidRPr="00CA4C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05CC374D" w14:textId="1D3FE9C7" w:rsidR="00CC45DA" w:rsidRPr="0076345C" w:rsidRDefault="00CC45DA" w:rsidP="0076345C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D08E08B" w14:textId="4085A5AE" w:rsidR="003931B0" w:rsidRDefault="003931B0" w:rsidP="003931B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F9E5951" wp14:editId="65FB7618">
+                <wp:extent cx="6705600" cy="457200"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="346498423" name="Rectangle 5"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6705600" cy="457200"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="tx2">
+                            <a:lumMod val="75000"/>
+                            <a:lumOff val="25000"/>
                           </a:schemeClr>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="15000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="6338DC1F" w14:textId="1140F913" w:rsidR="004B3315" w:rsidRPr="004B3315" w:rsidRDefault="004B3315" w:rsidP="003E31C8">
+                          <w:p w14:paraId="59B80C7B" w14:textId="0E951408" w:rsidR="00714E00" w:rsidRPr="006629EF" w:rsidRDefault="00714E00" w:rsidP="000847B7">
                             <w:pPr>
-                              <w:pStyle w:val="Style1-24"/>
+                              <w:pStyle w:val="Title"/>
+                              <w:contextualSpacing w:val="0"/>
+                              <w:rPr>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="48"/>
+                              </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="004B3315">
-                              <w:t>Section 2:</w:t>
+                            <w:r w:rsidRPr="006629EF">
+                              <w:rPr>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="48"/>
+                              </w:rPr>
+                              <w:t>Section 3:</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="004B3315">
+                            <w:r w:rsidRPr="006629EF">
+                              <w:rPr>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="48"/>
+                              </w:rPr>
                               <w:tab/>
-                              <w:t xml:space="preserve">National School Lunch </w:t>
+                              <w:t>School Breakfast</w:t>
                             </w:r>
-                            <w:r w:rsidR="000970AD" w:rsidRPr="000E604F">
+                            <w:r w:rsidR="00047BFA" w:rsidRPr="006629EF">
                               <w:rPr>
-                                <w:sz w:val="40"/>
-                                <w:szCs w:val="40"/>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="48"/>
                               </w:rPr>
-                              <w:t>Claim Entry</w:t>
+                              <w:t xml:space="preserve"> Claim Entry</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="63B8385E" w14:textId="77777777" w:rsidR="004B3315" w:rsidRDefault="004B3315" w:rsidP="004B3315">
+                          <w:p w14:paraId="59D415C8" w14:textId="77777777" w:rsidR="00714E00" w:rsidRDefault="00714E00" w:rsidP="00714E00">
                             <w:pPr>
                               <w:jc w:val="both"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelV relativeFrom="margin">
-[...2 lines deleted...]
-              </wp:anchor>
+              </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="2CEA3E55" id="_x0000_s1027" style="position:absolute;margin-left:0;margin-top:0;width:528pt;height:36pt;z-index:251645952;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6xDFGiQIAAJgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X20XfWxBnSJo0WFA&#10;1wZth54VWaoNyKJGKbGzXz9Kdpys63YYdrElPj6Sn0heXPatYRuFvgFb8uIo50xZCVVjX0r+7enm&#10;w0fOfBC2EgasKvlWeX45f//uonMzdQw1mEohIxDrZ50reR2Cm2WZl7VqhT8CpywpNWArAl3xJatQ&#10;dITemuw4z8+yDrByCFJ5T9LrQcnnCV9rJcO91l4FZkpOuYX0xfRdxW82vxCzFxSubuSYhviHLFrR&#10;WAo6QV2LINgam9+g2kYieNDhSEKbgdaNVKkGqqbIX1XzWAunUi1EjncTTf7/wcq7zaNbItHQOT/z&#10;dIxV9Brb+Kf8WJ/I2k5kqT4wScKz8/z0LCdOJelOTs/pNSKb2d7boQ+fFbQsHkqO9BiJI7G59WEw&#10;3ZnEYB5MU900xqRLbAB1ZZBtBD2dkFLZcJzczbr9CtUgPz/Np7CpZ6JLSuIXNGMjpoWIPgSOkmxf&#10;cjqFrVHRztgHpVlTUZFDxAn5MJkiJeNrUalBXPwxlwQYkTXFn7BHgLcKLUYmR/voqlIzT875EP1v&#10;zpNHigw2TM5tYwHfAjBhijzY70gaqIkshX7VEzc06zHHKFlBtV0iQxiGyzt509CD3woflgJpmqhH&#10;aEOEe/poA13JYTxxVgP+eEse7anJSctZR9NZcv99LVBxZr5Yav9PxclJHOd0Sc3HGR5qVocau26v&#10;gLqooF3kZDqSMwazO2qE9pkWySJGJZWwkmKXXAbcXa7CsDVoFUm1WCQzGmEnwq19dDKCR55jQz/1&#10;zwLd2PWB5uUOdpMsZq+af7CNnhYW6wC6SZOx53V8ARr/1Nbjqor75fCerPYLdf4TAAD//wMAUEsD&#10;BBQABgAIAAAAIQDSL7g82gAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BawIxEIXvgv8hTKE3&#10;TRSqZd2sFKFQCxVqe+hxdjPuBjeTZRN1/feNvdTLg8cb3vsmXw+uFWfqg/WsYTZVIIgrbyzXGr6/&#10;XifPIEJENth6Jg1XCrAuxqMcM+Mv/EnnfaxFKuGQoYYmxi6TMlQNOQxT3xGn7OB7hzHZvpamx0sq&#10;d62cK7WQDi2nhQY72jRUHfcnp+Hwwe87O7PXbVm/LQ3idud/Oq0fH4aXFYhIQ/w/hht+QociMZX+&#10;xCaIVkN6JP7pLVNPi+RLDcu5Alnk8p6++AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA6&#10;xDFGiQIAAJgFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDSL7g82gAAAAUBAAAPAAAAAAAAAAAAAAAAAOMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAA6gUAAAAA&#10;" fillcolor="#bf4e14 [2405]" stroked="f" strokeweight="1pt">
+              <v:rect w14:anchorId="1F9E5951" id="_x0000_s1028" style="width:528pt;height:36pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC3Y6MBlgIAAKkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+0EfWxGnCJo0WFA&#10;1wZrh54VWYoNyKImKbGzXz9Ksp2263YYdpElPj6Sn0kuLvtWkb2wrgFd0tlJTonQHKpGb0v6/fHm&#10;w0dKnGe6Ygq0KOlBOHq5fP9u0ZlCzKEGVQlLEES7ojMlrb03RZY5XouWuRMwQqNSgm2Zx6fdZpVl&#10;HaK3Kpvn+XnWga2MBS6cQ+l1UtJlxJdScH8vpROeqJJibj6eNp6bcGbLBSu2lpm64UMa7B+yaFmj&#10;MegEdc08Izvb/AbVNtyCA+lPOLQZSNlwEWvAamb5q2oeamZErAXJcWaiyf0/WH63fzBrizR0xhUO&#10;r6GKXto2fDE/0keyDhNZoveEo/D8Ij87z5FTjrrTswv8G4HN7OhtrPOfBbQkXEpq8WdEjtj+1vlk&#10;OpqEYA5UU900SsVHaABxpSzZM/x1vp9HV7Vrv0KVZBdneQrJChTjb07i+SjGTGIbBZSY14sASocw&#10;GkLAlEuQZEcW4s0flAh2Sn8TkjQV1p0SmZBTUMa50H4Wc3Q1q0QSz/6YSwQMyBLjT9gDwMvaR+yU&#10;5WAfXEXs78k5T9H/5jx5xMig/eTcNhrsWwAKqxoiJ/uRpERNYMn3mx65CdSgZZBsoDqsLbGQ5s0Z&#10;ftNgD9wy59fM4oBh2+DS8Pd4SAVdSWG4UVKD/fmWPNhj36OWkg4HtqTux45ZQYn6onEiPs1OT8OE&#10;x0fsR0rsc83muUbv2ivAxprhejI8XtHZejVepYX2CXfLKkRFFdMcY2Mnjtcrn9YI7iYuVqtohDNt&#10;mL/VD4YH6MBy6PDH/olZM4yBxwG6g3G0WfFqGpJt8NSw2nmQTRyVI6sD/7gPYlMPuyssnOfvaHXc&#10;sMtfAAAA//8DAFBLAwQUAAYACAAAACEA+7/Ia9oAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;zU7DMBCE70i8g7WVuFG7kSglxKkQEgckBDSUuxsvcai9jmLnh7fH5UIvI41mNfNtsZ2dZSP2ofUk&#10;YbUUwJBqr1tqJOw/nq43wEJUpJX1hBJ+MMC2vLwoVK79RDscq9iwVEIhVxJMjF3OeagNOhWWvkNK&#10;2ZfvnYrJ9g3XvZpSubM8E2LNnWopLRjV4aPB+lgNTsLLN477t8+798k8D7zKaju86pWUV4v54R5Y&#10;xDn+H8MJP6FDmZgOfiAdmJWQHol/esrEzTr5g4TbTAAvC35OX/4CAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAt2OjAZYCAACpBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEA+7/Ia9oAAAAFAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAPcFAAAAAA==&#10;" fillcolor="#215e99 [2431]" stroked="f" strokeweight="1pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="6338DC1F" w14:textId="1140F913" w:rsidR="004B3315" w:rsidRPr="004B3315" w:rsidRDefault="004B3315" w:rsidP="003E31C8">
+                    <w:p w14:paraId="59B80C7B" w14:textId="0E951408" w:rsidR="00714E00" w:rsidRPr="006629EF" w:rsidRDefault="00714E00" w:rsidP="000847B7">
                       <w:pPr>
-                        <w:pStyle w:val="Style1-24"/>
+                        <w:pStyle w:val="Title"/>
+                        <w:contextualSpacing w:val="0"/>
+                        <w:rPr>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="004B3315">
-                        <w:t>Section 2:</w:t>
+                      <w:r w:rsidRPr="006629EF">
+                        <w:rPr>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
+                        </w:rPr>
+                        <w:t>Section 3:</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="004B3315">
+                      <w:r w:rsidRPr="006629EF">
+                        <w:rPr>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
+                        </w:rPr>
                         <w:tab/>
-                        <w:t xml:space="preserve">National School Lunch </w:t>
+                        <w:t>School Breakfast</w:t>
                       </w:r>
-                      <w:r w:rsidR="000970AD" w:rsidRPr="000E604F">
+                      <w:r w:rsidR="00047BFA" w:rsidRPr="006629EF">
                         <w:rPr>
-                          <w:sz w:val="40"/>
-                          <w:szCs w:val="40"/>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
                         </w:rPr>
-                        <w:t>Claim Entry</w:t>
+                        <w:t xml:space="preserve"> Claim Entry</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="63B8385E" w14:textId="77777777" w:rsidR="004B3315" w:rsidRDefault="004B3315" w:rsidP="004B3315">
+                    <w:p w14:paraId="59D415C8" w14:textId="77777777" w:rsidR="00714E00" w:rsidRDefault="00714E00" w:rsidP="00714E00">
                       <w:pPr>
                         <w:jc w:val="both"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
+                <w10:anchorlock/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F5EBB0B" w14:textId="77777777" w:rsidR="003E31C8" w:rsidRDefault="003E31C8" w:rsidP="00F8237E">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="52D78481" w14:textId="77777777" w:rsidR="003931B0" w:rsidRPr="00615916" w:rsidRDefault="003931B0" w:rsidP="003931B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
-        </w:rPr>
-[...87 lines deleted...]
-      <w:r w:rsidRPr="00F057AC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="795AF3B5" w14:textId="65D42CEC" w:rsidR="00F44269" w:rsidRPr="00615916" w:rsidRDefault="002B6877" w:rsidP="00053391">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615916">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>**IMPORTANT**</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2626E" w:rsidRPr="00615916">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED5EB5">
-[...135 lines deleted...]
-      <w:r w:rsidR="00C57D61">
+      <w:r w:rsidR="00F44269" w:rsidRPr="00615916">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The information displayed for the School Breakfast Program </w:t>
+      </w:r>
+      <w:r w:rsidR="006B52A2" w:rsidRPr="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is determined by</w:t>
+      </w:r>
+      <w:r w:rsidR="006B52A2" w:rsidRPr="00615916">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED5EB5">
-[...90 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00F44269" w:rsidRPr="00615916">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>whether the school qualifies for Regular or Severe-Need</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA53D7" w:rsidRPr="00615916">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44269" w:rsidRPr="00615916">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eimbursement.  Only </w:t>
+      </w:r>
+      <w:r w:rsidR="00261809" w:rsidRPr="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the appropriate screen </w:t>
+      </w:r>
+      <w:r w:rsidR="00F44269" w:rsidRPr="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidR="00261809" w:rsidRPr="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>display</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44269" w:rsidRPr="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001D64F3" w:rsidRPr="00615916">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED5EB5">
-[...231 lines deleted...]
-    <w:p w14:paraId="06688679" w14:textId="18004B5E" w:rsidR="00ED5EB5" w:rsidRPr="002B39B6" w:rsidRDefault="00C52C02" w:rsidP="00805767">
+    </w:p>
+    <w:p w14:paraId="5337B818" w14:textId="77777777" w:rsidR="00053391" w:rsidRDefault="00053391" w:rsidP="005F67FB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
-[...138 lines deleted...]
-    <w:p w14:paraId="72FB8BE6" w14:textId="7B01CB86" w:rsidR="00F44269" w:rsidRDefault="005E6F0C" w:rsidP="00651968">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="551BB541" w14:textId="5CC02AD3" w:rsidR="005F67FB" w:rsidRPr="005F67FB" w:rsidRDefault="001D64F3" w:rsidP="005F67FB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...113 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>SEVERE NEED REIMBURSEMENT</w:t>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="337DD7E6" wp14:editId="2B25C086">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CAEBB10" wp14:editId="0E618D59">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="margin">
-                  <wp:align>center</wp:align>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2343151</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>288290</wp:posOffset>
+                  <wp:posOffset>270256</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5857875" cy="1795145"/>
-                <wp:effectExtent l="171450" t="57150" r="409575" b="376555"/>
+                <wp:extent cx="4463414" cy="2074418"/>
+                <wp:effectExtent l="171450" t="76200" r="356870" b="383540"/>
                 <wp:wrapNone/>
-                <wp:docPr id="896405531" name="Group 8"/>
+                <wp:docPr id="1182328528" name="Group 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5857875" cy="1795145"/>
+                          <a:ext cx="4463414" cy="2074418"/>
                           <a:chOff x="0" y="0"/>
-                          <a:chExt cx="5857875" cy="1795145"/>
+                          <a:chExt cx="4730115" cy="2198370"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="3" name="Picture 3"/>
+                          <pic:cNvPr id="2" name="Picture 4"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
-                            <a:off x="0" y="133350"/>
-                            <a:ext cx="5857875" cy="1661795"/>
+                            <a:off x="0" y="95250"/>
+                            <a:ext cx="4730115" cy="2103120"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="accent1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst>
                             <a:outerShdw blurRad="292100" dist="139700" dir="2700000" algn="tl" rotWithShape="0">
                               <a:srgbClr val="333333">
                                 <a:alpha val="65000"/>
                               </a:srgbClr>
                             </a:outerShdw>
                           </a:effectLst>
                         </pic:spPr>
                       </pic:pic>
                       <wps:wsp>
-                        <wps:cNvPr id="1977631489" name="Oval 2"/>
+                        <wps:cNvPr id="1694230682" name="Oval 2"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1409700" y="0"/>
-                            <a:ext cx="1896110" cy="400050"/>
+                            <a:off x="1457325" y="0"/>
+                            <a:ext cx="2009775" cy="428625"/>
                           </a:xfrm>
                           <a:prstGeom prst="ellipse">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="57150" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:srgbClr val="C00000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                             <a:miter lim="800000"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="0EBAE3D5" id="Group 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:22.7pt;width:461.25pt;height:141.35pt;z-index:251658240;mso-position-horizontal:center;mso-position-horizontal-relative:margin" coordsize="58578,17951" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQArmu+xCwQAAEsJAAAOAAAAZHJzL2Uyb0RvYy54bWycVttu4zYQfS/QfyD0&#10;vrHlu404C8NpggXSTbDZIs80RVnEUiRL0pf063uGkh3bCbDtGogyI5LDM2cOh7r+vK8120oflDXz&#10;LL/qZkwaYQtl1vPsr+93nyYZC5Gbgmtr5Dx7lSH7fPP7b9c7N5M9W1ldSM8QxITZzs2zKkY363SC&#10;qGTNw5V10mCwtL7mEa5fdwrPd4he606v2x11dtYXzlshQ8Db22Ywu0nxy1KK+FiWQUam5xmwxfT0&#10;6bmiZ+fmms/WnrtKiRYG/wUUNVcGmx5D3fLI2card6FqJbwNtoxXwtYdW5ZKyJQDssm7F9nce7tx&#10;KZf1bLd2R5pA7QVPvxxWfN3ee/fsnjyY2Lk1uEge5bIvfU3/gZLtE2WvR8rkPjKBl8PJcDwZDzMm&#10;MJaPp8N8MGxIFRWYf7dOVH/8ZGXnsHHnDI5TYoa/lgNY7zj4uVawKm68zNog9X+KUXP/Y+M+oVyO&#10;R7VSWsXXJD0UhkCZ7ZMST75xQOeTZ6qYZ/2MGV5D8RilTVmfaKEFNKdZwSmjByt+BGbssuJmLRfB&#10;QbOgkmZ3zqcn92y7lVbuTmlNVSK7TQz6vtDHB9w02ru1YlNLE5vD5KVGjtaESrmQMT+T9UoiGf+l&#10;SID4LHjxDQDTsQnRyygq2rwEiPY96nccSIjfQFI6AVJjq92ftgA3fBNtOjYfSi3v9/vD9oh+rLfR&#10;iCSXqDqoBpz6EO+lrRkZwA64aQ++fQgEHAAPUwi6NvQMVqviQGXqPnKpPdty9A0uBBhqKnI2E5Ga&#10;1TJ1GoSnUHYTpX+uih1b6Y3/xsFfb9rLu2g/hSJEeX86bjwUqgcTv4xxvUYHjRq02/iiYvVccQeO&#10;ugl88OvVERB4wa9JSruKNzBHQ4rTJNhOT8ke8STvBGqqDtWjVRrKQz0AjTgclATvnZb+V69JSQAp&#10;hX07HPl0PB7188Fkejglj2Ca9Qh9O/PYkkKSDBF7IZJ80G14fN+V8sl0lOcglbrSALQ0Mjq2ljcF&#10;tCKRGqcnyIbSj3ViLMkjCV8btkPrG+cIywTHtVXi3MCsHYodzPpQTRF9CnmurtNSLqn4x6qdipA0&#10;estD1RQ3RSB6+KxW0BfTqp5nk9PVF1IkIRCXTYHJWtniFYcP8krNPDhxp7DJAw/xiXtce8gGV3l8&#10;xKPUFina1spYZf0/H72n+VAIRjO2wzWK9P/ecOqx+ouBdqb5YICwMTmD4bgHx5+OrE5HzKZeWpy4&#10;HB8NTiST5kd9MEtv6xfc+AvaFUPcCOw9z4jo1llG+BjCN4OQi0Wym+b9YJ4dWn6eSkL0ft+/cO9a&#10;CUS0mK/2oFc+u2gXzVzi39gF2lapUi9547WlG2cnWenGhnX2SXDqp1lv30A3/wIAAP//AwBQSwME&#10;CgAAAAAAAAAhABq+XOXnSQAA50kAABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAA&#10;DUlIRFIAAALVAAAAzQgCAAAA+Msb4wAAAAFzUkdCAK7OHOkAAEmhSURBVHhe7b1PjNxWdvDLfhtR&#10;iwzKC0M0IiBUIsDUfAtRK1GLyHyAJqJhD5qB8cFUNqGCDxC1Er2YmAJivHqwAXEyH2DOyhTwIWI2&#10;I2ohDBtjw1RsYCjNQtRK9FuMOYAmwwEEiIICmPBG7O/hud65JOtfF6uKVd1VXVU6dyF1s+4995zf&#10;veQ999zDrq0fOp0tCgsSQAJIAAkgASSABJZA4Aeq8wNFdf6PJXSFXSABJIAEkAASQAJIYJAA+h84&#10;H5AAEkACSAAJIIFlEzhA/yM0t0gxw/3bcICimiszvtM8shWOOTDrmqu0wjXz0BS2thjFSfIV1nKh&#10;qqWuTOaE7Kb77maOCT9Hk32ruSQBWWAUc8tNltQhdoMEkMBhEJjof+SxZ6pitfIynCiqVpgdhpbd&#10;PqsnfuEJQGE4xQwW/4yKbPXqnT9wn33b6XQMYSb7K4XrfLI9trCCavqLt2Um7cdXzkNLu/7o2BXH&#10;Vlm6qrZys6XUq8uZ0fxq7pYr90H4yfWARmappDnRod43BzTqCxOz5zZpiab96dnndy7pB+DaLUxp&#10;FIwEkMA+CUzwPyJLPPX312PJjmHd7XQSv61QSboKu90bD4lC337G/+HO9f9z4c+oNA6+AcoSz+2T&#10;dW3z0pbvfqvk/379bcEIVoHvVDsTt339G+qiaUitbt3VnS2Vhs9vqu2l0i1HtvMnk7t387JkdL2f&#10;WriCUdSd0budOk7rW4HXzA+PUTu6tdQhW19eqDkSWEcC4/2PyDcfgUWiKJZrDM2KmmPJTGllFru6&#10;LLBlFEJUByKlSeTqEnzAcHC1t5pmoa1JRSSF4STdjbvbwXHXG7DkeJHUStIi/F2FozW76L2MiRMl&#10;y063WLIHLbWJ7FLv4rIggzKja37iSERVxUtD841LO6TZ9XNlqH1s8yxyKhMLwbr//7jyQNuJO+6W&#10;KCvQx3MnjMfZUg8wJyYSc1hJkfjeccAojXFqD9cEMbqf5IlXDqEIv9SMRBI49yjqHzWZ7X04fbbs&#10;HYjIIupKTtlBHuhEedUrJkb9wDUf4vrZ8/yXejscGev6vsbpAPPN7wLXK90nz1WWIyGz5zcjMrJT&#10;TCtiMrONCLndRJjivbEaOpcZPqSpATgyaYubqQn/CVOlUfPe8wGCHzW3CS0qxmnq+c+90RGbzBs/&#10;RQJIYG0IwPu39eVPty4WRhx78+KVDz+7/eXjZy97FR9/ehY+OXvj4Xdk7/7t7SufwV7v4Y2i/pUv&#10;4eKzX/8j+fn9Xz8jbV4+vkHqb9/6E/xStf308fjrXVHVDrKv37Pb20RsN/5BFDxLBEGpeq+4b99+&#10;VnVUdPrdl9eOgSWFagPl5Z9uEXmnSxGVBBDeM6+wuOqUiBwuQ81LXKc//O1QF0MKD7fe81HZ+1sF&#10;ohFbxgL8LWwSuwNRGkMVeo7S6Hdea3WBphrytz4l41r9cu23/WGvZHz35ZWiH6Jqt0yfLSMD8fjT&#10;0111Oy9LQ8rOSvyjAzfPEHeHb/uzW2QKwJx9/LKUU06icX2NuV4NRDnzB4EPju3QyH73sJj75bBM&#10;M63QafA+mjAig9XK+U1dJLOnP42H5vTADO/fI/WTdgr/aVOlSfPh50P3Fttzvz/8sH9z7rn18Fck&#10;gATWmcD/1/nh/+388L/Hxz9Yxfxs+69g5/aHezd/fvXS22feOCpoxXY4D5wPIDSyrStCC35tcYqt&#10;9dMi2BZcZJjisOJOXNQPneukviKx8Bsva29R1CPTj8Zdr56P4/8joYitrVNX71Fnr2giEdorH5bL&#10;pae0SiXfV0mnLV4ABZ/f9Ir0lTzxbU0WRY49cZmENr7JBzfFSWBq0PLsp7YhdFMbhlSpb56lEdRK&#10;I9/3oySb9RQl9V0XHKT3YWtdZ8tYgN7Pn/cGgh7VtkcDolaTrS5GjeVE0nuLYfu/JClBNgwgI5tk&#10;lqlCYcVnU2fL6EDwsg4TYccNQFoUOs+pYx/KQLyaXXUDV2rRZIj3qgxGSYb9/jHq0XXN7ucwjetr&#10;7PVqIMqZXwN8sN9ylr52Dub+X/3jry2FmW7aYPOGI1JUawmSDG3v+VGTVNj+rKibtFP5T1asWfOh&#10;58PoYJVXGA7mx/DNOa4qXkcCSGANCUzI/6B5zUtePnv85e3PPrxy8U3YYD26+TY5j83SpLS0dnke&#10;hdCrX7Wi4YlJPU+ztCtnz/Wpi3e1T/rutx/mNy+fkayo32eruyhUnd75+zfIKlAFeFNwDBJHPvH2&#10;VY9WrSDZEycoxNy8Tpwl8KAGl9d+B+Oa85p/68rFVvRz8NROvHaUEa3quGfKpChXqTdUn7l2O3C6&#10;x1tFo722dCXRIwDHDURPwlSr9z11p82W0YGgWFGFmNGOH6ZhYIH7oUrE4Rs7cF0Vpw9xvTGMbJrQ&#10;36MPPvh5t8K4vqZcbzbzbzz8023weKBsm+3iqGqqaXOPQqtF5FNDjvRYYf1ZUTdp96nkPpvPTQAb&#10;IgEksHYEpr1/SzO8pGim7ftWEd3P4REH++PSzqmOQlmtV79qlWfwwzGmxXTl7Lne0K2BwAtPFHkU&#10;xDW7vqrT4VMCT2HS0IPcBUqQJZ6p7Wj79m/JUcqO3q7LGBzfvMWrth+n5FTps7eo5/c/8KMms6Hy&#10;pdLYtxRujOXjALZa9T7SaL9TrW6iarcOXXRb5d0MNZwwW0YGAhqyogKk/91rO8T90GWR2D9u4EY1&#10;bF6zasuqZnG00yvjJIy7XlreuLCKRWIu1M4lxSRpDDMr3LintIi+UUyr6b1TSa6ZtPtUcp/NBy1O&#10;4/twojklytQYEVZEAkhg1QiM9z9CSzbdsDpKyJPQg9y4szdUyEalBZWcae9YbnWc4UFMe4Jh3fpu&#10;cXoT+y48Vi6aCj/uelNGWRwRgRdloWZV6Clp+6V3kkUuUbPFcGRPmmUZ/BMG3khnAqyKJthX/77E&#10;1ObglaVxDFLPksB4tWAFxTnU3GUcKAi7kzQbOMIA8XlKTBpTGqjdXLsWJ5CDE3/wndIGs2XPQJD+&#10;WEkFr/bfb958Tp02JDgigzJu4Eb1a16z15bXrBsk66Qq4ySMnTyCfIX4E9OBVx0wsuOS1IxH13Ur&#10;zOdQeOqoFGOe+M4dcOk/VODuZJgibyspJnjWdN71J+0+lZyree1tEoU+2CEu5rWzqVyxAhJAAgsn&#10;MN7/YDg2tnXxtaPkfOCoaNH6r7/1y5QImjf8b29fYzzlteLNCyufvC8k9R9+diUnf7FqS7Soa7e/&#10;dVW2lFN3fZrV5ZnF1muKB4cWpaia1Yko+esbXKAVJzBbvObCs5miRcO9cfGv7l89tcWqIcXVN9VN&#10;WDXq3pcY1zz19e4fSnlN9XlIyPU1kA1ZB19eu/hX9y6fgDcUzGiaYeM+HweqJVsPP33/zfDSCXib&#10;wCnFc2ydN9bA6ubKlQcn/257/dVt2mwZHYiiO0ZSi0Rl6rQq8pUCxewaU39Yx+Y1e+1oQbeKXM2y&#10;jJMw7npLMsns2RkEPpkbLZoe8dYfXZdVN21sWtPBOB224QWvE5eji3B81yYBJJKJ8/6bx26+zUt6&#10;kLYmCaqftHNQHexknuY1t0keuOY3VUpQUxhYDwkggbUisIXfP7dW4zVe2dTT+L+/Ca8fxXb/r3Is&#10;yjby10/PXU+X09mijEC5q0sgsoQzHzyCl4bgyHR1tUTNkAASmIsAfv/cXNhWrFHqqeXfhYcUVj2S&#10;bvw6sBbvfJC4gaDbN87CEZX2Cv/99RWbC5ujDvz9dXgF7dj7t8lLQ1iQABLYVAIY/9jUkUW7kAAS&#10;QAJIAAmsIAGMf6zgoKBKSAAJIAEkgAReDQLT3r99NSiglUgACSABJIAEkMAyCdScv2xt/d/L1AD7&#10;QgJIAAkgASSABDaYQKfzfw1Yh+cvGzzUaBoSQAJIAAkggdUmgPmnqz0+qB0SQAJIAAkggY0igPGP&#10;jRpONAYJIAEkgASQwDoRwPzTdRot1BUJIAEkgASQwGYQQP9jM8YRrUACSAAJIAEksE4E0P9Yp9FC&#10;XZEAEkACSAAJbAYB9D82YxzRCiSABJAAEkAC60QA/Y91Gi3UFQkgASSABJDAZhBA/2MzxhGtQAJI&#10;AAkgASSwTgTQ/1in0UJdkQASQAJIAAlsBgH0PzZjHNEKJIAEkAASQALrRAD9j3UaLdQVCSABJIAE&#10;kMBmEED/YzPGEa1AAkgACSABJLBOBNbF/wjNLdlN5yALDc1wjnbQZLY+99HRfOpNajVBmX3quc/m&#10;B28qSkQCSAAJIIF1JDDO/4BlZmuLMYK8NGp4Kc4TR557VaeozFMZRrCiabxmW//HSBOMjiFM62mm&#10;z/PY1SWOAT5brCBrTlQy6nW0T7UL8kVhBdUKs8a6DfY7weo5gDSU3FhTrIgEXjUC+3xmvmq40N5X&#10;g8CE+Mf2DT023WQPh9SVt46euLwzP57UdzLLki1/zrDE/D0fRMs8aIsuZ4ZpB0rsGkKeNncRGiqw&#10;fftZKV0KZXWuqE/DjrAaEkACCyew/2fmwlXEDpDAYRCYdP7CKoZo290QSKUdo3idzrPb23Mrm/hO&#10;S5UUUbO9vuiBqD65WcmJSWieu07tXHoDAgHVAUoEcQcWojKc6lVeURGKKC5JZlC5AWSzbrmWDJfJ&#10;iU0lmUgdKJXExC+ab7GS7iVVqIdKPF2E6AYrtb0aI7M0fs7xfKv4iIYQhSYxxc9VR3vVrukiCy2F&#10;xE9Aa92fcKZEs6Is7CTE1tTXBaLoeEu/GMI1wLOvQBmq6X0EP4i6WfITdb9EWtPRsEWDzWXD2jsi&#10;VNUdKykS3zsxI/TnOz6be5phQySwKgT2/cxcFUNQDyRwsAQm5n/QgloXAtmXBkngMLLYogRYe72w&#10;u+bXiBSMhzeoMhJQHqAkOWd4SacT6InmRuRKZCsW0446nTTQEqUfKUhiWnahpqeUrgGU4hFAyncP&#10;b7z1/m2FSIws1RHsGC4mNu9oZagnshSTMeFi4hlijVqMbNwIZE7SDMvxwjjba8Gw2nVdRLYcSD7E&#10;T9LQ5PMJ/kcWeW54heeI+pIVgkHQxpN9xS6sL5j0LH1nL66yApjTZgxA1IkscSRUk1F8gTRUk7dN&#10;P6vvaGQgelRqRoR0R0Yk8TT+mxp8eAkJIAEkgASQACEwJf8UVtvREMh+yEWexSngflAUL6qB2w1a&#10;NBHJCjxDQ0WOF55TZNlP46ClKQIRxsiquhNEZAWFwooCS2qOlDw0JZ0yHYUtm9+/c+nEURJWgAOl&#10;eylxBeAiXcmkaSJ5pNCCESahpYpMHjo6zyojR1T9JrVdMJwY2m3L9YOEUWS+posy6rPFG7ESWFKh&#10;RRbamgxmbZ26er+0frKl1eelOQXvFqd0QzW9LrtIIVqx7UXJhI7qSFB1I1JLj3h/A85grTC8iASQ&#10;ABJAAq8SgWnvv1QhkPiAmESB883Nt18rTkLOfPDNzQEHJGveRa1fML154qpG0oaUjZ5vcvrTx2VU&#10;hJQZ0lTpFidIimbavqveccNJ7+WMdsFAbMY3hFYWwSGRVkQd9pQq/yPx4Zym0DX1NDkQ2m6Q7Ovo&#10;azwicGgK327ejuYckeljhjWQABJAAkhgMwlM8z9IaAFCIIY10XzyzkaTt1xD35J++7K34v/pVuqU&#10;CRA0dSyMiJOTp1GYVH3BxSyb4JZAICGz3eINkdRznG2xysqoVRVCH6onO7bEdj+G5rQJCbYkmJBD&#10;UmyhSYvhYtcvNUnqvK7QVm2/e+ySRVF8WmCHV98Bteu6SD3TCnMW/BfdULkw7lo7EXCeMzxPwj9Z&#10;MjbdtQ5XiaiIMuWJZ49km+RFJCULXStRBHLQU9vRtIHoqU7oeQGxaJge5n9s5tMDrUICSAAJzE9g&#10;uv9BkRAInHhUpUjkfOPSDnX9XJng2bzkgWcrUj/6AOckSu4UiY+84vCuCEmfshnTXQ+BV2zWgouM&#10;GdV3wmuunrZ5kj9ps67Tz/YYrQ6r/nVy2lLloBbOEq+7DuMUCaiQ0koxxI2gRcMVPanQpPZwCAIf&#10;mauVyaCsZOU6hDKGz3oG1a7posVziSkWWa9qqDga3wAg+IBqANwhJ7ZY3WtLLa4CkQmItjgtYDhi&#10;4kBJHI0kwvLtVHd1YkZ9R1MHoiuS0BOqcZzlaK0BAqyCBNaVwD6emetqMuqNBJoQ2Pqh09lqUhHr&#10;bBoB8iYL+2xRaRnwJ2KE1EhnONTaNL5oDxJAAkgACdQR+IHq/EBRnQbxD+SHBBoTiOzqPWHJl+Cd&#10;4cbtsCISQAJIAAm8WgQw/vFqjTdaiwSQABJAAkjgUAlg/ONQ8WPnSAAJIAEkgAReZQJ4/vIqjz7a&#10;jgSQABJAAkjgcAig/3E43LFXJIAEkAASQAKvMgH0P17l0UfbkQASQAJIAAkcDgH0Pw6HO/aKBJAA&#10;EkACSOBVJoD+x6s8+mg7EkACSAAJIIHDIYD+x+Fwx16RABJAAkgACbzKBND/eJVHH21HAkgACSAB&#10;JHA4BND/OBzu2CsSQAJIAAkggVeZAPofr/Loo+1IAAkgASSABA6HwPr6H+Tr08i32C62QC+jX/K7&#10;nK4bG1arY+PWWBEJIAEkgASQwPIJjPM/YE2Dr7U3grxUqbfEZaGtSeQ72+G74HU/mUnhQuaeMrq4&#10;VyLnW1SLLiSnp1fiSFs1DsRktefrerzMzFMZRrCigRqDXRx0dzONCVZGAkighkAeOdWDjuEUK8xq&#10;qiS+LrF7n4Q1F/fzzMSxQQKbTGBC/GP7hh6b7h4XI4li0QzTTqcTqKmqu+kMcAQDmkF5eIPavv2s&#10;/Pngv/59+x8Z16vW+sjzqYszaLiQqqnvZJYlW/7iozUL0R+FIoFXj0CW5tWDLnYET7YHdw8FjcTR&#10;DNqI4BkWwf9aueepv7iPZ+arBx4tfpUITDp/YRVDtO1uCKSkwmuWwrfIT6wgC1lexUf2hyyP3WIn&#10;wXCSGRQ7jdA8d53aufQG7C7gkCWFb3InG42BChM6lFQlcInWeeDEiiZ2q472UsZ1DKvqXPXIM2S4&#10;a9I46mpXVugViGvwvajG0C+DtRLfaamSImq2148m9a37X0OWwhOsv6nykpJujZLFs87TRQhEsVLb&#10;6/ZXC2pc815HmhMVHdV0TVGpK88cQNrfbMDWSODwCTCSVj3oqDzNZZ7do1Ia+fcUWWzB5ZYoK/f8&#10;CLZitRcX88w8fEKoARLYN4GJ+R+0oNaEQKo+I89KR2/LeRSKbMVi2rCTSAMtUVQSUxGMXpDEEChG&#10;ssKEREtST/aV0a3Ink45WU0hcJO4Fq1ITPfDml6Kj5KcMzyQHuiJ5kZ7u66p0OutJamSVXg6xBmw&#10;U13mR81PAochjykBjqu8sHQoBq37H0OWRpbqCHYMpiY272i96NNeJcEpshSTMaFm4hlit9txoGqb&#10;t5ly92aJeZoRgfVdzzOi2AYJbAKB4jhXcDjblIijMVTyfJtlqyssu13uxGov9psd3DNzE+iiDUhg&#10;Sv4pI4+GQIrl1lWUyHD1mgV3ZqZpHLQ0RSA3OCOr6k4QwWo4XMgJqixCDOTU1fvPqakxF3AMeFvT&#10;fFkT6a6gsb2wAs+QWhwv1IseX4EWFd13fLJ4ezary93H0YDy8MThlGKXxIsqhGVGTBsyFJS8f+fS&#10;iaMk1nPi8s69tHu8NaID1KQraDTdfzaOATWmebl74xQNvLRxXTOKt4BDspknCTZAAssnUJwYh0be&#10;loayt+ZT5CCfmfNpgK2QwIoRmPb+SxUCiQfUzmNHUQPVd+rW20WYl3qaHAhtN0g6z25vN+mBFjWN&#10;YpQZFewv42P6GK3Ay3pqe3HgurCI17SPAuebm2+/ViTdnvngm5vTHBCKOv3p4zIzhhSI/ewtk5Rs&#10;AGpS82ldNyGPdZDAhhFowc7kURDvzXSj6TDpXkuSHbrY6dRehOtLf2Zu2BigORtKYJr/QWISEAIx&#10;rMr+xNckPTN8W2IHiJA45dwvwzKcmNlukWGeeo6zLRb5JTR1LMvINXL35gzPkyhFlpCTgiaFJf7R&#10;4GJb30utqMGup/UFOTK8reiRVnf2QoW+Jf32Zc+d+NOt1PGLZ9ZgFwM/g5K0CUdHJMKTQ95qWbmu&#10;tBgudn3iFuZp0vMOG4MqaRTRmByOjqCfcV1j/se0KYCfbyCB1DOtIK3uQ887K3LlQW5obJU5Xwwv&#10;8W55B2WB516UeKhQexHyquqemRsIDU1CAjMSmO5/UCQEAkcTRUlD++b9ex+cKU4ISJnb6xjQk9dc&#10;PW3zkF4q2qzrKMWdzis2a4lwzYzAA1IDuci0DJIZ7etXr+2lVtpA19N7o0VJ/IbX6kIteeDZiiT0&#10;joAoVlRyp3hpebCLoZ9112Gc4q0+TvUopjVOAVo0XNGDl4tZuUrZJc/E5qAKGiYw3+K0gOGgH75p&#10;19OZYA0ksOYEWjyfOzJH3q4VrbzdPWmOQv9ilebFqraZF3cQD//bKkssrru4kGfmmuNF9ZFAQWDr&#10;h05nC1nMTyAPdDFUAmPAzZhfGLZEAkhgdQlAMFCj7IP/mwGrazFqhgQWQuAHqvMDRXUaxD8W0v2m&#10;CE1cM4Y80H6MY1MMQzuQABIYJpDHIbxK33ujDvEgASSwPwIY/9gfP2yNBJAAEkACSAAJzEAA4x8z&#10;wMKqSAAJIAEkgASQwEESwPOXg6SJspAAEkACSAAJIIEmBND/aEIJ6yABJIAEkAASQAIHSQD9j4Ok&#10;ibKQABJAAkgACSCBJgTQ/2hCCesgASSABJAAEkACB0kA/Y+DpImykAASQAJIAAkggSYE0P9oQgnr&#10;IAEkgASQABJAAgdJAP2Pg6SJspAAEkACSAAJIIEmBND/aEIJ6yABJIAEkAASQAIHSQD9j4OkibKQ&#10;ABJAAkgACSCBJgTW2v8IzS3ZHfsV9U3MP6w6oPlBfHPwYamP/SIBJIAEkAAS2B+Bcf4HLJBbW4wR&#10;5KX43kqfR44mcQz5kFOsMJux93FiZxRzwNXz2NVLo1hBtYIFeTSD3pJgdAxhfisKjGUBjU0vnnUc&#10;5u8aWyIBJDAbgeL5ws77zJytL6yNBNaIwIT4x/YNPTbdZNiYLM1FM0w7nU7sCJ5sRzPbWit2ZikH&#10;2CBxFdHjK6M8JTV4zV/99Xz79jMYBBgGX2d9dS1UPsAxQ1FIYG0IRLbisGYEN2viS4Fsdjd1a2MA&#10;KooEFkRg0vkLqxiibQ/fLYykKXyrUCZPc5lnZ9erTuzAeUTqytXZBFwUNUMjOwdWsvyw3EQwou73&#10;IxRZ6PSudl2lxC93G6yke0kZwCGxB8u1ZLi898QGxOamqZZG0Yxk2kZoeYUsooBuziE/9XWBaABB&#10;IskMCmcmNM9dp3YuvQEX4eSlZy9RzLDKLji17BZKZQIrKRI/+YiJbvGK7bYTw4koqqbfzFN5Cz4q&#10;Sv+XLLQUEvEBBXs4Cfk1Pc+afRZiCySwLAJ5StE0eb7QDMsuq1PsBwmsPoGJ+R+0oNaEQIp1eWtL&#10;cDjblMhdNWsZJ7ZGTkaLbS/pfGezHxgOpblJ56UnBKbfXaepjOINqNAJ1eRtswhbRJbqCHZMdhs2&#10;70CTSmwS0zK073gKM9hRmoTPRW7wqcBywr206+HMJ5+RrBC66nRST/aVIkgkGA9vUGXQYs/JS5Jz&#10;hQmBnmhu4SlEltJm2rBhSjyN/6YBXpYTvwnilKrptyWpkuWWTmTi2aku86QHWw4kH8JYaWjy8HjE&#10;ggSQwIII8HqgBDIraYahOazfFukFdYRikcCaEZiSf8rIoyEQspbCKhoaeVvq7axnM7tebI0MVuAZ&#10;uFtbLZZiRZFrwRaC5dn7PfeAqipQECnY9iLwNdI4uH/n0omjJPpw4vJO35NgRYGd/cafU34W2poM&#10;HW6dunr/OVUl0Yxh1O2C44WyKphAa4oAxlbbpuZwa/qlRUX3HeKaRZ7N6nLhajGcGNpty/WDhFEK&#10;j4RcVLy93lnznrEmEkACtQQSr+1LfuyZqshnrtXfPCEvJPCKE5j2/ksVq4hHMbVgvXxENt3zlBqx&#10;sEDup8DCTTwVUk5/+rhIjSjKtDRPhhWOBXEy0HUShxeZoRgJ+XAW+amnyYHQdoOk8+z2dnOrWs2r&#10;DtdM4uC0yDFj+uVlPbW9OHBdRasCVgyEgnxDaGURnEmtQ7rLvGSwHRI4ZAIRHPDKEgsnMHDWaelZ&#10;FeQ8ZK2weySwAgSm+R+wqpMQiGGVuqaeCe+HkE16nvqedxYWPXKZHMjM+D7pkFiKpo6FEXFy8jQK&#10;B52BqYjyIriQha6VwPai2NnTJqTNVjo6A7ki9bIExaINyJ7ICi8j9Q3NFKooQXGlL18RuIby85zh&#10;eRK5yZK0kEsK2Jhlvd8mGNZiuNgLCIU8TWo8v6GmeRa5mmKLtgbG1/ZLUZBxw9uKHmndSAcZxjBn&#10;BUnRDZULK/cL8z+mzjasgARmJQA7nB23fEUtT0IvlIZOe2eVhvWRwAYRmO5/UCRWAScDRWnxfO7I&#10;HEnuFK287eqw6M1ZBsVSvOLwrghSZTOm2Rkkpm6R6ckZqe6SFZiieN11GKdIQIWEToppTZPGKm4g&#10;R4ZA3r/lZJcxI7uf1pI4GknT5NsgXxdIgKWBfPCt1EAmCbDtwo0oC+SJshbYCB1MVokWDVeoaJTJ&#10;qzWlTGUFjSUrkRyIZYBu9f1CY1qUxG94rTx7gdLiucQUixxdNVScEhwWJIAEDp4AozgPxaB4aHKK&#10;L/qW3Dr4TlAiElhHAls/dDpb66j4MnQmb6mwz/YkrC6j414fiSMLqZFOO0SaplMe6GKoBIWTggUJ&#10;IAEkgASQwCES+IHq/EBRnQbxj0NU8lXtOrKr13clSFzT9/GHykqAiWvGkNCKzserOp/QbiSABJDA&#10;6hHA+MfqjQlqhASQABJAAkhgYwlg/GNjhxYNQwJIAAkgASSw6gTw/GXVRwj1QwJIAAkgASSweQTQ&#10;/9i8MUWLkAASQAJIAAmsOgH0P1Z9hFA/JIAEkAASQAKbRwD9j80bU7QICSABJIAEkMCqE0D/Y9VH&#10;CPVDAkgACSABJLB5BND/2LwxRYuQABJAAkgACaw6AfQ/Vn2EUD8kgASQABJAAptHAP2PzRtTtAgJ&#10;IAEkgASQwKoTQP9j1UcI9UMCSAAJIAEksHkEVtP/IF/8FjaCDTVlN21Uda5KtfKbqzdXn5Ma1dub&#10;R7ZMvs12oSgO3JYxAhc9pMuyA/tBAkgACSCBCQTG+R+wCMA3xRtBXrYdWRPy0BRmWu4KgUVhOEn3&#10;k4mjIhid/X7l62qMet9q+Kp7SXfjiufBapd6bZtzX3Y6zb+qd4ZFPo9dXeIYMnSsIGtOtBAbDpYI&#10;SkMCSGCRBLL+U4HhRFnzyBN98HFXPOurDdHQdXj+a3aYjSiX+LpENlGsoLlJ9YxJXXlLsKJFGoKy&#10;D5PAhPjH9g09Nt1aRyFxNTtiZtV7+/azDpQ00HJVcyZ7ILPKXt36ldWdTqAkl6xg9L7bv+pJssPy&#10;7GK+3jYP2qLLmWFKhi52DSFPF2HC/iGgBCSABJZDAHaf0qlLbssIvoOnQhKYUp70g9A3HpJnRVGG&#10;NkTl9e9cOb159ZzuDT9GMt98+5eM9V3npc3fvKR7RFwemHp4zdT45ViFvSyfwKTzF1YxRNvuhkB6&#10;usHk0xPNnv9r4RlBFO6lvfna83sl3av83t4BB/wgaoZG/GJWsvwQduLwIyPqfn+6Z6HTu1o6NQPn&#10;I8SBLo9yyI7fci1yTkG88iy0FLKpL6IxhbAUvume+N/kkjngJ4zKHximGuXHDCJ49PT7Et/qajio&#10;DEXVyBmnTyU/cRVRI3Gk0Dx3ndq59EZpV22rvcb2mxA4oygGTMjS+DnHV2rTrKBqUtfxrB+4vl1/&#10;8FS+t3fJBn6phZZ4ugjjwUptb/m3AfaIBJBAUwKJ277+iLpomipHHmc0I2hO4+WgxfEsNPLj8lnd&#10;LVkKv3NMi6Jb8PFOAr8lrvlL3tTFxWysmhqL9RZJYGL+By2oIyEQEvpgLUOYf1JkseeGHwp8aVZk&#10;qY5gx8SNtnkHIm97rc1ose0lne9s9gPDoaBC56UnBGb/BCejeAMqdEI1edv0swm0kpiWoT3xyiFh&#10;IpB82NSnocnnhf/BSFYIH8IlT/YVO+rdGePlT1UeZBSeAZSjJ4ysWsYLyQPK1EMYp0/R2Nf0QHVs&#10;Ce5VwXh4gyqiLGS3UddqxNh+EzjnqkExwJCRjRuBDCFTw3K8MM56hy/jbO/b9aakiqZb+q+p76S6&#10;XIx5bcPIUkzGhGmQeIa4yAmPspEAEtgXgTyJ7oEAkYOHT125fq571F6Xj5aGAewHT+siN9S2xYC0&#10;GGKreZZQ1DbLQkDESG+0Fap7LDP11H5fRmHjQyEwJf8UVp/BEEgeFaEPZczEm2JBtRK/piV6ZFZe&#10;bRoH9+9cOnGUzNgTl3cGwiJdYazAM+DstMAtZkWRONw0HDbc78dPqgoUKynbXgSTd2xhRaF7SgFn&#10;lqHdtlw/SBilXBchDmBrMlTZOnX1/nOqt9COlz9deZDaO3/pxAZlyHZcqTegzBg5Y/SBtdzQXMkq&#10;nI/RUtOqzth+w8mfUrRghEloqSKTQ6CJZ5XSRRxr+4BdtCCrrh8CycR3ckUs9K1tCBdpTRFgcCma&#10;Jv9iQQJIYDUJ5PnkDLD++ctwPlrpl7yhR9KnD4O9O9iWZHx5LdVf2zqqJdd+bcmp074pGCrr6W//&#10;krVfdr6zmF9O2V6uJi3UahKBae+/VCGQatHM4nDn+rnCWdgqg/6zvHFRrMQvYbPu2kGxhpXl9KeP&#10;e+eF+0o7hbuCeCpFyaYMOwOBEN8QWlkEJzIaiZqkniYHQtsNks6z29t1zQflz6N8SxTlR35U+7bO&#10;KISx+oRelLcCNxxA2Ne2ttWosYPmTf60qEm3OEFSNNP2XfWOG1YWTB84WlR03/GzJHAYTWbngYa3&#10;LxJAAitFAB4GF0GhYM8JylQdK78kgW1MsdPYU8gBO4k/J74l0177g/zTtsJAahtFsS2aajEQL0n7&#10;4depvWGFdSAwzf+AJZ2EQAyrMIZRvJ6rUAb9Sw+X5Dc3fGEWttO+y0O0nWyLQSIn0iZkuZJfcgjS&#10;D+R1NMZXuuNZ6FqJKvJkuaSOhRFxmfI0GrdMm1aYs7Co6obKhcWdlOcMz5NYS5YMp1iOyO9qNpvy&#10;YJ7rXpSFbvpE3756OeP0EYqjEMFRjbpk1ppWqTdqLCDKsoyoUPfpAPrQVm2/e+ySRVF8WmDJw6Oh&#10;7bysp45h2oIqVY+c2obwdIldvxyypBshajwBsCISQALLI8Aq7RtnqXuG4cTFIySL4FC+SLI7mAKB&#10;VjO8YqrwLGdZ2Aom4HZAHho8dMARwbJJBKb7HxCAV3Xh+QEaDS6Iq0eK6pC3UXnddRinePGKUz2Y&#10;YTN3lLpF3ihnpLpbpkrzisO7IuQyymZMs3UCWzyXmGLxtpcaKg5pBn6WGshFAuRgdAYW6BH5PYlN&#10;lO/mf2xxssvarlqnT52csfqQ3mle98yWIVVeXN/EulY1xgIiyOIBRIz551EUg8Qg8JG5WpmYCzuU&#10;XIeoUfEQaGI7VGNlrXUzVJR+FlldQ1o0XNGTiiFbyCtCM88qbIAEkMAYAmQT+fAzOTPF10i+vqD7&#10;NNvfVvXzP2b6Cw29vkh6K2MaxYaFUawvryXa0a3X9PTal+U1LJtDYOuHTmdrc8xBS5AAEkACSAAJ&#10;IIFVJvAD1fmBojoN4h+rbAXqhgSQABJAAkgACawhAfQ/1nDQUGUkgASQABJAAmtOAP2PNR9AVB8J&#10;IAEkgASQwBoSQP9jDQcNVUYCSAAJIAEksOYE0P9Y8wFE9ZEAEkACSAAJrCEB9D/WcNBQZSSABJAA&#10;EkACa04A/Y81H0BUHwkgASSABJDAGhJA/2MNBw1VRgJIAAkgASSw5gTw74+t+QCi+kgACaw/gT/+&#10;8Y/rb8QyLPibv/mbZXSDfSyWAP79scXyRelIAAkgASSABJDAWAJ4/oKTAwkgASSABJAAElg2AfQ/&#10;lk0c+0MCSAAJIAEkgATQ/9j/HAjNuu95zCNbJt8aK7vp/rs4bAn1Jh62Vtg/EkACSAAJrC2BVfY/&#10;YNEbLAe1kA+KZSXdjfNFjF7qtW3OfdnpeEr/m6kndzTDIp/Hri5xDMHDCrLmRAuxYRFcUCYSWBsC&#10;eeLIW2Y4Xt+RCllkK+S+ZDjFCrNuw8TXJbIXgceNn+zD+t2nd7WT9uMBCU8ffHL5rZMnT751+ZMH&#10;T7vXay8Odtu81SJq1gPYfXyLWCL83bW7VSbu7mP72t2eUfvAhk1XlsAq+x8Abfv2s063NF/Ip9Lu&#10;iQ2U5JIV9J4TUxs2r5AkOyzP0s0bzFAzD9qiy5lhStDEriHk6SJMmEEjrIoENoxA6spbR09c3hlr&#10;Vk2FzDfkQPbhvkwDNdEUp3A2EkczaCOCezWC/7Xy4szlxefayf8mfvj1kB9x96NfHNF+8+TJk99o&#10;R37xUblYP627OF+rWlH7vDjG8BcPnK9/8m9PnoQfH//wq8LDevGV81//8O7xmUFhgzUisGT/I/V1&#10;gWwEYH8gmbOv+yRCYLkWOdcooyEDGwsv6cYAai/Wjgm0oN+X+FbxYRPhU/RPXEXUyA4nNM9dp3Yu&#10;vVHqWdsqC61qpwSbIrCl34TsuPZ+OqR+lsbPOb5Sm2YFVZO6MZYa24fs+oOn8lZUScsGfqkn6eki&#10;bOZYqe31FSDP3YOKRa3RnYKqvloEGMXrdJ7d3h5rdU2FOLrJyyJLmjCSqqZeCDd2Gvn3FFkkD5mW&#10;KCv3/GiuA9nX37WfPHloXRjQ58W3D373zoWzP4JLPzp74Z3fPfj2BSzbdRcHjWjeahE1m06i3UfO&#10;5+fVs0ea1sd6a0lgyf4HI1lhQnbtqSf7it1dCMeiK5bwslRh0CSmZRdEkGhIZKmOYMcgLrF5R3Nh&#10;4afqL+7poCv26Akjq5bxosZU4ZP0T3xND1THluD5IxgPb5TBG6JnXSvIDgmkYqcUmnwOT6R+k44h&#10;jHw6ZAAjGzcCmZM0w3K8MM56hy+1QIbselNSRdMNihap76S6zI+FFlmKyZiAN/EMcS1nNyqNBJZJ&#10;gGEuJmHlXuQUTVwOKHm+zcIzoSgsu50f3Fnp7u6F490AwfHjF3Z3SRe1FwcpNG+1iJpjxuP18+qF&#10;r/4Jzl8+emG9+2Pq6ee/+osrGPxY5uQ9lL6W7H/Avt7WZBFiIKeu3n9OTb0TB85fDKG8gaFxdaqR&#10;xsH9O5dOHCXeCQRK76VkX1F7cS/avtjYoAzZjrtPhynCqbH6p76huZJVOB+jpcZqhhNDu225fpAw&#10;SukEDJTJn1K0YIRJaKkik4eOzrNK6XqNtX0AGi3IquuHQD7xnVwpN2vjSNKaIrTgc7r7KCWVyb7v&#10;AM/CDmXaY6dIYAEEWNVuU5ZQZGVpFolqYmlK4MiZy7fuw/nLf/wruB2PnAc/ee8M1U0J+eevMA2k&#10;Kcf1qrdc/yP1NDkQ2m6QTIxsNkd4+tPHvfwQCBuUDWsvjpHZEkX50ZiI6KicsfqHXpS3Ajcs3IC9&#10;pbYVA1Ec3xBaWQTHSZqfDTea/GlRl25xgqRopu276h2XBHqb2U6Liu47fpYEDqPJbLffWaA1Hx+s&#10;iQReKQKsbPkkwAu7A7lFixw5F6XpMOm6IpAWRh9cUtiRI9FTOHIpytOnXx8pTitqLw4OQvNWi6jZ&#10;YDr8/lf2X1559/VuSsj9fzly9fPBpNsGIrDKehBYrv8BoUiG53mGprJkIGWSvJEyKct8DEoIEtCm&#10;6RZ5HzkcJhT7jdqLY8cCmrnuRVkYfUWlXk69/nB4UhyFCI5q1CW11LRKPdMKcxY8CN1QuTBOyHOK&#10;OpZlGdG17tMBG0Jbtf3usUsWRfFpgW01t52X9dQxTFtQJdJqXMMWw8WuT0JDeZp0I0REOcz/WI97&#10;G7U8eAKhsdXPnxovPoscTc/bCk9uLl7iXbd4LmSB516U+KYvxE1T//VT50998cWj76He94++/uJv&#10;z596naJqL1LUY/tk9eZM81aLqDnNJjDlwe3/vPzej6dXxBrrT2C5/gckLqiBXCQ0BmTF3Wfhdddh&#10;nOLNNk71KKZYTWsv7umol1bCyS5ruypbo0idnIn607zumS1DMsnhxmCpa9XiucQUi3fy1FBxNPKg&#10;4hWbtUTIzTX/XPPpgEQIfGSuVibyspKV6xBIKTZVTWyHaqystW6GiiL2dmJ1DWnRcEVPgi7kOVKF&#10;9zm02BwJHC4B4mZvvXFph7p+rv9HfKLQv1ilTBV++EiF4iK5KVPFd+TS0YBTGTM3ebjOw/927dNm&#10;uq3k/ZeT5/Svqf/530+e1D4vwh7H3/v4Z7v2T+H925/auz/7+L0iF6T24qD85q0WUXOapb+/e+uv&#10;L50nObXdlJC3Ptn97N0z09rh5+tIAL9/bh1HDXVGAkhg+QTAu9AoeyHJT/j9cw2HE79/riGo1a6G&#10;3z+32uOD2iEBJLBaBPI4bKm9V91XSzfUBgmsIQGMf6zhoKHKSAAJbBYBjH80HE+MfzQEtdrVMP6x&#10;2uOD2iEBJIAEkAAS2GACy80/3WCQaBoSQAJIAAkgASTQmACevzRGhRWRABJAAkgACSCB/RLA85f9&#10;EsT2SAAJIAEkgASQwJwE8PxlTnDYDAkgASSABJAAEpibAPofc6PDhkgACSABJIAEkMCcBDD/Y05w&#10;2AwJIAEkcFAE8P3bhiTx/duGoFa7GuZ/rPb4oHZIAAkgASSABDaYAJ6/bPDgomlIAAkgASSABFaU&#10;APofKzowqBYSQAJIAAkggQ0msGT/IzS3ZDddMM8D72R+gdDSDBdsbmPx9WbkkS2Tb9Jd/Lg0VnT+&#10;ivOP1Px9YkskgASQABKYg8CS/Y+ZNITFpCoMJ+l+MlPjxVfuq8cKqhVmdT0KRscQ5lSlL598obfu&#10;xvmcgiY2S722zbkvO53m3+o5wyKfx64ucQwZRlaQNSdaiA2L4IIykcCBEUh8XSI+PtzGy3iMPX3w&#10;yeW3Tp48+dblTx48rTOitsLSLtZj3X18iygt/N21u38sa+w+tq/drdX/wAYGBR0ygVX2PwDN9u1n&#10;HShpoOWq5qyaB9JVL3alUFYXENepzO90AiW5ZAW1Ls4+J1CS7LA8S+9TSn3zPGiLLmeGKRnD2DWE&#10;PF2ECQvRHYUigQMikDiaQRsR3AMR/L/wx9jTux/94oj2mydPnvxGO/KLj0ZX8NoKS7s4BuqLB87X&#10;P/m3J0/Cj49/+NVjUunFV85//cO7xw9oEFDMShJYvv+RhU6xGWDEGfYCjCAK99Lewc3AfsJLulvq&#10;xNNF2GmzUtvroh44/khduXcU0m/e3ZE3FVg/hjQrysJOQtwjEhuwXIucaJADjQEFGnZa2wOYSL8v&#10;8a3iwz1dUFSN8qmvC2TDtQWRI3PUb0lcRdTITiw0z12ndi69UWpb2yoLLYVEMIoYFIxAvwnhuffT&#10;IfWzNH7O8ZXaNESJtN6Xl9foPGTXHzyVt6JKWjbwS/ORIiO+EYdKK/ngQKWaEkgj/54ii+TmbYmy&#10;cs+PFnoA/eLbB79758LZH0F3Pzp74Z3fPfj2xbCmtRWWdrEptd1Hzufn1bNHmtbHemtJ4BD8D4o3&#10;vKTTCdXkbdPPGlHLYs8NPxT4snJkqY5gx7CfSGze0Vyy7sNFxWRMuJh4hjhRKNRsM+V2xBKLHfk+&#10;BVJZBOpd4bmy2ySmZRcMHDrQaNjpHsULzwDK0RNGVi3jI13UKs9IVggqQOTIk33F7i7kZWNf0wPV&#10;sSWWogTj4Y0yikO0rWsF2SGB5EMEIw1NPocnZ78JHC2NfDpkACMbNwKZkzTDcrwwznqHL7U6D6F7&#10;U1JF0w2KFqnvpLpcDP5+R6rRbMNKSOAgCeT5Ngv3WlFYdjtf8Bnk7u6F492owfHjF3Z399pSW2Fp&#10;F8eQff28euGrf4Lzl49eWO/+mHr6+a/+4goGPw5yGq6krOX7H6zAMyTcz0rKthclk6lUC/BrWqJH&#10;plieEqRxcP/OpRNHycJ84vJOGRaBi7SmCC34kabJv2NLWbPcjnAK2ZHPL7BSjzdiJbCkqltWFEbO&#10;Mxp2ulfp3vlLJzYoQ7bj7lOs30Wt8hTEJWxNhlpbp67ef071n3ipb2iuZBXOx2ipacVwYmi3LdcP&#10;EkYpnYCBMvlTihaMMAktVWRyiHrxrFL6imN0hjnRt4sW4ETLD0HzxHdyRSz0nWmkGMWbIall0pTB&#10;z5AAElgwgSNnLt+6D+cv//Gv4HY8ch785L0zVDcl5J+/wjSQBeM/JPHL9z96hsLSUjgik0qxAL+E&#10;PbprB8XSVZbTnz4mm/uyTE7wzBqBnUHgoLzKP0h8OKKYZsqoHrN02hJF+dGYyO2onNTT5EBou0HS&#10;eXZ7e6Dn0IvyVuCGAyz7n9a2YiCW4xtCK4vgUEnbG6+a/Gkhmm5xgqRopu276h03rGLP022nRUX3&#10;HT9LAofRZHaOoW808lgJCSyYAE2HSffIBdKt6NmfFDMpeORI9LR75PL06ddHRo4waiss7WIDW37/&#10;K/svr7z7ejcl5P6/HLn6eZESgmXTCByC/1HGH7PQtRJV5MnP5E2PCa+pwi7ad3k4XyG7YXBaOJE2&#10;TbfI+8ghNk+SEqgWw8WuT+IDeZp0wwQUTR0Lo/Ji1F1zoXlmu0VORJ54NrSeQeC8w9+w07HiwU7X&#10;vSgLzEiNWuWpPGd4nsSZsmQo5VMojkIERzXqkllrWqWeaYU5Cx6EbqhcGCfEo6COZRnhR9V9OqBh&#10;aKu23z12yaIoPi2wrXEjOGo7L+upY5i2oHZDSzONFOZ/zDtbsd1BEmB4iXfLB04WeO5FiR+9iw+w&#10;v9dPnT/1xRePvgeR3z/6+ou/PX/qdSL9sX3ypF0s4rUVlnZxuqXfP7j9n5ff+/H0ilhj/Qks3/9I&#10;3SI1kjNS3dX4hgTBBXH1SFEd8hIqr7sO4xQvtHGqRzFkSaNFwxU9CdJP5YF8S15xeFcsLsY0W/XF&#10;a66emjxprQUMB62bC2yobs1a2qjTve26+R9bnOyytqt2TRisV6c8JF6ogVzk4g6GjcpmNK97ZsuQ&#10;KneuL6uuVYvnElMs3h1UQ8UpBoxXbNYCqoz555pPB3SDwEfmamUiLCtZuQ6BlGLzV6dzDVpW1lo3&#10;Q0WpDt7GNKwf+rlHChsigYMlwKq2mRcPHB7+t2vv4gPs8fh7H/9s1/4pvH/7U3v3Zx+/N/IGSW2F&#10;pV2cZunv797660vnSfpsNyXkrU92P3v3zLR2+Pk6EsDvn1vHUUOdkQAS2CgC+P1zDYcTv3+uIajV&#10;robfP7fa44PaIQEkgASQABLYYALLP3/ZYJhoGhJAAkgACSABJNCIAPofjTBhJSSABJAAEkACSOAA&#10;CaD/cYAwURQSQAJIAAkgASTQiADmnzbChJWQABJAAkgACSCBgyCA+acHQRFlIAEkgASQABJAAnMQ&#10;wPOXOaBhEySABJAAEkACSGBfBND/2Bc+bIwEkAASQAJIAAnMQQDzP+aAhk2QABJAAgdJAP/+WEOa&#10;+PfHGoJa7WqY/7Ha44PaIQEkgASQABLYYAJ4/rLBg4umIQEkgASQABJYUQLof6zowKBaSAAJIAEk&#10;gAQ2mMAG+B+huWWGe4YIrsluuvBxq+8mj2yZfOfrMjQ4JBMX3i12gASQABJAAptNYGX9D1jaq8IK&#10;qhVm44dBMDqG0GiU+jLJ98Hrbpw3ajZjpdRr25z7stPxFKZh0xncpTx2dYljiq+0F2TNiRZiQ0O9&#10;sRoSQALTCSS+LpEdCTx0/GR69f3WePrgk8tvnTx58q3Lnzx4WiestsLSLtabt/v4FlFa+Ltrd/9Y&#10;1th9bF+7W6v/fgFh+1UhsLL+BwDavv2sAyV2pVBWDyiaUcnsdAIluWQFE9yauUcoSXZYnqXnbj+p&#10;YR60RZczw7QEYwh5uggTFqI7CkUCrySBxNEM2ojgjo3gf81ZsAfy9O5Hvzii/ebJkye/0Y784qPR&#10;Fby2wtIujpkCLx44X//k3548CT8+/uFXj0mlF185//UP7x5/JafMK2P00v2P/lag6d6dZkVZ2EnI&#10;XZv6ukD2EVsMJ5ld52Hg/CXxdBFCA6zU9qaMIEQN6PclvlVUI+EHy7XIoUl5ZjKwX/GSMsBQ23W/&#10;k8RVRI3sbULz3HVq59IbpajaVlloKSSCAUboPnTXb0IOkvZ+OmRIlsbPOb5Sm4bIkCZ1Yyw1Og/Z&#10;9QdP5a2okpYN/FLTEAjUkUxdeTMOlV6Z2xsNPXwCaeTfU2SRPGpaoqzc86OFHgy/+PbB7965cPZH&#10;0N2Pzl5453cPvn0xzKC2wtIuNh2P3UfO5+fVs0ea1sd6a0lgyf5HZCltptwKWGLDvXsWeW54heeA&#10;LyNZYUK2/qkn+4rdXU0r8iDcZMy400k8QxwzGoVnAOXoCSOrlvGiZhLTsguiyZlJZKmOYIOcTmLz&#10;juaCVzG568TX9EB1bImlKMF4eKOM3BBRdQpDdkgg+RDBSEOTz+FZ1G8CB0kjnw4ZwsjGjUDmJM2w&#10;HC+Ms97hS63OQ3a9Kami6QZFi9R3Ul3myY+1DZuQXMvpjkojgaUTyPNtFp4MRWHZ7XzBJ6a7uxeO&#10;d6MGx49f2N3da3BthaVdHIP/9fPqha/+Cc5fPnphvftj6unnv/qLKxj8WPpcXXaHy/U/0jigNaXc&#10;CnBKf+9eb3XlK/BGrASWRBpBcMDWZBFiIKeu3n9ODd/IpXCB1KPponZN6Z2/dGKDMmQ77j4XQGh1&#10;ZAJy7t+5dOIocVNOXN65l5bblXFdp76huZJVOB+jpaYVw4mh3bZcP0gYpXQCBsrkTylaMMIktFSR&#10;yUNH51ml9I7G6AzPu75dtACnWH4I0BLfyRWx0Le24TiSjOLNkNQyZgTwMhJAAkhgL4EjZy7fug/n&#10;L//xr+B2PHIe/OS9M1Q3JeSfv8I0kM2cMcv1P2ZjWPkKiQ/HFYVvkHqaHAhtN0g6z25vzyZspHZL&#10;FOVHY2Khpz99TKIsZSmSW8d2HXpR3grcsHAD9pbaVgwEWnxDaGURnPhofrbH/5j4aVGXbnGCpGim&#10;7bvqHTesormjOu/VhhYV3Xf8LAkcRpML94OU6Q33SRqbI4FXmQBNh0n3yAWSw+jFpIb1CB85Ej3t&#10;Hrk8ffr1kZEjjNoKS7vYYCb8/lf2X1559/VuSsj9fzly9fMiJQTLphFYrv8Bm/vMdovEjTzxbJL8&#10;QJIvRt+fHYM5zxme5xmaypLRvMsWw8WuTwIaeZp04xpjxytPfde9KAujr6iAkrRpukXeB9RyCi2p&#10;cV0LxVGI4KhGXTJrTavUM60wZ8GD0A2VC+OEeBTUsSwjVMDPGf10wIbQVm2/e+ySRVF8WmBb8Hm9&#10;ziPG87KeOoZpC2oZThrTcBxJzP/YtNsf7Vk8AYaXeLd86GWB516U+Kavxc2l2+unzp/64otH30Pj&#10;7x99/cXfnj/1OpHz2D550i4W8doKS7s43abvH9z+z8vv/Xh6Rayx/gSW639QvObqqcnDyQanBQxX&#10;LYJNMUL2gxrIRX5pQJbt4UKLhit6Enws93JTRyp18z+2ONllbVdla/rmdddhnOKFOU71KIZoObFr&#10;mtc9s2VIJjncGCx1rVo8l5hi8TaeGiqOxkMDXrFZS4SMVPPPNZ8OSITAR+ZqZQ4uK1m5DoGUYjtV&#10;p3ONaaystW6GiiL29mB1DRuRbDpoWA8JvNoEWNU28+Khx8P/du0z5wAJHX/v45/t2j+F929/au/+&#10;7OP3Rt4gqa2wtIvTLP393Vt/fek8SZ/tpoS89cnuZ++emdYOP19HAvj9c+s4aqgzEkACG0UAv3+u&#10;4XDi9881BLXa1fD751Z7fFA7JIAEkAASQAIbTGDJ5y8bTBJNQwJIAAkgASSABJoSQP+jKSmshwSQ&#10;ABJAAkgACRwUAfQ/DookykECSAAJIAEkgASaEsD806aksB4SQAJIAAkgASSwbwKYf7pvhCgACSAB&#10;JIAEkAASmI8Anr/Mxw1bIQEkgASQABJAAvMTQP9jfnbYEgkgASSABJAAEpiPAOZ/zMcNWyEBJIAE&#10;DowA/v2xhijx7481BLXa1TD/Y7XHB7VDAkgACSABJLDBBPD8ZYMHF01DAkgACSABJLCiBND/WNGB&#10;QbWQABJAAkgACWwwgcPzP0JzS3aLr7ZfQoHOzHDh/dSblEe2TL6wdnnWLtDQ8aOWh6aouMlB9r24&#10;KZK4CqsHe76t+CBVR1lIAAkgASQwmcDh+R9TRgbWnpEydgWfb6Ea7IKVdDdeyHqUem2bc192Op7C&#10;NJyNM5iTx64ucQxBxQqy5kQLsWG63nlo6YlhK+z0qqtQg1Uch1Lb6IGswmCsrg554sgTNy4jFbLI&#10;VsjtyHCKFWZdyxJfl8gWBJ4y/n489N2nd7WT9uMBYE8ffHL5rZMnT751+ZMHT7vXay8OUm7eahE1&#10;68d79/EtYonwd9fu/rGssfvYvna3Z9TqzhLUbH4CK+t/CEanKA9vUNu3n5U/N1/BmwLpiQ6U5JIV&#10;9B4YTds3qJckOyzP0g1qzl4lD9qiy5lhSujEriHk6SJMmK5Y5tuuokmt6TWHaxxUXGp2ObSoGaHj&#10;Hw6uWTFh/eUTSF156+iJyztje66pkPmGHMg+3I5poCaa4hTORuJoBm1EcItG8L9WXpy5vPhcO/nf&#10;xA+/Hmz49O5Hvzii/ebJkye/0Y784qNysa69OF+r5vKb1xxj+IsHztc/+bcnT8KPj3/4VeFhvfjK&#10;+a9/ePf4zKCwwRoRWLr/kXi6CPsDVmp782EqdvywmWA4ySwdhtA8d53aufQGbDDgkCX1dYHsNQYq&#10;TO8Iogb0+xLfKmqS8IPlWuTQpIy4DGxfvKQMMEzpBeL7oka2On3diKjaVlloVVsm2B1Bd8Pm7P10&#10;yJYsjZ9zfKU2zQqqJnVjLDU6D9n1B0/lraiSlg38UtMQCEwetSz0I1Xku7rNNQT1g5SFTjna4r52&#10;jn2j+iEiTlITv7tHJYvJRhyQTZ/rWKMRAUbxOp1nt7fHVq6pEEc3eVlkSRNGUtXUC+F+TiP/niKL&#10;5NnSEmXlnh/Nder8+rv2kycPrQsD+rz49sHv3rlw9kdw6UdnL7zzuwffvoBlu+7ioBHNWy2iZiP2&#10;UGn3kfP5efXskab1sd5aEliy/xFZismYcaeTeIY4FzCIb1pMGzYTaaAlikr8A8HoBUkMAW58K0xI&#10;PCD1ZF+xu0tsfWel17IFGx0jq5bxomIS07ILUkjEJbJUR7BB505i845WpjhM6iXxNT1QHVuCB1Ff&#10;NyKqrhVkhwRSsWUKTT7fa87Ip0N2MLJxI5A5STMsxwvjrHf4UqvzkF1vSqpouuUBROo7qS7z5Mfa&#10;hlNHLYk8ked6qs00BJNnQUbxhgcDEarJ2+a80QrQv82UG1BL7IeIGJb3omI0sSCBgyDAMBeTsHIv&#10;copulTLzfJuFR0FRWHY7P7gj0t3dC8e7AYLjxy/s7pIuai8OWte81SJqjuH8+nn1wlf/BOcvH72w&#10;3v0x9fTzX/3FFQx+HMSkXGkZy/U/0jigNUUg9yXdvTtnwwMSWpUERlbVnSDK9grIQluTRYiBnLp6&#10;/zk1+Wbvnb90YoMyZDvuPiagfXVkAj3ev3PpxFHipkA49l5a7l7G9ZL6huZKVuF8jJaaVgwnhnbb&#10;cv0gYZTSCRgokz+laMEIk9BSRSaHQAHPVgmgY3SGx1/fLlqQVdcPgU/iO7lS7tpqG04ftZx6ztAD&#10;R0zThoBEG4oCgavr56o8n9oEYVbgGSKYlZTtUWehmZxS/3IDysEpUTdERNNMb36QzezBH+/NNrex&#10;9roTYFW7TVlCkYylWSSYiaUpgSNnLt+6D+cv//Gv4HY8ch785L0zVDcl5J+/wjSQphzXq95y/Y8l&#10;sEk9TQ6EthskE4OnI5q0RFF+NCY0evrTx2UCCikQYoF1elwvoRflrcANkzpTa1sxEGjxDaGVRXDi&#10;o+3d4k/+tOiEbnGCpGim7bvqHZdEfEkZ1XmvRrSo6D5kQCSBw2hy4X40azhqGk0dS/vbuulDUISu&#10;q+yeGw8HwY6dIeAnFY7IUJlDzlD77Bi1mMScJUx07GIVCbCy5ZPoK2wK5BYtcsTXpekw6boikA02&#10;6Kjv04QjR6KncORSlKdPvz5SnFbUXhzsqHmrRdRsYPLvf2X/5ZV3X++mhNz/lyNXPx9Mum0gAqus&#10;B4Hl+h8thotdnwQZ8jTpxhqKhIumr8dCPCCz3eLUPvUcZ1ssTk1g/csyco1IzhmeJ5vmLJkhGTNP&#10;fde9KAvdvXF/9KBH2jTdIu8DajnlrmZcL0JxFCI4qlGXzFrTKvVMK8xZ8CB0Q+XCOBkyp+7TgYkV&#10;2qrtd49dsiiKTwss4VGv88iM5GU9dQzTFtRu5mhtwzGjNiCO5eUg6o/nfENQf8OUbk0WulYykGEy&#10;081VzpliPPLEs3vb0iQOZZ4tRWH+x0xIX9nKobHVT5saTyGLHE3P2wpPbkZe4t1y+mWB516U+NGH&#10;zHw8Xz91/tQXXzz6Hlp//+jrL/72/KnXKar2IkU9tk9Wb840b7WImtMt/f7B7f+8/N6Pp1fEGutP&#10;YLn+By0aruhJEJ6Uq9zRmQnymqunbZ5kJNqs65TvtPKKzVoiXDMjSIlQA4juQ4JrkEyV3s3/2OJk&#10;l7VdtVqNhtrxuuswTvH+HKd6FNMiz5RJvdC87pktQzLJ4cZgqWvV4rnEFIuX89RQcTTyxOqb8+ea&#10;TwckQuAjc7Uy3ZaVrFyHQEqxoa/TuQYGK2utm6GiiL0oQF3D6aPWEiTeCaKqh9mGYPIYpW6RTcwZ&#10;qe4WbOYpxZwxYc5scVrAcGQAocS+w0rFWSAWJDBCoDjbe+PSTnFA2E1NjkL/YpUpVbisIxXKE0G4&#10;F1PFd+TS0YBTGTMvph8P/9u1D5npA0Defzl5Tv+a+p///eRJ7fMi7HH8vY9/tmv/FN6//am9+7OP&#10;3ytyQWovDspv3moRNadZ+vu7t/760nmSU9tNCXnrk93P3j0zrR1+vo4E8Pvn1nHUVk9n8tfHHN63&#10;Z38F95BsyQOd8+XY7Lteh6QIdrs+BMC70Ch7IXlC+P1zDacBfv9cQ1CrXQ2/f261x2fNtKMF3WLN&#10;6uWg1dc9cVWVctrofKz+UK2QhnkcttRe+vIKKYaqIIH1JIDxj/UcN9QaCSCBDSKA8Y+Gg4nxj4ag&#10;Vrsaxj9We3xQOySABJAAEkACG0xgufmnGwwSTUMCSAAJIAEkgAQaE8Dzl8aosCISQAJIAAkgASSw&#10;XwJ4/rJfgtgeCSABJIAEkAASmJMAnr/MCQ6bIQEkgASQABJAAnMTQP9jbnTYEAkgASSABJAAEpiT&#10;APofc4LDZkgACSABJIAEkMDcBP5/l/iuoJOMpZcAAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAPxh&#10;j3XfAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AUhO+C/2F5gje7SdpIG/NSSlFPRbAV&#10;pLdt9jUJzb4N2W2S/nvXkx6HGWa+ydeTacVAvWssI8SzCARxaXXDFcLX4e1pCcJ5xVq1lgnhRg7W&#10;xf1drjJtR/6kYe8rEUrYZQqh9r7LpHRlTUa5me2Ig3e2vVE+yL6SuldjKDetTKLoWRrVcFioVUfb&#10;msrL/moQ3kc1bubx67C7nLe34yH9+N7FhPj4MG1eQHia/F8YfvEDOhSB6WSvrJ1oEcIRj7BIFyCC&#10;u0qSFMQJYZ4sY5BFLv/zFz8AAAD//wMAUEsDBBQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAZHJz&#10;L19yZWxzL2Uyb0RvYy54bWwucmVsc4SPQWrDMBBF94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt&#10;9e0jyCaBQJfzP/89ph///Cp+KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFe&#10;XMyiUjgrWEqJX1JmvZDH3IRIXJs5JI+lnsnKiPqGluShbY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7&#10;TaegfzxxeaOQzld3BWKyVBR4Mg4fYddEtiCHXr48NtwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALGC&#10;Z7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAK5rvsQsEAABLCQAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAK&#10;AAAAAAAAACEAGr5c5edJAADnSQAAFAAAAAAAAAAAAAAAAABxBgAAZHJzL21lZGlhL2ltYWdlMS5w&#10;bmdQSwECLQAUAAYACAAAACEA/GGPdd8AAAAHAQAADwAAAAAAAAAAAAAAAACKUAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsBAi0AFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAAAAAAAAAAAAAAAAllEAAGRycy9f&#10;cmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAAiVIAAAAA&#10;">
+              <v:group w14:anchorId="68D2EB62" id="Group 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:184.5pt;margin-top:21.3pt;width:351.45pt;height:163.35pt;z-index:251675648;mso-width-relative:margin;mso-height-relative:margin" coordsize="47301,21983" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAo+6VdFwQAAEoJAAAOAAAAZHJzL2Uyb0RvYy54bWycVu9P4zgQ/X7S/Q9W&#10;vi9t0vSnKCsEB1qJW9CyJz67jtNY69g+26Wwf/29cdLSFqS720oEOx6P37x5M87555dWs2fpg7Jm&#10;meVnw4xJI2ylzHqZ/fX95tMsYyFyU3FtjVxmrzJkny9+/+186xaysI3VlfQMTkxYbN0ya2J0i8Eg&#10;iEa2PJxZJw0Wa+tbHjH160Hl+RbeWz0ohsPJYGt95bwVMgS8ve4Ws4vkv66liPd1HWRkepkBW0xP&#10;n54reg4uzvli7blrlOhh8F9A0XJlcOje1TWPnG28eueqVcLbYOt4Jmw7sHWthEwxIJp8eBLNrbcb&#10;l2JZL7Zrt6cJ1J7w9MtuxdfnW+8e3YMHE1u3BhdpRrG81L6l/0DJXhJlr3vK5EtkAi/LcjIq8zJj&#10;AmvFcFqW+awjVTRg/t0+0fyx2zkdDfN83O/M57PRNKVjsDt4cATHKbHAX88BRu84+HetYFfceJn1&#10;Ttr/5KPl/sfGfUK6HI9qpbSKr0l6SAyBMs8PSjz4bgI6HzxTFbjImOEtFI9VOpSVRAttIJtuB6eI&#10;7qz4EZixVw03a3kZHDSLSiLrwbF5mh4dt9LK3SitKUs07gODvk/08QE3nfaurdi00sSumLzUiNGa&#10;0CgXMuYXsl1JBOO/VAkQXwQvvgFgKpsQvYyiocNrgOjfI3/7hYT4DSSFEyA1ttr+aStwwzfRprL5&#10;UGrzcTHuK3Qvt2PRDEd5cSwaUOpDvJW2ZTQAdKBNR/Dnu0C4gW9nQsi1oWewWlU7JlPzkVfas2eO&#10;tsGFAEFdQo4s4anbLVOjgXtyZTdR+sem2rKV3vhvnLQwL/Ihuk+lCFE+mk+7GfJUYIhfxrheo4FG&#10;DdZtfFKxeWy4A0XDBD749WoPaJR+XVDaNbyDORmTny7A3jwFu8eTZgdQU3IoHb3QkB1qAejDYSck&#10;zN5J6X+1mhQEkJLbt9rIJ/OyGA0ns32R3INpVhD63nLfkUJSDBF7opG8HE9HBfrH+6aEi2E+nfat&#10;pSxmE5h1xOx87BTQi0RqFE+QHaUf68RYkge8UNLZdpmNpznUyQTHrVWjbDBsHZIdzHqXTRF9cnms&#10;rsNUXnXZ77N2KEJCeM1D0yU3eaAY+KJV0BfTql1ms8PdJ1Ikl8Rll2AarWz1itqDvFIvD07cKBxy&#10;x0N84B63HqLBTR7v8ai1RYi2H2Wssf7nR+/JHgrBasa2uEUR/t8bTi1WfzHQzjwvS7iNaYKEoVqZ&#10;P1xZHa6YTXtlUXE5vhmcSEOyj3o3rL1tn3DhX9KpWOJG4OxlRkT3k6uIOZbwySDk5WUad737zjw6&#10;dPw8pYTo/f7yxL3rJRDRYr7anV754qRddLbEv7GX6Fq1Sr3kjdeebtROGqULG6OjL4LDebJ6+wS6&#10;+AcAAP//AwBQSwMECgAAAAAAAAAhACsNG/qnMAAApzAAABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBu&#10;Z4lQTkcNChoKAAAADUlIRFIAAAIPAAAA3ggCAAAANbp0VgAAAAFzUkdCAK7OHOkAAAAJcEhZcwAA&#10;DsQAAA7EAZUrDhsAADBMSURBVHhe7Z2/bhvJk8dHF+x6ocBeLHaBA9ZeA2SmmBGVUA+gV5ACMnNA&#10;PoCCgx6ADJyJAfUKegAxESPGjI7Eee3DLbA//LDeXXjhTFfV/2emh/OXf4b8TmJb7K6u+nSzq6t6&#10;rDp5fn4O8IAACIAACIDAWgL/AT4gAAIgAAIgkEoA3iIVERqAAAiAAAgE8BZYBCAAAiAAAukE4C3S&#10;GaEFCIAACIAAvAXWAAiAAAiAQDqB8t5iNT4/oed8vEofLaVFhaJy6DIdsP4ng2m8j1KoIvNy6LTf&#10;TdcQ25jiu1kbQf5h8/fYGLOqBe9i3qu2AfJKEEjwFmpdiG00cS8tMWzOrnbX1vpU4ZzSlFiNr3qz&#10;IOg/0lvGT91GWvPQ50pjnwsKghhdr6vKNd4WG08HF6MgaN8thx0xanxy9tSc2ii6xclcO5Rcp/ar&#10;1hku79pBMLrwL+t9URt6bIqAx1vwl4r2A9oOaJcUz2N/U8Pnkyv27WexYme9qwqCmfXDf1yQrwja&#10;Z2/yaZm1tQKsvoDbcH9ZNVvXbjW+Eb7iPuo+5eTI2Rld7LE5uRRtdJ/YqryHhSpI76OMRvdezO/N&#10;xr98+2j90esU9xar6URsktcdc5ruDJ/VOTJykAydMcyJ2fmpe4p2N5DQMS/nSaXRaPG0zRYfnZPt&#10;+XgsDkJKlm/cyIneu59pvQZT+hsfodkvNYXY6MnUah35RPRtclTC22ZSksusvEbnmr5/wWwypVSe&#10;jvXHIr2nVEyCmBAAxmQkah5uqQY0rf2AxOpwF0fkKxSenWjokQhNGxtKdiRmPpKm0osv4TseUzQU&#10;8mnj3byS+btcamq1+Za9GDL2QaJtEcECUmxRSTN8ayG7Xr6vnb+3GMn5ApgIQy5XuVrxHBsBHT/Y&#10;P0ORhDqIhWIMezjjv4nDJD/8D9VXtpD/kEdo9wPVQzRSf5eNQv9wFXN76FbuEdFOGv3UIz5khR3I&#10;VZPVD2kfMSbEKW6ZE4nZI7bKYsUQu92N1UKZcBTHQlMgxul6ZDgKhIbWo7EQM43OP6LYtK5hY0OT&#10;o0dXTZJAeZZDsiXxheIYFBo9ji9xFUUUTVo07pL0rXR32YcWsfzAp1101TlfIfNFCq8QZUSKjqFv&#10;YFwvz0oSCid/f0M9LEjZIbrg4/sIfnJwBDyZqM47vf+bw7E8sk8fRmKZvJP5agrSdcRhfvzmTLiO&#10;+YrPybK5jFGU0NEDHdJl8NK/ZDGN7i37lGxnFXlSF8d2o4VyFHrxDjth8TIO4WH50SczdfK3Tob/&#10;9iDy8fQld6wKtzBHM3noEs9qNec/Zr33nlvycHf/v0L6qiZqm6b8RxrE28T7FCuDtZSvIpyo42JY&#10;kz4LUUdtmWJS/xDT6HlaDc8ljpwcOYBOVIW0l2tDzHRkJWXBFG2zbipDpseE+xRdt2iiAuTSUytd&#10;rhZlmox25SNbKZB6/a031FnDvkWVpmOKXklzEdLX/f4mKatsKjJp6FNvAr5bbpWrtacOmahU+2JW&#10;e/3NaQOS1wGRR+WV1gvXZ106eXF+yJ/BUuLdPUFIDV3HeG5iRiPe55KvKWh7YifjHnS5vcrk6qRT&#10;jpfDRIpLOj8S6ndR+SAm0EvQPOtEZmzXf9SnVHOpYTypMVTKyrmSYgqkTWXaKoopGiQtmoy2JzdT&#10;229OOd5FVU7HpLnIqRmaHzOBdW/QSq8hN1bazXOeKfzN6Vjq/QLlukteewIyhz43DjQhR3LGvX33&#10;uO76XB7NVEQUWjHauSpU2cIk9kv2NYLEaCYRYo41m6x5DiGhpgkxh97jyA1KR27iFfO+RCUXxp6b&#10;tXyWxBS1kUJ40eQT62vtPRplEOtZVAkLO4OwaueirK/PqDCa7R8Bzy03JS3ce2qbfupcsuMwORc6&#10;4a29n1bN5X2Y/IaLYFld66roXO5lIhmS+VEvKzn38E5XLd6+tjEd0J1laN9VG2howFajo7Ji3qSS&#10;6+PUdhXV1/M1SsrlZDY1CaL8uUmxrZOXQfPM6qTccdIeJw8X6iXLyIoRAR6tmdDFfnjsLGfx1KlM&#10;NyeqaMKiSReU0iKUcstiW0yeXVQldUyYi3QTI2G/+ib7v3zp0tCixgT8sYVK46g8NOVJ5BuE9G4U&#10;B/HqU2/y30VBzVXOSORb6CwtxdBX1YqhPHdiHibKVasl3+9NequRj2VmXJur7wx5I5Ppn4dA7Gmx&#10;R7bxvgCq3x3k7PzVoqVu9kMvqTAQrZdqLofL+dJXSK0kiObdd2thQnyWpHmhVZv6SoxCyIuEzA6v&#10;GHXnJFaAnQy1juRliLrHkjPtXA9FmKRPZap1YUUTFk2qlMQGcubZgv6jWqmZbBMCnTefnEVVUseE&#10;uVhjovk62Pfz9LEPzqL40qhvzxMKveurPTQXBNQbu5m9bjls8tXKNe46p/iq5eUcHs1zENjuSsuh&#10;GJpugwC8xTYob2IM8z68FL4lV6GPvvLQnHA3n26u/R8pom11rid9aLQoTEAtuRLzXnhodNwHAvAW&#10;+zAL0AEEQAAE9p1A+d8quO8WQj8QAAEQAIHyBEKxxcnJf5WXCAkgAAIgAAKHRwCxxeHNKSwCARAA&#10;geoJ4N6ieqaQCAIgAAKHRwCxxeHNKSwCARAAgeoJwFtUzxQSQQAEQODwCMBbHN6cwiIQAAEQqJ4A&#10;vEX1TCERBEAABA6PALzF4c0pLAIBEACB6gngnajqmUIiCIBAMQIffv20XH34/PnPYt3r0uvVq5fN&#10;xtu3v7yui8JST3iLes0XtAWBQybw6X//9e133/z0w8tDNjIIfv/3n3/9/U/z7X/Wy0xkouo1X9AW&#10;BA6cwMG7Cpq/mtoIb3Hg3z2YBwIgAAKVEIC3qAQjhIAACIDAgROAtzjwCYZ5IAACIFAJAXiLSjBC&#10;CAiAAAh4CNiquWUKLu8H2n33FsS6COSC3UTR0vPxKtPc5GiaSV7xRsnWFuYglNkfC4uzQU8Q2CGB&#10;6eBifrekctbPy7v5RZGtbIfKx4dmQ5xnedd221BRxfCHVBMz0iPHPx/7JDtVArWyw4b+kWOook3J&#10;fp+CYSxhKs/PpZQUUPQTlZxoRqkh18BJsL8oTvQDgVwEPn76PVf7PW+8Zi/77//5vz1XPq6eJ7aw&#10;u6XjDumYeXLS7M3KeLrpw6h/dxdMptnO7mWGqrbvdNCcXBsvubwLVtVaYHzEY3CRNbKp1kJIAwEQ&#10;AIEUAmmZqP5lR0hodJ84mAoFHjnhsrO47HauHXfhJkrU3yl0GwWjixN6dNz2MOB/0WN30ngykLuP&#10;2aWJZkqY8HH2kQKdH5rI0MjzOcTVat6+7jS0uY3usMv/0HmaqMYe+b4hffQ6l/3Z4mNIRUPBNfD8&#10;PATJwWjBCFjmE1Z2MNA0lN0uHvGj1fiqN5v1moq1yUR5e4fVNHqyULi8nN8NNAeBGhDweAu5W/DT&#10;7AVnb6oyQjiLTtAIuYu48M7QRG9D6ahGwaWIiehM33sv97Tzi0ClyNzT+GgS3HPDJ7GZGx8nOpPQ&#10;9t07EkhxwuJWxVjUmTdJV57PITa6ty3JxLsLhjX2yr8yocnj2Zq4ZDW+EYykb5aP0lGS0AY+PUUh&#10;ic9DhlwvIjHcbH4m8NgMamyYRvdeZ+IsRInS9H7sj27EzQ5Z2mvpaehXtUwgBwRAYE8JrM1EPT/f&#10;LprVnBPNRijchdz1Mz4mvGm0ZI+Pi5n+WdB5Z1Nb/VvjJsKi6YRN7kXsfxQnqMiFNn86oM9p83bl&#10;+XXqDOXWTTgSnYbs6ZPfaLTYAwuQna5HRxlKkXcmpyJdpD31k47mSTRQtXAN0RGQ7W3iI5qBNtud&#10;NIyXgen95kwGmBxxCf8bedgFRV1NxplGMxA4LAKULFBnK/pKq6NgjS1MyUTp1EhZC1fTyUzv0pzs&#10;GT3kcBflBucDN72WoAIVkhW6xaZ9jTf4jI/wGhTjrL16iconFyGczX1w5ebXnCHNvYXaZd17ktAl&#10;eEY1MzYrNwy5pozjoBkIHCsBSjyovAQH4nYTqieP9d4ixR9ykjzTS2HkLAL3ZSrKZmh3IQ+5lNd4&#10;GFmC+od+pnS6Nd2n73uBc6cQ6yB3RCc3xed8E9lMB6Q+H7WNPN8eGH4NlR1fq2FuMdSIWmMRR4Tl&#10;U8pGhBV86KZE13rbtAF6hBCWsHVxQS6Y1XiQ9Caww8w3jLg5SX/4IKG9putwcW+Rzg4tjoeAzks8&#10;P9fdVwTB2nuLaGqEogJxqZE3OcXOIrSlc4DG7oLzSOqW5CHoqxVkfpjkiGjbpWy+TN7oDJN/9bG3&#10;C+w9DAvsDPlNL3UxczHnexnO1usf3czjF/mkkOlB6SK69ojMu6uxR37nUh0vRK7pPiFd5ljgDGix&#10;hC30QnLBNCdn9mJe9DUcNDPfMHRH0xeJsfQ5tsemk6vJ8Xz7YSkIHCsB/Mby45h5OvFfBfebuk/Y&#10;rPTjmCFYyQToN5a//vnHY2Cx/PAbfmP5MUw0bBQE7Nu62UImYAOBDASo9kOGVvVuUlMbEVvUe9lB&#10;exA4JAJfvnz948vXQ7IoyZbvT1+cnr6ol6XwFvWaL2gLAiAAArshkPZ/uXejFUYFARAAARDYLwLw&#10;Fvs1H9AGBEAABPaTALzFfs4LtAIBEACB/SKAe4v9mg9oAwLHTODDr5+Wqw+fPx/4a1GvXr1sNt6+&#10;/eV1veYa3qJe8wVtQeCQCdD/t/j2u29++uHlIRsZBPQG7V9//4P/b3HYswzrQAAENkvg4F0F4aup&#10;jbi32OzSh3QQAAEQOAwC8BaHMY+wAgRAAAQ2SwDeYrN8IR0EQAAEDoMAvMVhzCOsAAEQAIHNEqib&#10;tzClojeLJVzSQo3l/eFm9UiUviUOO7IOw4LAoRCwv3szUymgvTY76i1siU9RAsIYaG3OUPkgYnFE&#10;pqwtkYCu0I4sB3AkCm1zTk6hkZPnNqZTaH/HZr/X3wooBwLVEJgOuHAnl87ksjo5t6RqVKhQytq6&#10;3NbA6YOy+fmZKgdeJVVl8yvGRePEQ1VDTVHRigtJtdu2/h3V4Zu340WNKqSWLkpUC7yzJQLTe6AF&#10;CIDAgRGg0pf9W1n+TNQZ216B6Y2ATMtE9S87PG5naArpUN27yjSJRmnkiUeqfDe7YTcoSXPL17d3&#10;8xvhxahgXnB72zJKxkNBDiMGHH7wI4vERUbmzg/hFkYea2W0Cf3DcpHVAruqRKBQ6koVHqQBp+4/&#10;pMocHLkxFwcfg4H+aTzE4+Lm8vFASugcGyU+rCCROyyrbD1AEAiAwP4SWFtptdkLuBJp6OHipfGy&#10;1EUMpL2Kan6qqCO44F2binfq8INjDxOUUFgSpIVxb7q3La6ITVWnW9LFqb00Ooj4+Si4FCMvqdQr&#10;l9GOjOxpYUx0DwkihHhnRjOjqtKyuqKsrObabouY9Knbcf/RoP2Zq7caENo1zOZn9yokGwk/6AKj&#10;At9qMD+kWGcehSqU61HokJMwbJGpRB8QAIHDJ7A2E/X8fLtohgo0yy2nmizSx8VMRS6yQPdkysfs&#10;iGvSp2uKOVIfWWea8oTO9p00iB650bBBSHiANS3YCYj9mzxTuOC4FGF/bFquUX61mqt4iuuMj4L5&#10;SnJo61Lmb86kZ3BtceTZCMGBFOtMo5ifkW8cdpKG5arz1Uxw6oShAQiAQI0IpGSiaLebLT5Ke3hX&#10;ujlbbqq2cxxa6DTczwC10bluBzpPmKF94SbKuTlZSVcU/TiY9ZoisUQb+MzjBiMjy6BDPUmAeXuv&#10;AJIjItOwhSGhIwgcOwHntMhJGXM6rimX9d7CWkjZbE6XhHeyciluOjKbWx/3kK7P1kxU57x4A87w&#10;cFYmfC5OGsQrzB15/WiUjWr1muEwRvdgH6ISbCrXpd2Fcbzc1PyDwpuZyIaJZzpIuqFhX2iAUZxh&#10;NMwEiUcxbosHSRq23KRmmCQ0AYGjIUAZbtoo+NzY7LUe6x6zr723ONFpJ/YalOu/0Fexed9O9S4O&#10;2trpNkKKpLsF6Yj41C7o0p4pM0vieQj6xRaYdxCvKHfkDGPxZb9N7Tgd2FnYexO6sehciySbuO5g&#10;czi1F/pHZ8gvnym2F/PYVZEWzncfut3NXN1bZIZEo1xPZMBDuEnDrMNmgIEmIAACfgKc2ZVP3X1F&#10;EOA3lhdc5XQEf7g8gAVQ0Hx0A4FNEKDfWP765x83IXnfZC4//IbfWL5vk7IZfcR/uom/C7WZwSAV&#10;BEAABHZPALHF7ucAGoAACEgCqIa0zysB3mKfZwe6gcBxEfjy5esfX74eg83fn744PX1RL0vhLeo1&#10;X9AWBEAABHZDIO03f+xGK4wKAiAAAiCwXwTgLfZrPqANCIAACOwnAXiL/ZwXaAUCIAAC+0UA9xb7&#10;NR/QBgRAYNMEPvz6abn68Pnzn5seKEn+q1cvm423b395vSsFio0Lb1GMG3qBAAjUlcDO39P9/d9/&#10;/vX3P/jfeXVdQNAbBEDgeAj89MPLHRq729ELG457i8Lo0BEEQAAEjogAvMURTTZMBQEQAIHCBOAt&#10;CqNDRxAAARA4IgLwFkc02TAVBEBgywS4Xox8kgrXbFmhEsPV0lvQBNSNfA1VLrGq0BUEQIAJiF9W&#10;LQpjcg2buu1a0TmMegtb5DnsDq2HLOQjpVhb4nsfNs+SJqV+G0I2Uk2UEsVQXFVdjKk6oAEIgMDu&#10;CDi1mEUBtAddInN3KpUZ2RNb2GrN1h2uVoEuHV3UR7b7/cAWFC2jcxV9af+len26qhXX8Ntzv2+L&#10;t4oSeNbxVkEDMkAABEAgjUBaJkoVDW10h6IQKj1UEbqdWAx03XBn76hQ6A2VGXUf9wBu/s5/Geh0&#10;32Bq4h13i3zQn5sfOmGR2vnpJ+fjsWwYcgZUOZbiQ3vYF0VHpWqhsdfI5nZjETGJnds5/ctOFIKO&#10;VG1aHtpvWyjY0unNNE9AxWOXVI5WVvKOjcs/CYnV6mjx+kPGBZ+T9v3A5yAAAprA2rrczV7g+gW5&#10;M92cLWUJ7fwPBWOtjOHFKLgUB/9HqmV9FdzLvzud9ef8wyvenqeD5uJWxQoUKmjnMOstpKBQHog8&#10;XqsRsqHRaM0WH6VJWWWPJlIxxmGr79LRnxWi8u39QAYE0RSUlm/2fNq4dXaT0puq4PY6vFTruz2n&#10;eI/qmJuqv2pcUdmc64ALX0I1wm9JO3JdOpBaXgfKzPzzhx4gAAJHTGBtJur5+XbRtOdPuTPdB1fF&#10;sza0lWW761ExTfDmrN2+7piNXW6R9OjPg85ln7f51WquTvLk0OhUrxu2C9RDzSpbbMT6MYf8Zm+W&#10;sp60fPJQsiU5r5CsPOsxPi65Ehl5UAQ1kmMRxdGFjK8a3S7/hP/yJPwcHhAAgQ0RoN1ppNIp9tu4&#10;obG2IDYlE6X2YlcRe64top6464mmo4oIivex9y3qvJ8slnZP43dkK/I26/JrKbI5ODCH9yzBQUg1&#10;9nT5ntV0IoIj/7jqPo0aBcpXsmeg5/JBJ87yDYfWIAAChQhQiqHVa/LXrtlrPZZ40aXQ6FV3Wu8t&#10;tD+kXcnk/fVORZrwuTb35TBnSnq9kTVE79uUNslvndaQM0k2yTUdrFdLpMSatg2lsXotN1KQHkSd&#10;zTPJ1r6G8RgzIi4pwTz2v+ZtCYoz0igIbfXK844rQjhrkp4+Dg4fRSgmrMO9RRppfA4CZQnYXHHd&#10;fUUQrL23OGlOrsVdMO1nc8pkiEf/rDDFRvfeHr+F7xC+9+Qh6GeXyYmVkDbiolrreDFPu4enOeQX&#10;odTDgYGdy/yypfcRwq4WLXXxYExLdahMROt+M/ffW2il5M2R0tY7LkNkB2Szde70kan1X7XZ1wla&#10;ggAIVEUAv7E8QpLipYfLMv83ouTMVDM+BQ70bgCuJUpOBrofJgH6jeWvf/5xt7YtP/yG31i+2ymo&#10;6ejOy79VnP1X4ytPYq2mbKA2CGyAAFWY2IDUrCJ3O3pWLWPtEFsURoeOIAACtSTw5cvXP7583a3q&#10;35++OD19sVsd8o4Ob5GXGNqDAAiAwDESSPu/3MfIBDaDAAiAAAhECcBbYE2AAAiAAAikE4C3SGeE&#10;FiAAAiAAAvAWWAMgAAIgAALpBOAt0hmhBQiAAAiAALwF1gAIgAAIgEA6AXiLdEZoAQIgAAIgAG+B&#10;NQACIAACIJBOAN4inRFagAAIgAAIwFtgDYAACIAACKQT2Cdv4dboXqu5qLcdru+dbmnWFj4tNjpg&#10;kmJeHPr3D6b+FvSs5m6/3U5gbt9MjAgCh0Yg6i2c34bK1Rpim1LuAkhhgWs3Oao5UfPSC2n0Sq+e&#10;6Xuqg+Sr9Z0gObMDpv45Zqq0HRAAAiBQOwJr63JzfSF3f6f9JKlYzzrDTZnSqLza0cqgsK3JugFr&#10;U+rBZlAvsQkV5KPSV+yI+FneUe3ZMuLQFwRA4NAIpGWi+pdUOk8+tJ8sbp9uW8URhEp6O0dZ5ZHM&#10;QZj/MqAqruIZTE1LN/20eH9uGij1bCSkJYmkx1hK4kE4MpKPFOUep123+KDbxRNecbXX8FD0omrE&#10;ZSQpImWLT8/HUypbMZuJGn2krLdL2MDp4GIUyKJ7wrqo+Y7m7IeuOw39k0Z32JX/8E/TmDUinQaD&#10;cyf+NBPog2QGb/ZSa8kWX2LoCQIgsCkCayutNnuBrljKYcWZqLpa4qE8SqC2JOF61EGWSp7GMlSj&#10;4FJ8+tgfXVAVOPn3lq28PZufyR+mneBnvYWUNOzQ5kkVVWWv64CLUze6T/o07SqhB+cRr0IXJGlq&#10;B4Hczflx6PGPHTXipicoorZr0f6p2+EStTJ2oYnwdIkaSCXk+0FfZ67i5jtTaWu2hhxkgr2jiZyS&#10;p+Hwtq9LilMZ8/ndO1ohnk60fCx7W2e3xFpCVxAAgS0TWJuJen6+XTR595BhhTpt5tbQbKDkb5QQ&#10;OsqqQy9tq3QAnkfzHjqmeXPWds+8pp35YShe8ajWFhuYeEgWH7TZMzW6XfFTewgmJcxjAqrOZX+2&#10;YLeinlS1g8Bmogw97mzV8MvwK8L6savweul4F4+BDpH1nwa62jxNuQm+kuzt35q1QIiku1hNJ/Io&#10;4Ov0cTFzotTcKwgdQAAEdk8gJRMlt0v3+y9zG7leSZIb6PKuPZtMbTLc3Vbp4GySIJtjok7jlw96&#10;N3Rz9XQKz/TkUTvqbPQAMRlJiowmi1Z7dON7/8vXJWZgyKL1n5qmwmvQvYWaq1R72V2QhsZZSN9o&#10;bkA4KGrwAsIDAiBQbwLrvQUlF0Z0JnSSHpQa4tyG3N1zvSBFQpbXExGq0Nm+0ZrZtNJ0UPyFUCe7&#10;ZSKU6YMTKNjAYHwuhuHt8FHHDK2GdFPeLsp8O8P51I51F4ISZHgV6d8Oh0+UDmt6+US7ULARN9BA&#10;8X+qbQu/PEVb/4ylZ7K3845cy5WtBO7pxAGgTlgFFGfU+zsD7UHgOAmsvbc44ddkSt5VuFjJYfDW&#10;x7mgzpAvHFSG/2Kur0cyT4LJblE6XLou3rTUncFD0PcIoi3Ljhg8kl3URf8k1EVeDNPNQ8z8dLXt&#10;vUUSPY+MJEWEFeTd6FIl+jazp0vcQAtlMPV86kByxLHhOvuVbi/7v851MHMyTZ5ODbpy0aiLvFaX&#10;eV2gIQiAwKYIoC73pshCLgiAAAgcEoG0N2gPyVbYAgIgAAIgUJQAvEVRcugHAiAAAsdEAN7imGYb&#10;toIACIBAUQLwFkXJoR8IgAAIHBMBeItjmm3YCgIgAAJFCcBbFCWHfiAAAiBwTATwBu0xzTZsBYH9&#10;JvDh10/L1YfPn//cbzXLavfq1ctm4+3bX16XFbTd/vAW2+WN0UAABJIJfPrff3373Tc//fDysCH9&#10;/u8///r7n+bb/6yXmchE1Wu+oC0IHDiBg3cVNH81tRHe4sC/ezAPBEAABCohAG9RCUYIAQEQAIED&#10;JwBvceATDPNAAARAoBIC8BaVYIQQEAABEDhwAvAWuSc4XApCddeF7IoX6sitR+UdvIZVPgoEggAI&#10;1JPAHnoLrrHkPLnK9CVNQlhmJSJDQ1FNppauf51lIeTZmG1FVaZSZ3eUhQzagAAI7CmBPfQWRIqq&#10;85mnqiKsViZVZLryFS8tPkVUSbSdu6BTtuHciqqiAmq0gnk2MWgFAiAAAuUIbMtbOIf7Aid7PoqP&#10;x+e6nrYo8SofI8w5gacfv9vXHS63R33Ox2MpizvFZbjn+rhY8en5eDq+6s1kzTxq4+0SVng6kNXN&#10;dajgMUfPKvshqax4Gt2hqmAe1zUEiayynIWdoiL6WnCklBmWLCswT+XWInqDAAjsM4FteQsuhi0f&#10;Ks6derLXpU6dzMtoEtxz96duMD6/OVuGhdEJnIqDyofKkvr8hZV5MdIVrYNg1ltcil7Djk+GU5E8&#10;Kpa2YDHmU7dDZUTb7TtWicq3erqQdwhUtLS8Dj5S7VRZ3Vx2iH4aWi6N7i3XpnX9otz1vfZaSF0u&#10;lj0VHiLgNNktORnS2AeOyskqcP19XqnQDQRAYLcEtuUt7Km22ZulmuxkonRZ8D7vd+L5uFAHeS4g&#10;TYf6xUfKzszVWZ1+RkfkuSdd48hcnt3o/H/77l1HivXLsEd45+QtohBTuzpqTbzLm7M2+yr2YY1u&#10;V41nuq3/lMtyi+d2YZ1Gkr0WkiiWLd3F9GHUv+RB/eDc0MXoxC6vqhRg6myjAQiAQB0IbMdb0AZq&#10;T9d37dJg3HsNPp7TI8/26knZ6GgnbfscSkyGe2lA4YB5RpNFqz268V1++LqocOPyIRYjsMT1n5ox&#10;hdegewsVMaTay+6i935qnQVLioIjB1J6MiAABEDgKAhsx1vwbq5ugVfTid6g+BBeIDnOZ3GzUa/G&#10;A9qzG43WjHdG+UwHKTcXlJoJnMsA2StBhk5a0QndLoj+7XD4RJflTe9A0S5kp2jH+/1jn2MhfrS7&#10;8n+qxwq/PMXwWHomeymJ1R/dnN/MdfjkAde57M90wooDFv0UnJqj+MrASBA4UgLb8RY2+35yRafy&#10;cqzpLM4btbzlbvZo6+SNeHk3F9fGnIqa+95Pcu5CKM7xRB8eGZ13RupD0I+oTZs/3WVE32n1dKFT&#10;vtUteORYiFoF6lrc86kzkCOOraWLEhFKZbCXW5EvmFm/6AdnWF5Nys0LeoMACBw0AfzG8oOeXhgH&#10;ArUiQL+x/PXPP9ZK5YLKLj/8ht9YXpAduoEACIAAEaDaDwfPoaY2IrY4+JUJA0GgNgS+fPn6x5ev&#10;tVG3hKLfn744PX1RQsAOusJb7AA6hgQBEACB2hHYzi137bBAYRAAARAAgRABeAssCBAAARAAgXQC&#10;8BbpjNACBEAABEAA9xZYAyAAAvtC4MOvn5arD58/H/hrUa9evWw23r795fW+cM+mB7xFNk5oBQIg&#10;sHkC9P8tvv3um59+eLn5oXY5Ar1B+9ff/+D/W+xyDjA2CIBA3QkcvKugCaqpjbi3qPuXC/qDAAiA&#10;wDYIwFtsgzLGAAEQAIG6E4C3qPsMQn8QAAEQ2AYBeIttUMYYIAACIFB3AlvyFrYy9MaAhStBlB2m&#10;mLQtmJnBML8WqiR3gYIiGYbcTpNik7Id3TAKCBw8gS15izwcbaVSLlaRUtgoj+CybUOKeXddqiBR&#10;sD6p2stVhY7qt/TVmKoicXXBjPrl8nsh5avXvey8oT8IgEAVBPbQW5BZpowo1zjaI3/hKHY98RfO&#10;Kz4ptgoqFSi68lVxLS6ba3Lrkn4lpPi6ulV0yRs9tlRtwIqHgTgQAIEdE9iit1i8P1dH5+z7f6iC&#10;tnO2NxLszy5GCqWbr7B/j3e2J2JzHPZIS5gfrZg4g48HwrDB1DmRZxovcfLbqhAs6z+mgrT0CCXj&#10;Ojvnes+pXnw6mE4HREcUD+Q2vi5hdVfjq95sJor7CaE+8lp38kP9S1EaXTydoayT7tE1xGowcKrs&#10;Wm6ZJ4UbZl9HO/6WYXgQOAQC2/MWs/nZPZ09n5/zxAtOBe3pgOuMyocqnIqdgn42ueb8Cv+sv2Y+&#10;Qg2DhynvfzdnqufyeiKO8pml8ci2tPest7gUGuhtMqpY0ngRfW0p2IuREweMJoHg9tQNPDqLYt/y&#10;0WYYsbShChuHnc6Q6IjYhRNR8S7kHSzHs9Wq0b2/a8sAjzpEPw3rbWvBupu3jy/1s6yGVGtWVwQn&#10;mK1bUqzspBzCFxI2gMDeEtiet9DH5SAUL/jByGMtPbTbqUT7ajWXp2NReXsUzFergH5mpK4lHGoo&#10;Tr90IjaDNOkcTemTLNJMH6e0d/vunT1aSzUyjRfV2GainpdnN+bg3Od9VDwend0jPJnhiJSuwn9L&#10;YQ7wukuj0WLLRBzR6erxtLT1nwZ0WSO9FSltbpr8ulImz7CiZaDcxfRhJKOTPJPCLs9xz3v7BYNi&#10;IHAwBLbnLfIgk8fa5V17po+f3NvcZsijdoN3lzxSI22d3VlsPFmkWRXy71TR8daonuhQozLcSwPC&#10;ZUTSGT7oz3rvOQCLPN4uMty4D668Lxas/9Q4FeE1HvsjCt34SbOX3QVraJyFr1OWSSmxBtAVBEAg&#10;M4EdeAubxEnJPdOhlbIrTZmOFwdcs/tNB5z26Fz2jTvh2MM8HHjwQxuR+JM7G78j+r45a49u9E3y&#10;ajygvyZKywzTNMw03hqxTp7LaeXRmT5tn70RbVbTifWddIYfDjnl531DKdZlOhDtOEogn6Pocbwl&#10;Kfo+1XpFXp4i4kK6X9ewyY3ubX90c04va6mAI8+k4N4i/7JEDxAoR0BnvTf7p3vutYdOvmoInUBl&#10;RkOnzKVK4j5CtHKF6EO+ua1ot9talm3X76t0faizGtK96Ij+yJFmwUQU8yjrtHCUTR7Pyo7cumgq&#10;+rpBN4zrbAH0++qqIaoFs3IFebo4ciNkVWe9yELxnTNBns9junr4cZuQyMyT4l87m13FkL5xAh8/&#10;/b7xMfZjgP/+n//bD0VyaIHfWF7O2aI3CIBAdQToN5a//vnH6uTtr6Tlh9/wG8v3d3qgGQiAAAiA&#10;QGECO7i3KKwrOoIACBw8AaoUBBv3kwAyUfs5L9AKBI6RwJcvX//48vUYLP/+9MXp6Yt6WQpvUa/5&#10;grYgAAIgsBsCyETthjtGBQEQAIF6EYC3qNd8QVsQAAEQ2A0BeIvdcMeoIAACIFAvAri3qNd8QVsQ&#10;OGQCH379tFx9+Pz5wF+LevXqZbPx9u0vr+s1l/AW9ZovaAsCh0yA/nfet99989MPLw/ZyCCgt4T/&#10;+vsf/O+8w55lWAcCILBZAgfvKghfTW3EvcVmlz6kgwAIgMBhEIC3OIx5hBUgAAIgsFkC8Bab5Qvp&#10;IAACIHAYBOrqLdzi23omIqUWqp8g/wCqEp23kkT1OmxE4sbJbURrCAUBENgmgX3zFrRvqWqq9Mea&#10;DZjKuWWrXmeqigqx1W/pqzFV81EFrLNMXK6NOaR89bpn0RdtQAAEQEAQ2DdvQSqZ6jhcOI9L5JV9&#10;bMGlx1bvShfMKytV9adSoK2GKpxdkUglxi2JylWhWrqWXbXDQBoIgAAIZCGwNW/hBA1ZPYCuTu3G&#10;G7qvk4kyB/BmL71Md/u6I7Z27j+WcYw4s9tTvD7CO+d6z6lefDqYTgcXo2B0oaT4uoTtXo2verNZ&#10;r6mHXUeF/FD/smMmsTPUwVRMVxGvjFkj0mkwcCIoG8nEDXSMdsmhhGmW7w3agMDxEdiSt5gOmpNr&#10;ztfwITl4yBYw6OrUXC5aPY/BRdjXuAfwUDlXZyrFbi6ei5ETB4wmwT2LfeoG4/ObM6UdBTQy/KBc&#10;l3rMj7RM2lBF+2GnM9QlTJ+6DU8X8g7W7rPVqtG913VkqUP00/Dy67yjutrSAzi8yOC4rkEw6y0u&#10;hbrD4bu7QNcgJ4KtW1LM1ykLueP7PsBiEACBJALb8Rar1Vwf6nkbXn/jII/evLcHj7wHB7zZme0+&#10;YkjkAO410yn9vTy7MXtvn/dR8ZAQMygds2cy5ZMQs0hXIRWLPrEujUaLJYvgpNON9ln/aaC9JCtt&#10;nIZfV0rfvdNhCIVkyl1MH0YyOvF1SiLHXjLblRC+VSAAAsdEYDveIhdRc2+hNq1QXNIPiyI3lEu2&#10;Tm7FOjkeRWyWSSdvOsMH/VnvvSc68naREcp9cBWNEYQG6z/VSkqv8dgfqZgsqmvUGHYXrKFxFtwg&#10;ZmBOcrkwozEIgMDhEdiOt+BDtM6O0JmdMyscL2R+y0fnj2j/C08B7/56E+UTdNoE6eRWuN2bs/bo&#10;Rt9+r8YD+df22RvRbDWdWLl0hh8Ol5Qi8uoe6zIdiHa831OebL4SglXswtGL51OtWuTlKTJdSPfr&#10;GqHSve2Pbs7pZS0VcHg6JZLDvUXaIsLnIHCcBLbjLegQzS846QSTc3ebgbrN3588BP1IB74IUNn9&#10;k5t52yvO3lvY5FaoIW3m9LaUUq/ZC+gdp0b3Vv/katGKyKX2wpywx/B16VxauZPre0pFUau+vhaP&#10;f+qo5Yhjbjr75dHVY3Tnsj+bBepGX3irqIH0s3RyGWYHTUAABI6EAH4H7ZFMNMwEgRoQoN9B+/rn&#10;H2ugaGkVlx9+w++gLU0RAkAABEAABPaPwJYyUftnODQCARDYRwJU+2Ef1apUp5raiExUpasAwkAA&#10;BEoQ+PLl6x9fvpYQUJuu35++OD19URt1haLwFvWaL2gLAiAAArshgEzUbrhjVBAAARCoFwHEFvWa&#10;L2gLAvUgsJL/uQhPGoHGZn4padqwRT5HbFGEGvqAAAiAwLERgLc4thmHvSAAAiBQhAC8RRFq6AMC&#10;IAACx0YA3uLYZhz2ggAIgEARAvAWRaihDwiAAAgcGwF4i2ObcdgLAiAAAkUIwFsUoYY+IAACIHBs&#10;BOAtjm3GYS8IgAAIFCGwA29B5XbCtbWL6J2pz6ZHihQsUjqpcquZSz1lMmW7jfyGsQ6i6G2F05c8&#10;UjmLcxXbKjcUeoPAkRDYgbdYS9aW4FaVuL0VSqWIQs4gMkCFG59UajWmknVLqozqr9wdNz6PFabu&#10;N1PZgTtaja96rcc6lO2WBauudEHEI/k2w0wQ2CSBffMWsga1KENtS0lTnewqH1v4m0umVuwvqNyr&#10;rgtbpc7yWH8RPEo6DKi1+FjxCGniuE6tLt6a1tZ8XlH0kF+MKD7oK6CeWXU0BAEQcAhszVvYM/3F&#10;qNAM2HO13N+nAxIki6jqOt86HMnjAPqy7Cuf8MecZVFndjuaPsK7QUl8ANF+MLVKcTdfF+dnLCVi&#10;BeuhnljoQH5IKSv4dYbaicb7uNYMBudO6shEMhE9hEgjqNnzVTjn0uCmeKvTumyYs3gvuKuJLLQ4&#10;XG0sOKo3a4q2C+PyLIyCeqAbCBwsgS15i+mgObnm/IyMGnI/7rn6MbjgDaEzNOEHb5smKKEBgvUB&#10;w0yX4D6hGtxnb7Qyo0lwz/o9dYPxOZXBltqafMaaAWgjEu2HHasUJ6LiXSiVYzmc0e9dC1tBvkNH&#10;D8vrIBI62Prk7qZHZOK6kknGmuGQCoE/CAcr02TviBbNx+JWBykSl4t4eeepcL5azV1nQarrMKdc&#10;zmc2PxPcn4tHeiHdrxdT/fvs3py15/jldrm/begAAl4C2/EW0Y0m92S452raNYOJ2RCMqOzBi81E&#10;PT/fLpr6LNq/pQ1ePDSa8Sh0zJ7JlE/CANJV+G8pYl0ajRZLFkN2uno8YwPtbhwt8ebd6Haj+Tft&#10;fJZnN/Yk7tc1CKw1gTlir6aTQAQHNB8qLCNBFKLxlhoJXTJM0fpQRH/KALV79l61GBfU6FzHN/dM&#10;YlzdG91hjKuMxdidZzALTUAABHboLejbvGH+RYMX2kmVMwgr2LcXBHKTSRhg1lsE/Zk/Pe7rIg/k&#10;98GVN/Gi/MHlw9pbbNnq0UQMMV2jrNld3IxXxlnw567L5Bt5diB5ntRQRIceFKeYsbLe/DuKVCQm&#10;j2loCwIg4COwndiC92QdDjjbUvZUMh+6VTYl4LtWnT538wz6cpnS65nnmlIzI/cyQHbk0Wh3lf9Y&#10;jQfqr74B2nfvhkNOofjfUIp2mQ5EO97vaRfV2us/aQcWSSbeIR+jXixyzcuXCJxFS9A1TECEY1f0&#10;PpMKn0SIYy6ApwMalQ/2BrHXu3OnUEwnxmdC00klhwF3YjPPoJkwvTzsfIkg0bxykH2x5RsbrUHg&#10;WAhsx1twer6l0hFXkwJsaXul2wh5FUqpfXlG5T1QCKXNzib1Tx6C/voR7L3FCd+mxNMTPJpWl+82&#10;uFzJugHk65oqwWTH9nTpXFq5k+t7NsOxgnbsuTKSrQwrJl7xYWvlo7NfPl3j5pPkYOZckneEh1Oi&#10;Lua87Te69+ZHN3PPvQVntKy7cNS5WrR8zbNOs5kOM7FZe5p27vJoTs442cYPedT4USC3cHQAARAQ&#10;BFA7DwshOwGKb/h2vB7pf1L2KrgvkPzKzgMtkwmgdl7G1VGj2nnwFhnnFM0EAfYXdfgPeqwnxY3w&#10;FVi3IFAZAXiLylBCEAiAAAgcMIEt3VscMEGYBgIgAALHQADe4hhmGTaCAAiAQFkC8BZlCaI/CIAA&#10;CBwDAXiLY5hl2AgCIAACZQnAW5QliP4gAAIgcAwE4C2OYZZhIwiAAAiUJQBvUZYg+oMACIDAMRCA&#10;tziGWYaNIAACIFCWALxFWYLoDwIgAALHQADe4hhmGTaCAAiAQFkC8BZlCaI/CIAACBwDAXiLY5hl&#10;2AgCIAACZQn8P26Xsbt++fSOAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQDN4x9l4AAAAAsBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAFITvgv9heYI3u0mj0cZsSinqqQi2gnh7zb4modm3IbtN&#10;0n/v1osehxlmvsmXk2nFQL1rLCuIZxEI4tLqhisFn7vXuycQziNrbC2TgjM5WBbXVzlm2o78QcPW&#10;VyKUsMtQQe19l0npypoMupntiIN3sL1BH2RfSd3jGMpNK+dRlEqDDYeFGjta11Qetyej4G3EcZXE&#10;L8PmeFifv3cP71+bmJS6vZlWzyA8Tf4vDBf8gA5FYNrbE2snWgVJughfvIL7eQriEoge4wWI/a+V&#10;gCxy+f9D8QMAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3JlbHMvZTJv&#10;RG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPIJoFAl/M/&#10;/z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJSOCtYSolf&#10;Uma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/PHF5o5DO&#10;V3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAATAgAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAo+6Vd&#10;FwQAAEoJAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAAIQAr&#10;DRv6pzAAAKcwAAAUAAAAAAAAAAAAAAAAAH0GAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQItABQA&#10;BgAIAAAAIQDN4x9l4AAAAAsBAAAPAAAAAAAAAAAAAAAAAFY3AABkcnMvZG93bnJldi54bWxQSwEC&#10;LQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAABjOAAAZHJzL19yZWxzL2Uyb0Rv&#10;Yy54bWwucmVsc1BLBQYAAAAABgAGAHwBAABWOQAAAAA=&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="Picture 3" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;top:1333;width:58578;height:16618;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC6lYBZwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvhX2HcBa809QVRLtGkYWFFbH49wBnm2NbbE5KEm19eyMIXg4z8w0zX3amFjdyvrKsYDRMQBDn&#10;VldcKDgdfwdTED4ga6wtk4I7eVguPnpzTLVteU+3QyhEhLBPUUEZQpNK6fOSDPqhbYijd7bOYIjS&#10;FVI7bCPc1PIrSSbSYMVxocSGfkrKL4erUeD3G/sv2+19N7uevDPrbDvOMqX6n93qG0SgLrzDr/af&#10;VjCG55V4A+TiAQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALqVgFnBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" stroked="t" strokecolor="#156082 [3204]">
+                <v:shape id="Picture 4" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;top:952;width:47301;height:21031;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBD7g5HwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC/sdwlvwtqYrKKVrFBGE9aD4Z3fR26N5tsXmpSTR1m9vBMHjMDO/YcbTztTiSs5XlhV89RMQ&#10;xLnVFRcKfveLzxSED8gaa8uk4EYeppP3tzFm2ra8pesuFCJC2GeooAyhyaT0eUkGfd82xNE7WWcw&#10;ROkKqR22EW5qOUiSkTRYcVwosaF5Sfl5dzEKlml7+DPbf1ovzHG/mqczHrqNUr2PbvYNIlAXXuFn&#10;+0crGMDjSrwBcnIHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQ+4OR8MAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" stroked="t" strokecolor="#156082 [3204]">
                   <v:imagedata r:id="rId11" o:title=""/>
                   <v:shadow on="t" color="#333" opacity="42598f" origin="-.5,-.5" offset="2.74397mm,2.74397mm"/>
                   <v:path arrowok="t"/>
                 </v:shape>
-                <v:oval id="Oval 2" o:spid="_x0000_s1028" style="position:absolute;left:14097;width:18961;height:4000;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCr7EDgyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4LvsMyQm+6UYua6CoiFAM9lKqIxzE7JsHsbMiuMe3TdwuFHuf7n9WmM5VoqXGlZQXjUQSCOLO6&#10;5FzB6fg2XIBwHlljZZkUfJGDzbrfW2Gi7ZM/qT34XIQQdgkqKLyvEyldVpBBN7I1ceButjHow9nk&#10;Ujf4DOGmkpMomkmDJYeGAmvaFZTdDw+jwLflzW0veqf3aRp/Tz/es/h8Vepl0G2XIDx1/l/85051&#10;mB/P57Pp+HURw+9PAQC5/gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCr7EDgyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" filled="f" strokecolor="#c00000" strokeweight="4.5pt">
+                <v:oval id="Oval 2" o:spid="_x0000_s1028" style="position:absolute;left:14573;width:20098;height:4286;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD6yyu4yAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4XfIdlhN7qxijBRFcRQRrwUGpFPI7ZMQlmZ0N2G9M+fbdQ6HG+/1ltBtOInjpXW1YwnUQgiAur&#10;ay4VnD72LwsQziNrbCyTgi9ysFmPnlaYafvgd+qPvhQhhF2GCirv20xKV1Rk0E1sSxy4m+0M+nB2&#10;pdQdPkK4aWQcRYk0WHNoqLClXUXF/fhpFPi+vrntRe/0a56n37O3Q5Ger0o9j4ftEoSnwf+L/9y5&#10;DvOTdB7PomQRw+9PAQC5/gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD6yyu4yAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" filled="f" strokecolor="#c00000" strokeweight="4.5pt">
                   <v:stroke joinstyle="miter"/>
                 </v:oval>
-                <w10:wrap anchorx="margin"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3732DC62" w14:textId="0A804007" w:rsidR="00F44269" w:rsidRDefault="00F44269" w:rsidP="00F8237E">
-[...7 lines deleted...]
-    <w:p w14:paraId="353D6FBF" w14:textId="77777777" w:rsidR="00ED5EB5" w:rsidRDefault="00ED5EB5">
+    <w:p w14:paraId="5E634E3D" w14:textId="4ACED947" w:rsidR="00F41E2C" w:rsidRDefault="00F41E2C" w:rsidP="00310049">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16053524" w14:textId="77777777" w:rsidR="001D64F3" w:rsidRDefault="001D64F3" w:rsidP="005B7659">
+      <w:pPr>
+        <w:ind w:left="630"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="713E3B4D" w14:textId="4D8A0C05" w:rsidR="001D64F3" w:rsidRPr="00662019" w:rsidRDefault="00310049" w:rsidP="000010E6">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00662019">
+        <w:t>Regular Reimbursement</w:t>
+      </w:r>
+      <w:r w:rsidR="00D30969" w:rsidRPr="00662019">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECDB915" w14:textId="25380060" w:rsidR="00310049" w:rsidRPr="00662019" w:rsidRDefault="00636DDE" w:rsidP="000010E6">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00662019">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="001D64F3" w:rsidRPr="00662019">
+        <w:t>creen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D7D6AC2" w14:textId="08CCD0BE" w:rsidR="00082035" w:rsidRPr="00310049" w:rsidRDefault="00082035">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36EA7B0E" w14:textId="77777777" w:rsidR="009C727F" w:rsidRDefault="009C727F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C6EF138" w14:textId="77777777" w:rsidR="00213394" w:rsidRDefault="00213394">
+    <w:p w14:paraId="1FF424AB" w14:textId="77777777" w:rsidR="001D64F3" w:rsidRDefault="001D64F3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46692536" w14:textId="77777777" w:rsidR="00213394" w:rsidRDefault="00213394">
+    <w:p w14:paraId="087639EA" w14:textId="2FB1B058" w:rsidR="001D64F3" w:rsidRDefault="001D64F3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10C97AE7" w14:textId="77777777" w:rsidR="00213394" w:rsidRDefault="00213394">
-[...20 lines deleted...]
-    <w:p w14:paraId="10F4CB8E" w14:textId="05E9E792" w:rsidR="00F44269" w:rsidRPr="001D6B00" w:rsidRDefault="00ED5EB5" w:rsidP="005B0F72">
+    <w:p w14:paraId="280098D2" w14:textId="117E6D95" w:rsidR="00F44269" w:rsidRPr="00EB6BCF" w:rsidRDefault="00F44269" w:rsidP="005B0F72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00F057AC">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00831D24">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>N1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F44269" w:rsidRPr="00F057AC">
+        <w:t>B1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00831D24">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00651968" w:rsidRPr="000E604F">
+      <w:r w:rsidR="000A6C77" w:rsidRPr="001A6A27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Enter</w:t>
       </w:r>
-      <w:r w:rsidR="00651968">
+      <w:r w:rsidR="000A6C77" w:rsidRPr="00615916">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F44269" w:rsidRPr="00ED5EB5">
+      <w:r w:rsidRPr="00615916">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the number of sites participating in the School Breakfast Program.  </w:t>
       </w:r>
-      <w:r w:rsidR="00BB4E73">
+      <w:r w:rsidR="00EB6BCF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00BB4E73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00EB6BCF" w:rsidRPr="00EB6BCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">NOTE: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB6BCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The number will be </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6BCF" w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="C00000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="003A081A" w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="C00000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6BCF" w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
           <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="003A081A" w:rsidRPr="00EB6BCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB6BCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">since we are requiring a </w:t>
       </w:r>
-      <w:r w:rsidR="0087268F" w:rsidRPr="00BB4E73">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="006B5BE1" w:rsidRPr="00EB6BCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>site-based</w:t>
       </w:r>
-      <w:r w:rsidR="00F44269" w:rsidRPr="00BB4E73">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00EB6BCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> claim.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A31BFE9" w14:textId="77777777" w:rsidR="003A081A" w:rsidRPr="00ED5EB5" w:rsidRDefault="003A081A" w:rsidP="003A081A">
+    <w:p w14:paraId="39F385DC" w14:textId="170698B3" w:rsidR="003A081A" w:rsidRPr="00615916" w:rsidRDefault="003A081A" w:rsidP="003A081A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="019BFF67" w14:textId="796576E5" w:rsidR="00F44269" w:rsidRPr="00ED5EB5" w:rsidRDefault="00ED5EB5" w:rsidP="005B0F72">
+    <w:p w14:paraId="4E630D08" w14:textId="3A3EB8A8" w:rsidR="00F44269" w:rsidRPr="00EB6BCF" w:rsidRDefault="00F44269" w:rsidP="005B0F72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F057AC">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00831D24">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>N</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F44269" w:rsidRPr="00F057AC">
+        <w:t>B2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00831D24">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2.</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00651968" w:rsidRPr="000E604F">
+      <w:r w:rsidR="000A6C77" w:rsidRPr="001A6A27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Enter</w:t>
       </w:r>
-      <w:r w:rsidR="00651968">
+      <w:r w:rsidR="000A6C77" w:rsidRPr="00615916">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F44269" w:rsidRPr="00ED5EB5">
+      <w:r w:rsidRPr="00615916">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the Total Monthly Attendance for the school.  </w:t>
       </w:r>
-      <w:r w:rsidR="00BB4E73">
+      <w:r w:rsidR="00EB6BCF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00BB4E73">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00EB6BCF" w:rsidRPr="00EB6BCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r w:rsidR="00BB4E73" w:rsidRPr="00BB4E73">
+        <w:t xml:space="preserve">NOTE: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB6BCF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">NOTE: </w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="58A1B6E8" w14:textId="77777777" w:rsidR="003A081A" w:rsidRPr="00ED5EB5" w:rsidRDefault="003A081A" w:rsidP="003A081A">
+        <w:t xml:space="preserve">This number will be the total (sum) for the entire month.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F7CA04" w14:textId="1D037C22" w:rsidR="003A081A" w:rsidRPr="00615916" w:rsidRDefault="003A081A" w:rsidP="003A081A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EF2CDBB" w14:textId="448F2B7F" w:rsidR="00F44269" w:rsidRPr="00ED5EB5" w:rsidRDefault="00ED5EB5" w:rsidP="005B0F72">
+    <w:p w14:paraId="650DDAAF" w14:textId="133EE278" w:rsidR="00F44269" w:rsidRPr="00615916" w:rsidRDefault="00F44269" w:rsidP="005B0F72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F057AC">
+      <w:r w:rsidRPr="00032D35">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>N</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F44269" w:rsidRPr="00F057AC">
+        <w:t>B3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032D35">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3.</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00651968" w:rsidRPr="000E604F">
+      <w:r w:rsidR="000A6C77" w:rsidRPr="001A6A27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Enter</w:t>
       </w:r>
-      <w:r w:rsidR="00F44269" w:rsidRPr="00ED5EB5">
-[...7 lines deleted...]
-      <w:r w:rsidR="00C05563" w:rsidRPr="00ED5EB5">
+      <w:r w:rsidR="000A6C77" w:rsidRPr="00615916">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615916">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the number of days </w:t>
+      </w:r>
+      <w:r w:rsidR="00C05563" w:rsidRPr="00615916">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">breakfast </w:t>
       </w:r>
-      <w:r w:rsidR="00F44269" w:rsidRPr="00ED5EB5">
+      <w:r w:rsidRPr="00615916">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>meals were served during the month.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53CB5001" w14:textId="77777777" w:rsidR="003A081A" w:rsidRPr="00ED5EB5" w:rsidRDefault="003A081A" w:rsidP="003A081A">
+    <w:p w14:paraId="5F8B669B" w14:textId="77777777" w:rsidR="003A081A" w:rsidRPr="00615916" w:rsidRDefault="003A081A" w:rsidP="003A081A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39C924BC" w14:textId="19052FEC" w:rsidR="00ED5EB5" w:rsidRPr="00CB7AD2" w:rsidRDefault="00ED5EB5" w:rsidP="00CB7AD2">
+    <w:p w14:paraId="58BA3684" w14:textId="07D5BF74" w:rsidR="0076345C" w:rsidRPr="001A6A27" w:rsidRDefault="00F44269" w:rsidP="001A6A27">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="C00000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00F057AC">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A6A27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>N</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F44269" w:rsidRPr="00F057AC">
+        <w:t>B4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A6A27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F057AC">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000A6C77" w:rsidRPr="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enter </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the number of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C05563" w:rsidRPr="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">breakfast </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">meals served during the month </w:t>
+      </w:r>
+      <w:r w:rsidR="008F1D8C" w:rsidRPr="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in each </w:t>
+      </w:r>
+      <w:r w:rsidR="001A6A27" w:rsidRPr="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ategory</w:t>
+      </w:r>
+      <w:r w:rsidR="002D48A1" w:rsidRPr="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Free/Red</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02EAE" w:rsidRPr="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uced</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/Paid)</w:t>
+      </w:r>
+      <w:r w:rsidR="008A05DD" w:rsidRPr="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="008A05DD" w:rsidRPr="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A05DD" w:rsidRPr="001E0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE:  B4. d. Total Breakfasts Served (a + b + c) – The system will automatically </w:t>
+      </w:r>
+      <w:r w:rsidR="008A05DD" w:rsidRPr="001E0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">calculate </w:t>
+      </w:r>
+      <w:r w:rsidR="0076345C" w:rsidRPr="001E0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and display the total in this field.</w:t>
+      </w:r>
+      <w:r w:rsidR="0076345C" w:rsidRPr="001A6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F67A27" w14:textId="7ACA5212" w:rsidR="003B2CAC" w:rsidRPr="0076345C" w:rsidRDefault="003B2CAC" w:rsidP="0076345C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BED8D7A" w14:textId="4FCBB1CF" w:rsidR="008A05DD" w:rsidRPr="00C05E42" w:rsidRDefault="003B2CAC" w:rsidP="00C05E42">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A449138" w14:textId="632F54DF" w:rsidR="00B82B03" w:rsidRDefault="001D64F3" w:rsidP="00347C4E">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...37 lines deleted...]
-      </w:r>
+          <w:color w:val="A80000"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...106 lines deleted...]
-        <w:rPr>
           <w:noProof/>
-        </w:rPr>
-[...63 lines deleted...]
-        </w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45A7C3DF" wp14:editId="4BC2C1D3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39285554" wp14:editId="4F7839D1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:align>center</wp:align>
+                  <wp:align>right</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>133350</wp:posOffset>
+                  <wp:posOffset>51435</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6059170" cy="1824990"/>
-                <wp:effectExtent l="171450" t="57150" r="379730" b="384810"/>
+                <wp:extent cx="4676775" cy="2059305"/>
+                <wp:effectExtent l="171450" t="38100" r="390525" b="379095"/>
                 <wp:wrapNone/>
-                <wp:docPr id="425574849" name="Group 10"/>
+                <wp:docPr id="1838989191" name="Group 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6059170" cy="1824990"/>
+                          <a:ext cx="4676775" cy="2059305"/>
                           <a:chOff x="0" y="0"/>
-                          <a:chExt cx="6059170" cy="1824990"/>
+                          <a:chExt cx="4676775" cy="2059305"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="4" name="Picture 2" descr="A screenshot of a computer screen&#10;&#10;Description automatically generated"/>
+                          <pic:cNvPr id="3" name="Picture 10"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
-                            <a:off x="0" y="114300"/>
-                            <a:ext cx="6059170" cy="1710690"/>
+                            <a:off x="0" y="171450"/>
+                            <a:ext cx="4676775" cy="1887855"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="accent1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst>
                             <a:outerShdw blurRad="292100" dist="139700" dir="2700000" algn="tl" rotWithShape="0">
                               <a:srgbClr val="333333">
                                 <a:alpha val="65000"/>
                               </a:srgbClr>
                             </a:outerShdw>
                           </a:effectLst>
                         </pic:spPr>
                       </pic:pic>
                       <wps:wsp>
-                        <wps:cNvPr id="1603329319" name="Oval 2"/>
+                        <wps:cNvPr id="405621748" name="Oval 2"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1381125" y="0"/>
-[...1042 lines deleted...]
-                            <a:ext cx="1514475" cy="428625"/>
+                            <a:off x="1600200" y="0"/>
+                            <a:ext cx="2343150" cy="485775"/>
                           </a:xfrm>
                           <a:prstGeom prst="ellipse">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="57150">
                             <a:solidFill>
                               <a:srgbClr val="C00000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent1">
                               <a:shade val="15000"/>
                             </a:schemeClr>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="lt1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="margin">
-[...1 lines deleted...]
-                </wp14:sizeRelH>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="2A3E2D62" id="Group 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:317.05pt;margin-top:4.05pt;width:368.25pt;height:162.15pt;z-index:251678720;mso-position-horizontal:right;mso-position-horizontal-relative:margin" coordsize="46767,20593" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCkBP5QPwQAABIKAAAOAAAAZHJzL2Uyb0RvYy54bWycVl1P4zgUfV9p/4OV&#10;96FJ+gUVZYRgQSOxA4JZ8ew6TmONY3ttl8L8+j22k7TQamd3KmHs+Pp+nHvutc8/v7aSvHDrhFbL&#10;rDjJM8IV05VQ62X217ebT6cZcZ6qikqt+DJ74y77fPH7b+dbs+ClbrSsuCVQotxia5ZZ471ZjEaO&#10;Nbyl7kQbrrBZa9tSj6VdjypLt9DeylGZ57PRVtvKWM24c/h6nTazi6i/rjnz93XtuCdymcE3H0cb&#10;x1UYRxfndLG21DSCdW7QX/CipULB6KDqmnpKNlYcqGoFs9rp2p8w3Y50XQvGYwyIpsg/RHNr9cbE&#10;WNaL7doMMAHaDzj9slr29eXWmifzYIHE1qyBRVyFWF5r24b/8JK8RsjeBsj4qycMHyez+Ww+n2aE&#10;Ya/Mp2fjfJpAZQ2QPzjHmj9+cnLUGx69c8cItsBfhwFmBxj8nCs45TeWZ52S9j/paKn9vjGfkC5D&#10;vVgJKfxbpB4SE5xSLw+CPdi0AJwPlohqmY0zomgLxmM3GCVFJFs4EYTSERpCutPsuyNKXzVUrfml&#10;MyAtSimgOHovHpfv7K2kMDdCypCmMO8iA8E/EOQIOIl815ptWq58qibLJYLUyjXCuIzYBW9XHNHY&#10;L1V0iC6cZY9wMNaN85Z71gTjNZzoviOBw0b0eOdkCMeBa2S1/VNXAIduvI51c5RrxbyYTLsaPUq4&#10;4vR0fjqNhBtoA0yt87dctyRM4DvcjTboy50LjkO0FwmuSxVGp6Woeihj++FX0pIXisZBGQNCKSPv&#10;JKEpneax1UB9UKU3ntunptqSldzYRwr8yrOyyNF/KhE8KsZn87RCokpM8csIlWu0UC8Bu/bPwjdP&#10;DTXAKI/OO7teDQ6N4y8FJU1Dk5uzadCTAuzEY7CDP3G152rMTshHxzSkJzQBdGLXMwmrAy79r2YT&#10;g4CnQe2uOib5dFYW8wluh1Ql9wCalMH5TnBoSS4yJuD6gSPFLM9xBWTksCuV48m4AHNiV5qcTkOH&#10;Srj0OnoCdBzhEsXjeEL0OE2UDuyAlpBzsl1m03kwccid/URdpdx2OdlRrCMOWlwfXpz5N8mTgUde&#10;o42gwZbJQrgPDwkZjTe04okA8GdHgP5ETLpUUBikU512uot/05187uTD0UScwbEu9N7MsUoZTkTL&#10;WvnhcCuUtsesy6HM6iQP9/egCdOVrt7QQlAk8U5yht0IFPoddf6BWtzeyDteJP4eQy01MqW7WUYa&#10;bX8c+x7kwXPsZmSL18Ayc39vaLgq5BeFCjgrJhOo9XExmc5LLOz+zmp/R23aK42+UeDtY1icBnkv&#10;+2ltdfuMh8tlsIotqhhsLzPmbb+48lhjC08fxi8v4zzdQXfqyeDmSskLPP72+kyt6Zjs0Si/6r7q&#10;6OJD00uyIR9KX6L51iJ2xB2uHd7oAHEWHx6RQt0jKbxs9tdRaveUu/gHAAD//wMAUEsDBAoAAAAA&#10;AAAAIQAgaXA2Zy8AAGcvAAAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoaCgAAAA1JSERS&#10;AAAB5gAAANgIAgAAALH21/EAAAABc1JHQgCuzhzpAAAACXBIWXMAAA7EAAAOxAGVKw4bAAAvDElE&#10;QVR4Xu2dvW4jR7bHWzewx1AwYyy8wAU84wGoTLEiKqEeQK8gBWQ2AfkACi70AGQwmRhQr6AHEJNh&#10;pFjRilh5ZrEGvFh4bEPGZHPPqe/qriarP9j80L8Ta8iqU6d+1Tx1+nS7/3tfv35NcIAACIAACGwD&#10;gf/ZBifhIwiAAAiAABOoGLLn4+M9Oo7H88o4azRVwJfpgP3fG0yzfZRDNU2vgE+b3XQBsc12vB7v&#10;aj1NSxjbXfwlYNSzpFtmJRSy1VkhYlluQGtunjZ0an/q2CGW+T8fn/VmSdK/pcrRh25rWXPve+Vx&#10;aB9Ikgzd4H5RaLwGG08HJ6MkaV89DDt61Mz6NLE8S6ZsIOs1kE6u1LPswq50uAYXfTVDSV6WUav7&#10;4bafJLPeWQ0J4Gpc3gir6ZDNpzb9KOk3SaFKHIxxEw4RPL8+XLWbWdWP9xSwk/bhm9XMXQEW0xmd&#10;bMtvez6+EAH72uxh9Ls7oK1NLo5ZoNUwK2N1dNHw71//cmT0OQhv23omFKWYWdGUoAyIrejTGUps&#10;7wMXvVsxgSacTIXs+XQiItV5x+SVneFXnVH5+ZR3NmbSGrLiph1uUPLMLD6nMwharSP+bHb/kf9j&#10;rqXGYsdWtkLjplKgYIzUfg2m9Bcnk+JHJ8ymM0nrdeob0ZeDGB2jk7yai5lWq3NOMTuZTaZUWdLX&#10;vGM3I8yDmHMplLGR67nfUuU7pnUYkDg73JNjeiMw9U9Nzk1RyESgrO+p6w//n6Gpxq9wzq8lJ2nL&#10;OwdzPrcfq7Vd+tt8c8gLm9zNdclw4ey4UbEFyayUVzFx/xFCmDlr5XyCs4/2K763mKzzC7O5dueU&#10;YnYyukHMzj/DdHYUyqlt7mSzbfUZpYf8l8gSxY+W/qHycdlC/kPmHO4XqodopP6Wjbx/uF65PXQr&#10;64U7M/o0YN6bhR3IdZPd97xPTcaDlJ2Zc03iZprpgd2rFt3F9de/nuEWSyBm6aauiVKOueZMS25j&#10;ltH5R9Z72cqzaTraxfazbXednRPGuWSSBvPWzRtAnGYRK6xXr38lT08awfM9bwUXfy4vJXJPU2+x&#10;DFF3op6BrDG9/IsXxG2Ve36EfnH6h2JO9fRZu2T2Yp3yT5QCvdXA3tlof2Hy4/BvJxWsnuc/k/S0&#10;U78Rgy8MODfo+s3tz8yLv15gXxayndhsTrZMH9+8H4VTFR4/ZPfFieKcKakI7uxO0hE30KTPsNQk&#10;fcQeGa9lZsg4iIGd0j/jU0vq/WJUy0AwT/+iNYHUjylbN8uEYH//sz9JJ4zmrluhFQ787pV77X7f&#10;bjehFUhvkG5ozmu/KNuxiUw6SXDDqTe73IwnPzK7/XNPgzyEqbM2d5ZRfhXpHTrnLEvpLkJ27n6U&#10;uf2oymt2P6XLFKoHzud3+Zl69ptwc7pKlCXi1KHKHIsH0ItIJweXK8IFFWVeliTUpReb9Ur02SiT&#10;jEYjEYfzStduydaJgK3utczj1IDx97dExWVP14HtvTyXQTGIOfRyPC+ymAvbUt1MHBaqKEXmLUSS&#10;mEtfWYSTZZb85unB41uKnrI6msxGI3PeKazOCsgxlnweSYxiv0bRv1XrWtDnyJGomSoTxncQLYNn&#10;bd7s42xX6x03BlpJArkP+cnQLc8+CqkFT45w86NWS5X4fPyFbvJlioSuLfWlv0cPO4ESfcqDq9tF&#10;9zWzJVvdXe9wCpUsSkccTg4bjte5P0iCGGFfN8n3vIARr6mtznofi9CtdjNqkrMQ3EXF7IszpzC+&#10;oHnKz/iWqmPnnS7eqQ/UuelfRVD9Pe/zwqDUNmFvKxf2OXbIgomUMRs4a6vNvlpvb7rBpC4WyHNo&#10;l779SHe+nPxV/uDbV+866odmbuZS2rrwxqH8XaoIpvIpNqPut6n7C9J+/7LIQ3TqUQ7nBqmzTtq8&#10;fU5gOqA7ad4OoqKYt7pHrU73UngcvFvtbjQq/KdPjsCvJye4xZ9WeRDl51E3aSI8j/ZHwvV2Jcrh&#10;nRuVCg2vZ85CiLHUtGbOrcxFzX3/4lvqfiap1B+o8e1Kq5M553PvFnEcrM5Qbl7q3mdxn+OGcXgn&#10;STAZWmbHOWvzqCwzIb8v3Tt9ha1Cgr2fHTf+c2rll0yylWw3YfW/de4mhW8gugUIN6fxzBj7tdSy&#10;U9foYiG9m3S8Q8i6dfr2o724Fx1ShWXrs1sWTZVY7CSdKaarcuGbAk5twe+QAzGzUKEKtXsvlEG4&#10;Bd38m8X+fTTv/PBu4vnlEPWb8XLXXDz6Cz/TDTUPnxW5hrW3tmAuP8mv5yq/NfQ0V/V5ppaWrfSn&#10;sRlL/sro2OJW/HNvIwdu1KU9cRzJFvzCN0zz6QVnH1XLdiCb6ClGzy2xe8U0M4v0wj3PO4wLZ71H&#10;3z6nHWr35qoeKqTfR26FpcZJy4ez6BeGZ4lrpApTkgDOrogzASE7AtLmNTGPtUrXGorXzs+q0SE3&#10;jz88qp+Ayj2QDixBi5Bd/7kHiyAAAiCwIgIVXwu1Iq9gFgRAAARAIEDAZtl7e/8HQiAAAiAAAptM&#10;AFn2Jq8OfAMBEAABjwBq2TghQAAEQGBrCCDL3pqlgqMgAAIggJCNcwAEQAAEtoYAQvbWLBUcBQEQ&#10;AAGEbJwDIAACILA1BBCyt2ap4CgIgAAI4IkRnAMgAAIbQeDx508P88fPn3/fCG9W5sSrVy8PWm/f&#10;/vS63AgI2eW4oRcIgEDNBD796z/ffvfN3//2sma7G2bu1//+/seffx28/d9yfqEwUo4beoEACNRP&#10;YOfjNSGrOEeE7PpPO1gEARAAgRURQMheEViYBQEQAIH6CSBk188UFkEABEBgRQQQslcEFmZBAASe&#10;OwGSIlHHQqXcQpg2OmTThMvMtGS3JCFdDEd8diHHAk0LrUfxxvmzLc1BOLE5MyzOBD1AYAMITAcn&#10;d6wjy9qjdydlQllwEq4yZFqNlbQzU2q9AZXSWEFNIcS5tL83ZGr82JFKt6P5hxzMqhS7I1Ry0lNO&#10;TQv75s6j0pAL6OTMvzRPdASBIgQ+fvq1SPNNb7sglv3jn/8u7X06yyYV7qT3fpqO7pRy7e0d9Gbl&#10;ty4Su+9fXSWT6by8jbX0nA4OJudiq5TbZTKvdwYmUN8mJ7E5/lpAYFAQAIH1E8gURg7fXV/dXYxT&#10;YanV/cDhql3aYY7Yp93OuROz3et29TddSYyS0QmXf/RlxI2uBtlwli0Qcfcx7yp7e9RMGRPbjD2k&#10;QedDc6Fi7IX2pPn8rn3eaemJt7rDLv9Dlw3SHgfsh4YMceyc9mf3Hz0XDQV3gsfHHiQHowUjYJlv&#10;2NnBQNNQ83bxiI/m47PebNY7kBBtYSTY23fT+MlGse+U/pWgIwgsJRCoZbe6l0eBRHupqUUNRMTu&#10;JC0vZmc7dIbmYmLYEV+PklOd3UqfKCicJLcy5XXz0tEkuebPPoiIyofYZmS7PlVk3pFBypjvL/WH&#10;iaguufZCe5KgwWEsHIp8j4P2z0ySfnu4IEOfjy8EI8dvnqDZWMwEP3xIQxLT9SZyfp+6mpndHQo8&#10;tqpm8ahhWt1rXRiyECVK0/u2P5LbOc20d6SXoV/p3EBnEACBeALB24+dd3VWyzmaqGgkYnah7UAE&#10;MY6/rSM5qY/3M/1ZQn6arL1/aWK1P3vKNSnGiyBEGbPK4SkCU6p6RxHUtRfG1hnKIH95nx+5Zc+Q&#10;fXKcM1eRena6AR/lRQWVnSiyy33K5r/kozlyJ6hauBPR1wK2t7lSoBVo87zzhgkyML3fHMoLLb72&#10;EJtg6uB9IB3v409GtASBHSJAl80qwXEiYPX5hZ8YodTSjFZ9jPl0MtOhkmsPo5tMrbz6IGELnHrS&#10;TVuVslMb7/YiBReOspGHCN1Uy15Yjk/bpzgtIv51cuaWe5whTS1bhTq3du7dnYx0M7JZtWFof4gc&#10;B81A4LkSoEtwdYXOl6Q2CFXjkfeQHyewvZ6T5AWG4dJpxJMrFLET+aiLLlOYmC3TPbrMvnFG0h+G&#10;J0Z5nuk+fd9LnDpzpoMMS06phDNec291OiDnOek09kKByH9Sjnefo5apbKsRtccio/btUwVBJNic&#10;flLdZfHc9AT0CB4Wf3ZZQy6Y+XiQvhuhuzvMQsOIavryg+vueutydz3UspezQ4vnQ0BfoX/9WlfA&#10;TpLc57JFZdOw1U+MiLtTxe4vccT24ipfL3CeLXYFUWvYu0n6aijzYd5eQLGPKryylqALHuFTgMsx&#10;ibydphPczpAfkFQfnNwdvuFYSrdb1UcXd9n7q6JIZG5icik8Bd/1OGC/c6o2WlH6uM6p3jgzcAa0&#10;WPwZBiG5YA4mh/aOqehrOGhmoWHExRVPdvkK2wRi72zyfH6CmCkIrJsAXr667hVoYHzacM+S61XV&#10;mFdrvQE8GGJDCNDLV1//+MOGOLNSNx4ef8HLV1dKGMYzBOwDhXEXD0AIAhEE6F3SEa22u0nFOSLL&#10;3u7lh/cgsDMEnp6+/Pb0ZWems2Ai3++/2N9/UW6mCNnluKEXCIAACKyBwEa/FmoNPDAkCIAACGww&#10;AYTsDV4cuAYCIAACPgGEbJwRIAACILA1BFDL3pqlgqMgsNsEHn/+9DB//Px5xx8aefXq5UHr7duf&#10;XpdbTYTsctzQCwRAoGYC9Fz2t999U1GAvGafVmCOHvL748+/8Fz2CtDCJAiAQLMEdj5eE86Kc0Qt&#10;u9lTEqOBAAiAQAUCCNkV4KErCIAACDRLACG7Wd4YDQRAAAQqEEDIrgAPXUEABECgWQJbFbK14OKK&#10;EfmvyFaDBT9csSN55hvisKbZYVgQ2BUCWZna6jPzQrZUsPJ0cdVrq+3QEe9S9rxKiebad1cHfC8V&#10;FuUAzuu1ha8R0guuA6VGzqef8ckLsoi41c9bWACBjSdAWt4kieUprtbgczrLbvf7AXHG6Y0amqRv&#10;j3pneYonIX+MKqzRmKUp1CfRIIZst62yDCnc3LXLK8HXgJSUEVmH50oKOeAAARB4lgRYo1wp0grx&#10;kJrCQaYwcviOVFqkirY9OkPzfnzSlKmJf/qigfakkZKIVNLnRgxmWc58fql9Jima5PJSSfuSo9kr&#10;E06oB5yI8yGvKFIj8/xu/BZmypw/G2+8f1gqUoenq8R36PP5+Kw3k7owx+Op+w9fNldb5jR8MOCL&#10;By2nI4ybubCApjzcaxjlVk5np6VsmPlAD7EMdk3LDzMgAAIlCARq2bQjHOWqoLM6V1b8sPjArKOb&#10;3CoxyOSEQydpU/UTKV7LWbhJzymzT06WxJE3ymdSNjxSmuwyKqUHEZ6OklMxMmnviommRg60MBN0&#10;t0uRTGdlxrVymhZMk2JlbSnk+6Hbcf/RojjM4mQGhJ7n7O7wWnx4q3ST3bmQiKRyKAwp05lHIRVM&#10;PQpt9znDFl9I9AABEGiSQPD2o9AFDAVJ+cuvo6xByrh9HVtZyjAgW27TQMq+lx5Sy5BqR04MzRtE&#10;j0zyujl2F7QwUvc5YsH2Y9NygfOsdSvkFoWW5SjRMrxtLZdJKryiuzsXx14QUqYzjWI+ow1q2Mkb&#10;luVF61jepcuFBiAAAqUIhJ8YEblkqjrCweHi0NErLzVedCcvL+xHdGOt9ETXjiLal26idhinUuWa&#10;YlV0rY1LIdjokOcPJ9NvdeQJNLoy5tZUYUiOF1HDloaEjiDw3Ak4KRsXJ0yKWpFL3kN+QsS7Z7Jb&#10;KqPy9bsfULi2WrbwScmjKce76arOMnlaugDDUTDi4CKBnyHmDRI05o68eDRROTrwE3rdgwO5qveo&#10;0ou+fpjdf7RmzT8o0Z/ZKtR0kCssTxuSAUYZtzEVBYlHMdcxPEjesFWWNGKJ0AQEnhEBKrhSoODr&#10;54Pe0W1dV6+5z2WL+qvCy3sEVYD19Xv5QG2Xi+IrVahVPSC5lXuB2Cd4ihS4ZKFDHDdJTJYdOBWC&#10;gwRPGXfkiHOK78HaSoPTgSO2raVTFbtzLmo+4rKFp8NFe+8fneGDmSjVdQ7f5AzP66GBXNyplYmG&#10;RKOcT8TJQ+WXhDyMHTYCBpqAAAiECXChUR51BewkwctXy5xtlIzenNa4CmV8QB8Q2DEC9PLV1z/+&#10;sGOTCk7n4fEXvHy1wYUWT8hnnxRp0AMMBQIg8EwJIMt+pguPaYPAphGAxEHMiiBkx1BCGxAAgZUT&#10;eHr68tvTl5UPswEDfL//Yn//RTlHELLLcUMvEAABEFgDga16k98a+GBIEAABENggAgjZG7QYcAUE&#10;QAAEFhNAyMYZAgIgAAJbQwC17K1ZKjgKAiBQncDjz58e5o+fP/9e3VQ5C69evTxovX370+ty3RGy&#10;y3FDLxAAga0ksPZHCX/97+9//PkX/learTx74DQIgEDzBP7+t5fND2pGrDg6atlrXDsMDQIgAALF&#10;CCBkF+OF1iAAAiCwRgII2WuEj6FBAARAoBgBhOxivNAaBEAABCIJZKVnIzsuaLZ9IZvldrdMuXwL&#10;Xa5+ZsECCDxzAuKVn0Jyit+JX1fU8kK2FBKUquN82FBjd4sS+gb5Zte3pJUmFOG2F6XpRecV3nDu&#10;uuquToQXaAICILAuAo7UoKvyXdWddJbd7vel6rh3zOeJFigst1+EzVZ1vmx/CoJGeV3ot2963m61&#10;yYS4jN1UyxJAPxAAge0kkCmMHL4jwaqUUi9JXw2F0hcdpDvYzlW7ymcQNOumouZv/mNAqpLiGEyN&#10;hLgbp2709+ZDqzSuwy99cjwey4beNQnJotHlik17haaWnLE39gLb3G4sLklE+HTyYNmJrohGSniN&#10;hw7PzbuaUfNdmkWTNtoDqa3JTTUzLn/imdXuaPP6S8aFwL+dP1l4/bwJBGrZQo02k2jrAFFaZD3P&#10;bID/KDkVemm3pJd4llzLvx2f9Pf84RnHSFIaJzFheVDSrCP0rHcvDXllCdp0tMatGpvFa7WYbqzt&#10;0UQ6xqqVVuGNkmB2iHQ6+4lMjdMVEW3fBF6KnrriRSUvLbe54KxkKXmpLZwZV6hnal1efV1G+0ei&#10;FIQfzhNHM/h5n/mYPQhsJYHg7UehApuplssAcZ2clS0jhM0GsGnFW1JId0VxjQa6UcQl2VyOtfP5&#10;nRUTpvxWN2yXkPuKtd2/1Ncdbrp70LPa5+HzQdunbcJctni2ipxGJs0247I+sNhvWWJZjsU686QU&#10;zOvZ6nb5E/7jg9hscIAACKyIAEWnkapX2F9j9bHCT4yIanm6OiIHszle8cEXmC1uzO/R1rV2nfnm&#10;G6QQZoK/bEUhf1GxZ4ltTpNNGhuTJnuu8XZT7JhPJ+IyITyuutFBjRK1YXF4puP0Rtdxig2H1iAA&#10;AqUI0MX2Ue+Af3YHvaPbCk8geKPnPeTHV9i93kiFtPGxybl1wKBvOMcr+OSKZ5aN6+BJV/HFqei9&#10;iwsbtpQzHSx2SlRoDmwbqqr0jtycWYZxlaVG2dYBn+GYaaT2hZzp8RY4ulH3e6lms4yC8FYvf3Bc&#10;cTFjp0SRXcyVL5JuxUWJmB1q2ctI43sQqErAli7rCthJkvtcdqt7bTJGCit3dGktjoPJuXPrrvCU&#10;XLOi8ip3ob2bpB9vi6/zPV/EHUTt4cndstujBJIfE1EHp8gWaHHbcgsQxs7uj1Qx2kxt6Z7GRLTv&#10;F3fhWrZ2ioagewnK2+C4DJF3gcQUeNzFo6nWd+rErxdaggAI1EUAL191SdJ1w81plWeoKy5LPeNT&#10;Ck03bVGqrrgY6L6bBOjlq69//GG9c3t4/AUvX13vElQZ3Xk+sY4seD4+C9R5qjiIviCwWwTojdVr&#10;nFDF0ZFlr3HtMDQIgEDTBJ6evvz29KXpUf3xvt9/sb//opwPCNnluKEXCIAACKyBwPa9FmoNkDAk&#10;CIAACGwGAYTszVgHeAECIAACEQQQsiMgoQkIgAAIbAYBhOzNWAd4AQIgAAIRBBCyIyChCQiAAAhs&#10;BgGE7M1YB3gBAiAAAhEEELIjIKEJCIAACGwGAYTszVgHeAECIAACEQQQsiMgoQkIgAAIbAYBhOzN&#10;WAd4AQIgAAIRBDYmZHuS5IscF5qOWgM+YoaFmoS8WOmAed4FcegXSC19oWuhOTfaeC0wG50hBgOB&#10;lRLwQrYMCZ7eayo6FFQ1cF5SlxbNTc+K3mG95a9y9idbVPwhYpWn70ncIKQnmdM3ehek/gVWKsJT&#10;NAEBEFgRgXSW3e73tX53ZkT6Wee9gz/fO6PCxSIEW5weRvG3kmMrmO0SubMoB3ODOytXKL1jEg0m&#10;abUq5tAXBEBgVQQyhZHDdySSEpJ9FCrmHy6VyGxxfzzRSCepU2HcpIT8x4AkysQxmJqWbjXk/j1f&#10;DsgGwhM3odR/i2vwsbTEzYy2rbqOcBNLdy+50YNn6y9ZtxdwULowaTeyNvIckbbFt8fjKb0GezYT&#10;6jfkbLCLP0ESVh8pEWMxu/T0Hc95MzjvGPHeVneolHzDyzQWF2N7x4PBsXMtYZYgBCmrK1z8BEIP&#10;EACBoJCYEKhikW73R00J9mEVATEKGe97iYoLIvqrnI4UvTK59yg5Fd/e9kcnpK8i/3Z8mt0dyg+X&#10;5bKz3r20NOxQBDOauucJCyAqGVth3HFCD84jnnlF82VuJ4kMqULjrJdYOTPPjezUcxxR8Vq0/9Dt&#10;sLCbzOKpgBTokp4gaYX2k74upGSn76yulSTzdqmc+Y4mckk+DIck6qxkK0kq807IAwc6VdMzxq8U&#10;BEDAIRC8/SgEX51AKhNslXkVxGeiGIV8ZYJFxY2aIaWCGV1brVtIWuhu9mfamQ+Xyb23lcg4+Uy2&#10;eEyeVavbpdji1m/JCXMY0UTStFfitirdXeZ2krha7Jf3BzoAWjfCU7d5qesIp9Icr4Ml/myXwASd&#10;pVr8rdDy5YOcFgk0b1V5y9S30saESMZsFnQX+3GoE4kQG6gFzx40BwEQ8AmEnxihtKs/MtUR92co&#10;L7YLPLIho9jDVXs2mdoCqRvbKIU01+SrWx6Vl57e6JBE+5Cp31I+GnUUcTsd8fUAGRt5jowmJP5r&#10;V8F1MNQlM0FvRou/NU1F6KZatlqrpfPlmE3niYnYbCjdiU8fHCAAAvUQyHvITyiE92Ty6VyFU62C&#10;L7ZlkC3w+AiZeDifqLSz1Tqa2crLdFD+pqRTbDG5+vTGSZkNJMpKxTAck2519nzUkntFsAtd6o+8&#10;5LCY25nuEmV46kFH+pfD4QeqzhwE+aS7BCdooIS/1XT8R0so/s7YetR8+TyZnFm1yUAnvhTS9ZOE&#10;Mu56TlxYAYHnSSD3uewW107rZEJRm+MPlyY6Qy5Cq6rvyZ0t+kaOZ4otVJ6Wu4fYYWQd+SbpB8xQ&#10;3LAjJrdUbBDVH+mD10WXbDgH92sSy922tey9bHfhVcBGniOqPRfazW1WNbNAl+wELZTBNPCtA8kx&#10;x2V4XYxZPl/ehDrnycwpfAQ68amkURd/5CjynEAzEHgeBKD9+DzWGbMEARDYCQIb838/7gRNTAIE&#10;QAAEVkoAIXuleGEcBEAABOokgJBdJ03YAgEQAIGVEkDIXileGAcBEACBOgkgZNdJE7ZAAARAYKUE&#10;ELJXihfGQQAEQKBOAnjIr06asAUCIFCawOPPnx7mj58//17awlZ0fPXq5UHr7dufXpfzFiG7HDf0&#10;AgEQqJnAp3/959vvvvn7317WbHfDzP3639//+POvg7f/W84vFEbKcUMvEACB+gnsfLwmZBXniJBd&#10;/2kHiyAAAiCwIgII2SsCC7MgAAIgUD8BhOz6mcIiCIAACKyIAEL2isDCLAiAAAjUTwAhuxjToGq5&#10;logp/+LvYk6sonUROfZVjA+bIAACMQQ2LWRbUVnxJusC8jf5s/Vt1mLSG4yEFo60xmIM8yLR0dXl&#10;Tb81O2YstAEBENgpApsWsgmulJiVR10aY9ZmRoS38nKyPnlhlYa4UV3BMCHwNbdabHEW0AoEQGCn&#10;CDQSsp00t0SOy0npeHxskm5rzRhzctHlxQkl9kt9jsfjgUjmuVPWhpvhZs2Kb4/H0/FZbybVaKhN&#10;sIvvMGmdC/1MNayQY5NHhg1vBkqUnk+6VneoVDKzvnqQaFbWlpiniPQLwTlCwWy9xDrt1O8CkwGB&#10;DSXQSMjW+t2UKJ5PzmT8yD+M+LotBIwmybVMupPxMUm1yxRcGxMC8CotJ9WtUNC2Nk9GWjUxSWa9&#10;+1PRb9gJ2XA0L9Nmlfg5OdRhwTWpUEuyY4EuFKITdd3wcJ58JCkxqZ8pO6S/9bCQajJLr6Wjec58&#10;LaQuCzIqcWSu2rAkOnkcAldYsXhDz2O4BQLPhYAtQqzwL1fB3BPgzoxpwpn9xvsorYVOsY/U273F&#10;ygzg2+TmHDHpv7Zl2Ib3qYyybOtKWVAu5hsSXZQRp9zj+pP9NrgMatrC4aCvKW7GJ/N5GJwlEAC/&#10;whMCpkEgS+Djp1+fCZZ//PPfpWfaQJZN+Z3NM2uQAHZr3Zyo0uFF6SX1bxb8vgvUhDM23EKyG/BG&#10;k/uj9ugidLEQ6qIS79ObYO1j8bdmKxLXKVTLVrnz0vmyiC6L2JN2vFWJT4OD2vlzycswzx0i0EDI&#10;5pCqbs/Np5OZgleyYPrm0ImW8/GAAmerdTTj8CSP6WBJNZsqBYlTIJa9cmzoGgpFPrvm/cvhUIjF&#10;BwdKd6F5inYcdG/7s/uPwpDeM8Lf6rH8R0sYHluPmi/VVPqji+OLu6t3YlNLAuA6p/2Zrp9Q2dzM&#10;sOTS7NCvAlMBgY0l0EDIthXZvTPKT6uhoKyUo6W8X3fQo/jF0fDh6k7cz6Pj5C709IZTH6eMP5CH&#10;B2x03hmrN0k/5TZFYKpvpx+7C3ShfNf6ltzyVQG1StT9ysC3zkCOOZ4tFezFRUXEfLkVBeSZ3ZzC&#10;4AzLs0m1dUFvEACBRgjg5auNYMYgIAACywjQy1df//jDsla78P3D4y94+eouLCTmAALPnAC9S3rn&#10;CVScI7LsnT9DMEEQ2A4CT09ffnv6sh2+VvPy+/0X+/svytlAyC7HDb1AAARAYA0EGrj9uIZZYUgQ&#10;AAEQ2EkCCNk7uayYFAiAwG4SQMjezXXFrEAABHaSAGrZO7msmBQIbB+Bx58/PcwfP3/e8YdGXr16&#10;edB6+/an1+VWCCG7HDf0AgEQqJkAPZf97XffVBQgr9mnFZijh/z++PMvPJe9ArQwCQIg0CyBnY/X&#10;hLPiHFHLbvaUxGggAAIgUIEAQnYFeOgKAiAAAs0SQMhuljdGAwEQAIEKBBCyK8BDVxAAARBolkAT&#10;IduqD65sbkVEy5c7Uc5aA9Nc7joLhgV0G5Xs4zYrOpZblAhiaAIC20SgiZBdhIerd5t+G3URO7W3&#10;9RwLhj56I3VJQXhHzjik2lt5LvMxSR2wOmWkf4U2H8/5bd4TKmOGARBogMCmhWyaslHJYuGC5YLp&#10;DUBSQ1jHzidhSZryvliRL1IdWKpoXHAcUgyzGsUF+y5u7orEsTLmkVLdqXUQGAMBEDAEmgrZ9++P&#10;lWxMfBD2VBqdLNdYsJ+djNSM3Mtn+3e2s80NTWIYsJZzomjHRDY6HoiJDaZObho1Xu5Z2FY6Z+z/&#10;eCy4CSezPjsZbl41ZDAlEfdRImR5uE2oi+/ufHzWm82EbI4wGiKvfafNwGpLsl6O1OIM+OqxGgyk&#10;aXFYbtGLwg3jzyP83EFghwg0FLJnd4fXQlK4SObsqDSSDi7JaMmDBLzEzzVPTjezOl7D5GbKQeLi&#10;kAsF7ND5RCS10dZ4ZCsfOevdnwo7OlalHcsbL+WlVTo7GTkZ8WiSCG4fuknAZyEo6U/DmKWoJuY4&#10;7HSGWj2d6yLZLhSiJ+eKxu3hfN7qXmvxeeqQ/tb320qduRE0xJf6WVZDklLTqpME8+iSHKu6KDv0&#10;o8RUQCCfQEMhWyeOSZ6+ueOhTPDooJCjiq8sJmuCGuWMrHZLnxmrC1fYayjyQMoNzSAHlFHS1XyM&#10;NdPHkY9sazlc60LUeGmPHfXzh8MLk0L2OZiJI+Czm8zSNByTMl6HK9cmldVdhPzvgUx7O109nra2&#10;+NtEKcR/ZaflxUaur1TxUtLBJI9MCvAyZhsN+CKLwvuOs0fiBw4Cz4dAQyG7CFBZMn64ahv5b+5t&#10;Csky6WxxDCtiNdXWCZHi1x9jzbpQPFykx1vgeu6ulrbhFpIJlzFJ2WzSd0TnnbGCXWTifZ2cmZjr&#10;erf4WxPZux/4Aqg/oosYPpbNl2N27/3URuxQp5hFqXAOoCsIbCGBpkO2rSksqUdS+kY1iwNZ8hSp&#10;Hv3A5TEdcC7HCuL64pqzcHNwCi6a3YzEf7mzbij7vjlsjy50LXU+HtCfudaKr2nUeAvMOmUXp1XA&#10;Z/q2reTk59OJ3cAomx0K0fng8xuZLtOBaMf5MgV+RY+vPBTswLfar9SjJURcWA/76k+51b3sjy6O&#10;6VEWlXoXWRTUsoufluixKwR0MXSF/3UzQJt+UYHVz8VUrbvt5tPcSLZyjegW4ls+2u22tmXb9fv9&#10;7If6E9NV2+cUMWvNUiG7XqIv6uDeZ86/HGdVuhkYz9p2v7T+sENespq1YV3u95V7aS/YaddQoItj&#10;N0VWddbnegaAA00sg7g+EkfG1wA/buOZjF6U8LmzwlMYppsg8PHTr00MswFj/OOf/y7tBV6+uit7&#10;L+YBAltOgF6++vrHH7Z8ElHuPzz+gpevRpFCIxAAARDYagJN17K3GhacBwEQWCkBev3/Su1vgvGK&#10;c0RhZBMWET6AAAgkT09ffnv68hxAfL//Yn//RbmZImSX44ZeIAACILAGAiiMrAE6hgQBEACBcgQQ&#10;sstxQy8QAAEQWAMBhOw1QMeQIAACIFCOAGrZ5bihFwiAQM0EHn/+9DB//Px5xx8aefXq5UHr7duf&#10;XpfDh5Bdjht6gQAI1EyA/leab7/75u9/e1mz3Q0zRw/5/fHnX/hfaTZsWeAOCIBAcQI7H68JScU5&#10;opZd/LRCDxAAARBYEwGE7DWBx7AgAAIgUJwAQnZxZugBAiAAAmsisJUh2xV41NwKqYKXgR0eQGm8&#10;bLOy+MrJlaGNPiAAAkECGxWyHWFYJRUbXjUSSonThXG0abX4bK3nwXxMr+jnd0SHNbsyYxWKjp7z&#10;27wn1IocxkDgeRPYqJBNS2Feec+SNHWIaFuRgNujnhDmrfEgpStHW7dGwyxeSwqT5jXot0daJabO&#10;QWALBEBg2wg0E7Kd9Dk2DGsFRDfz1n2dwkhGfHbRAmh5X+4/Hh+z1KHIXm0+q5NZJ8MN5Lfi28F0&#10;OiDlYKEizG1CXfx5k1g5aQMLMWJhdBEV2gz6px0zGaEyLI6MryJzH7NH5NNgIE2Lw+b02Qk6hlyl&#10;Xyh0bdsPGP4+NwJNhOzp4GByriSmbhOl57oMtFZA1BLeLE6VnPgBP0+v1rVthNn3TkZORjyaJNdS&#10;+DcZH5MaucxnKbWXibjUqPU+0kalejlr/HaGWqGL6yLZLhSi7bwP5/NW91orj1GH9Lc+kM470m60&#10;muU2CGd9TRLS5z0Vzg6H766UcjnF5Pe9IxZoJ0qZTjHklq0QvgcBEGieQAMhm7R0dXrLsXBxFVom&#10;oXRQWUAWiG0uSjmtf6RS0SA9Rz3x4fCCcmPZqs/BTBxkxAxKCafSqc3J3mW8DleuM12EyPCBTHs7&#10;XT2e9nLxt0I9V2wZ5LRRPg/7StUkJXlLorukXC61iUk7V+bpoU555HjfibtN0PypihFBAASSpIGQ&#10;XQizlW+VkcPL0Pu+KU9XPWIUXWvJNPVEcWncvByUstmk70i9O4aCXWTifZ2cmZjrDr34WxPZRei+&#10;7Y/U1Una1/RkOGazGL2J2GKDslVxEZKLkouAiyYgAAJNEGggZHM6KRM/EYI5z+XMOfoZCF3OoCDk&#10;E+EQrCMZ55LLeOlai9/uzWF7dKHrv/PxQP7ZPnwjms2nE2uXstnh8IEqFkHfM12mA9GO82XSF7+b&#10;C8Mqi2cSgW+1a6lHS2jqwnrY1xSV7mV/dHFMj7Ko1DvQKZccatnLTiJ8DwLrJdBAyKZiCD/+oesd&#10;zk21iKnbmu7eTdJPdeDisKr47l3ctYPmbC3b1lq8hhRR6VkS5d5BL2m1KMhe6k/O7o9Sdqm9mI4f&#10;tkNdOqfW7uT8mioj1Kqv71dmv3XccswxN12MCfgamHTntD+bJecdVfkJdYohF7E6aAICINAwAbzJ&#10;r2HgGA4EQCBMgN7k9/rHH54DnYfHX/Amv+ew0JgjCIDAcyfQRGHkuTPG/EEABOII0Luk4xpucauK&#10;c0RhZIvXHq6DwC4ReHr68tvTl12aUd5cvt9/sb//otxMEbLLcUMvEAABEFgDARRG1gAdQ4IACIBA&#10;OQLIsstxQy8QAIFcAnP5PyHgWEagRc8UFzyQZRcEhuYgAAIgsD4CCNnrY4+RQQAEQKAgAYTsgsDQ&#10;HARAAATWRwAhe33sMTIIgAAIFCSAkF0QGJqDAAiAwPoIIGSvjz1GBgEQAIGCBBCyCwJDcxAAARBY&#10;HwGE7PWxx8ggAAIgUJBA0yHbUdot6GnR5qseKaVCoNxTamLR+g1FZ9VA+/DEeGCh6Rartxzhaf5I&#10;EZ0XNCmkoFFtKPQGgYYJNB2yF07PVVOXighCyTzYp1RETg1QY/SRPs7HJAbD0r9hdcjsRIrMwpFw&#10;VxLtzZ4rLBB/dLsN0pBShUIKL+MAgd0isFEh26ipa+VyoRouNCBrO6y4JCuC1Ry0Sc3MUXGvzWeZ&#10;4JKAsZZ9/3p7dP+xTvMRtliGzcoCR3SQe9hxHRccxc0IWR+SwMQBAjtGoJmQvUAlPY6nzTBlkJ0O&#10;SG5daoRpLcklWXlwHClBTtb2BmO+6FfZqx1Nxxs3Pc+GedF+MLVOcbdQF+cztpKaBfuhjkycS0mi&#10;W6H6bB93NoPBsXOZYnL6lB+CTY6mvObG8pNGm8xpXTXhv38vuOdfTsWcICFwJKdmhEHF5GrenmP8&#10;QhsQqJ1AEyF7kUp6zITcDPM2EVq5naFJxDkLN+k5aZEni1PnmZZ53COdR6XJS06MJsk157Afusn4&#10;mKQWZT5rLq8XDEDRQLQfdqxTXBfJdqHKwuRcWb49pBfn+LOgAK7z6IfzJJVEWw1MN/IQmayv7myG&#10;QxKbVNrsomrDEr60HveXKmFXuPI05c3ykCa7G7HJdZ3xVytBzO4OBXcSNC57zeP5fn6vhaFZ21hJ&#10;JMecZGgDAttBoIGQnf61FwbjZpgUuhIj124txafxtjDy9evl/YFOZ/uXFGXFQaOZsH7QmylF9JwB&#10;ZLwOV64zXVhqnjYMMWSnq8czk2AldLpu4JDc6nbT5SC9AzwcXticNOxrktjZJCbZJK14KeFL66Eu&#10;UMgQXaxwXEsl8RFLtDgp198yQL1HhmXpdebOou+ZCBtlxvW91R1muPJkeIepucIWwQhNQKB+Ag2E&#10;bPpJ1e+3Z7FsGs9S5KGacN8WjeUvPWeAWe8+6c/CJdNQF5maXidnwTqACsqnN6ZAE8ImW92a3Dnj&#10;a7oTx+yL8dxEbP7e3bf4VilH8SLH0qRcJ+EPV20zVuwtWceRmswUmRragsBmE2ggZHNg1ImxExvi&#10;y4ucfqqL+4RvgunEzE3K9F0/KrlGA6dKwUhVs50+PBqFOPnJfDxQf4YGaF+9Gw75ij58iy3dZToQ&#10;7TjoUijT3uv/UhgUNQ8OU7fprSR1/40Ly1zUyfHVJyAuTM7oaQ91ISGSfXNnbjqgUTnFNYiDWyx3&#10;8q5uxPhMaDqpZUd2FzZ6BUVD9/Sw6yUul8y94PiTrdjYaA0CTRNoIGRzyfZIXR2fTUpMkGIclVzl&#10;PSoq98psjQORMEoRxxZ6926S/uIRbC1774Aqy9mrZR5Nu8v1bn4H+aIB5BNlqt5hxw506Zxau5Pz&#10;a56GMwsKm3dqkjxL3zHxAATPVh66GBPyNTt9spzMZnZz6ohtRpk6uePY2+pem48u7toBhO7GS82N&#10;O2f3R6HmsctslsMsbGxP0849PQ4mh1z74YO2tex+XNg4OoDAhhGAKs2GLcjmukOZPt+23I6SMDl7&#10;llyXqMVsLv9t8gyqNJGrVUKVBiE7ki2aiaesD7bh/6ZhP+kKCgEbJ+0OEkDI3sFFxZRAAAR2lUAT&#10;texdZYd5gQAIgEDDBBCyGwaO4UAABECgPAGE7PLs0BMEQAAEGiaAkN0wcAwHAiAAAuUJIGSXZ4ee&#10;IAACINAwAYTshoFjOBAAARAoTwAhuzw79AQBEACBhgkgZDcMHMOBAAiAQHkCCNnl2aEnCIAACDRM&#10;ACG7YeAYDgRAAATKE/h/GPKGjl8zq8MAAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAKtTn2TeAAAA&#10;BgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AUhO+C/2F5gje7SWNriXkppainItgK4u01eU1C&#10;s29Ddpuk/971pMdhhplvsvVkWjVw7xorCPEsAsVS2LKRCuHz8PqwAuU8SUmtFUa4soN1fnuTUVra&#10;UT542PtKhRJxKSHU3nep1q6o2ZCb2Y4leCfbG/JB9pUuexpDuWn1PIqW2lAjYaGmjrc1F+f9xSC8&#10;jTRukvhl2J1P2+v3YfH+tYsZ8f5u2jyD8jz5vzD84gd0yAPT0V6kdKpFCEc8wioGFcynZLkAdURI&#10;kvkj6DzT//HzHwAAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3JlbHMv&#10;ZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPIJoFA&#10;l/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJSOCtY&#10;SolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/PHF5&#10;o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAAT&#10;AgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCk&#10;BP5QPwQAABIKAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAA&#10;IQAgaXA2Zy8AAGcvAAAUAAAAAAAAAAAAAAAAAKUGAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQIt&#10;ABQABgAIAAAAIQCrU59k3gAAAAYBAAAPAAAAAAAAAAAAAAAAAD42AABkcnMvZG93bnJldi54bWxQ&#10;SwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAABJNwAAZHJzL19yZWxzL2Uy&#10;b0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAAA8OAAAAAA=&#10;">
+                <v:shape id="Picture 10" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;top:1714;width:46767;height:18879;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC+FbO5wwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvhf6H8ITealYLVbZGKQVrCx5clfb62Lxulm5e0iTV9d8bQfA4zMw3zGzR204cKMTWsYLRsABB&#10;XDvdcqNgv1s+TkHEhKyxc0wKThRhMb+/m2Gp3ZErOmxTIzKEY4kKTEq+lDLWhizGofPE2ftxwWLK&#10;MjRSBzxmuO3kuCiepcWW84JBT2+G6t/tv1VQ/31+71ZfRq683/Trzfukqqqg1MOgf30BkahPt/C1&#10;/aEVPMHlSr4Bcn4GAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvhWzucMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" stroked="t" strokecolor="#156082 [3204]">
+                  <v:imagedata r:id="rId13" o:title=""/>
+                  <v:shadow on="t" color="#333" opacity="42598f" origin="-.5,-.5" offset="2.74397mm,2.74397mm"/>
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:oval id="Oval 2" o:spid="_x0000_s1028" style="position:absolute;left:16002;width:23431;height:4857;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB7ououyAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LasJA&#10;FN0X/IfhCt3ViY9ajRlFBDHgQmpLcXnN3DwwcydkpjHt1zuLQpeH8042valFR62rLCsYjyIQxJnV&#10;FRcKPj/2LwsQziNrrC2Tgh9ysFkPnhKMtb3zO3VnX4gQwi5GBaX3TSyly0oy6Ea2IQ5cbluDPsC2&#10;kLrFewg3tZxE0VwarDg0lNjQrqTsdv42CnxX5W570Tt9SNPl7/R0zJZfV6Weh/12BcJT7//Ff+5U&#10;K5hFr/PJ+G0WNodL4Q7I9QMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB7ououyAAAAOIA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" filled="f" strokecolor="#c00000" strokeweight="4.5pt">
+                  <v:stroke joinstyle="miter"/>
+                </v:oval>
+                <w10:wrap anchorx="margin"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71FFD400" w14:textId="13A83DDB" w:rsidR="00B82B03" w:rsidRDefault="00B82B03" w:rsidP="00347C4E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="A80000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F19553A" w14:textId="77777777" w:rsidR="001D64F3" w:rsidRPr="00E565C5" w:rsidRDefault="00B82B03" w:rsidP="00E565C5">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E565C5">
+        <w:t>Severe Need</w:t>
+      </w:r>
+      <w:r w:rsidR="00347C4E" w:rsidRPr="00E565C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51284816" w14:textId="77777777" w:rsidR="00C05E42" w:rsidRPr="00E565C5" w:rsidRDefault="00347C4E" w:rsidP="00E565C5">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E565C5">
+        <w:t>Reimbursement</w:t>
+      </w:r>
+      <w:r w:rsidR="00D30969" w:rsidRPr="00E565C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A5C73D" w14:textId="6FD81EF3" w:rsidR="00D30969" w:rsidRPr="00E565C5" w:rsidRDefault="001D64F3" w:rsidP="00E565C5">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E565C5">
+        <w:t>screen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="658D307F" w14:textId="27C40F5B" w:rsidR="008A624D" w:rsidRDefault="008A624D" w:rsidP="003A081A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E3003A4" w14:textId="77777777" w:rsidR="000A6C77" w:rsidRDefault="000A6C77" w:rsidP="003A081A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AFD5554" w14:textId="04CE1537" w:rsidR="000A6C77" w:rsidRDefault="000A6C77" w:rsidP="003A081A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="581D813A" w14:textId="77777777" w:rsidR="000A6C77" w:rsidRDefault="000A6C77" w:rsidP="003A081A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C754F89" w14:textId="77777777" w:rsidR="00BC3331" w:rsidRDefault="00BC3331" w:rsidP="003A081A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B37C6E3" w14:textId="77777777" w:rsidR="00BC3331" w:rsidRDefault="00BC3331" w:rsidP="003A081A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4062935D" w14:textId="378B5854" w:rsidR="00A84938" w:rsidRPr="001E0B52" w:rsidRDefault="00A84938" w:rsidP="00A84938">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC3331">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC3331">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BC3331" w:rsidRPr="001E0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3331" w:rsidRPr="00615916">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the number of sites participating in the School Breakfast Program.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3331">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BC3331" w:rsidRPr="00710443">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BC3331" w:rsidRPr="001E0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: The number will be </w:t>
+      </w:r>
+      <w:r w:rsidR="001E0B52" w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3331" w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="001E0B52" w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3331" w:rsidRPr="001E0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> since we are requiring a site-based claim.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79AA8613" w14:textId="2D39F05D" w:rsidR="00521643" w:rsidRPr="00710443" w:rsidRDefault="00F44269" w:rsidP="004D35DF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC3331">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC3331">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001400DA" w:rsidRPr="00C642AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615916">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Total Monthly Attendance for the school.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00710443">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00710443" w:rsidRPr="00710443">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">NOTE: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710443">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This number will be the total (sum) for the entire month.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4234EC6F" w14:textId="53AEC1B0" w:rsidR="0032140A" w:rsidRPr="00615916" w:rsidRDefault="00F44269" w:rsidP="0032140A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F6D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F6D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001400DA" w:rsidRPr="00C642AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615916">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the number of days </w:t>
+      </w:r>
+      <w:r w:rsidR="00C05563" w:rsidRPr="00615916">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">breakfast meals </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615916">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>were served during the month.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69055BE0" w14:textId="7249689B" w:rsidR="0076345C" w:rsidRDefault="00F44269" w:rsidP="00B82E20">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E42316">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E42316">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001400DA" w:rsidRPr="00C642AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F6D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the number of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C05563" w:rsidRPr="002F6D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">breakfast </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F6D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">meals served during the month by category </w:t>
+      </w:r>
+      <w:r w:rsidR="00710443" w:rsidRPr="002F6D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002F6D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Free/Red</w:t>
+      </w:r>
+      <w:r w:rsidR="001400DA" w:rsidRPr="002F6D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uced</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F6D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/Paid).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F6D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F12C07E" w14:textId="584FA2F8" w:rsidR="0076345C" w:rsidRDefault="0076345C" w:rsidP="0076345C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C642AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE:  N4. d. Total Breakfasts Served (a + b + c) – The system will automatically </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C642AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">calculate this number and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C642AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>display the total in this field.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="588626D8" w14:textId="77777777" w:rsidR="0076345C" w:rsidRDefault="0076345C" w:rsidP="0076345C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="483B49BD" w14:textId="4DCD5015" w:rsidR="00476C73" w:rsidRPr="0076345C" w:rsidRDefault="00476C73" w:rsidP="0076345C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076345C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C754D1E" w14:textId="6B620D70" w:rsidR="006629EF" w:rsidRDefault="006629EF" w:rsidP="00521643">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2BAA833D" wp14:editId="1399CD31">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6705600" cy="457200"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="581544927" name="Rectangle 5"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6705600" cy="457200"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="tx2">
+                            <a:lumMod val="75000"/>
+                            <a:lumOff val="25000"/>
+                          </a:schemeClr>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="6368096F" w14:textId="6FD7B8F5" w:rsidR="006629EF" w:rsidRPr="006629EF" w:rsidRDefault="006629EF" w:rsidP="006629EF">
+                            <w:pPr>
+                              <w:pStyle w:val="Title"/>
+                              <w:contextualSpacing w:val="0"/>
+                              <w:rPr>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="48"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="006629EF">
+                              <w:rPr>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="48"/>
+                              </w:rPr>
+                              <w:t>Section 4:  After School Snack Program Claim Entry</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="293EDAF1" w14:textId="77777777" w:rsidR="006629EF" w:rsidRDefault="006629EF" w:rsidP="006629EF">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="6D6A9C93" id="Group 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:174.75pt;margin-top:5.15pt;width:351pt;height:167.95pt;z-index:251672576;mso-position-horizontal-relative:margin;mso-width-relative:margin;mso-height-relative:margin" coordsize="47815,22879" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBquk+GSAQAABIKAAAOAAAAZHJzL2Uyb0RvYy54bWycVl1v4ygUfV9p/wPy&#10;+zSxm281HVXtthqpO43aWfWZYByjwcACadr59XsA20mb7NdUigvmcjn33HOvufj82kjywq0TWi2z&#10;/GyYEa6YLoXaLLM/vt1+mmXEeapKKrXiy+yNu+zz5a+/XOzMghe61rLklsCJcoudWWa192YxGDhW&#10;84a6M224wmKlbUM9pnYzKC3dwXsjB8VwOBnstC2N1Yw7h7c3aTG7jP6rijP/UFWOeyKXGbD5+LTx&#10;uQ7PweUFXWwsNbVgLQz6EygaKhQO7V3dUE/J1oojV41gVjtd+TOmm4GuKsF4jAHR5MMP0dxZvTUx&#10;ls1itzE9TaD2A08/7ZZ9fbmz5smsLJjYmQ24iLMQy2tlm/AfKMlrpOytp4y/esLwcjQaT6dDMMuw&#10;VuTnxXw0S6SyGswf7WP1b93O6Swfj7udxWw6H47DzkF38OAdHCPYAr+WA4yOOPh3rWCX31qetU6a&#10;/+Sjofb71nxCugz1Yi2k8G9RekhMAKVeVoKtbJqAzpUlolxm44wo2kDxWA2HkmkILmwINmkHDRHd&#10;a/bdEaWva6o2/MoZaBaVFKl4bz4I03fHraUwt0LKkKUwbgODvj/o4wQ3SXs3mm0brnwqJsslYtTK&#10;1cK4jNgFb9YcwdgvZQREF86yRwCMZeO85Z7V4fAKINr3yF+/EBHvQQb8DlIj693vugQ3dOt1LJuT&#10;Ussn+byImqCLXm/vVJMX4/ksFnGvGnBqnb/juiFhAOyAG8+gL/cuAIdpZxKgSxWeTktRdlTG7sOv&#10;pSUvFH2DMgaGUkbeWcJT2s1jp4H74EpvPbdPdbkja7m1jxT8FfMiD0VSioAoP5/HkikFElVgiL+M&#10;ULlBB/UStGv/LHz9VFMDjoYRvLObdQ/oPP6loKSpaYI5GQc/KcDWPAbb44mzA6gxOyEfWAipwS/0&#10;ADRi1ykJsyMt/a9eE4MA0uB2Xxz5ZD4qzoeTWdFVyQOYJkVA31r2LclFyQRiP4gE3aMYT1Fnx10p&#10;H+ejUVgKXWlUzCZJRn8vEi5RPY4nSk/rROkgjyh8qcgOFT7N0b6OxXOYqeuU3DYpe421ykGL68KL&#10;I/8meXAo1SOv0EbQYIt0QvgeHisyHl7TkicFAM9eAd2OmPXoMFinQm195//kO2Fu7cPWpJweWBt6&#10;d8ypUul3xJO18v3mRihtT50u+zqrkj3gH1AThmtdvqGHoEriN8kZditQ6ffU+RW1+HqjmHAj8Q94&#10;VFIjU7odZaTW9sep98EeQsdqRna4DSwz9+eWhk+F/KJQAnPoCW59nOCTV2BiD1fWhytq21xrNI4c&#10;dx/D4jDYe9kNK6ubZ1xcrsKpWKKK4exlxrztJtcecyzh6sP41VUcp2/QvXoy+HKl5IVO9u31mVrT&#10;tjuPTvlVd2VHFx+6XrIN+VD6Ct23ErEl7nlt+UYLiKN48YgSai9J4WZzOI9W+6vc5V8AAAD//wMA&#10;UEsDBAoAAAAAAAAAIQD2hFWyu0AAALtAAAAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoa&#10;CgAAAA1JSERSAAAB+gAAAR0IAgAAAGs2MiQAAAABc1JHQgCuzhzpAAAACXBIWXMAAA7EAAAOxAGV&#10;Kw4bAABAYElEQVR4Xu2dPYsjWZb3Ix9jpoY0qpqmGwa6qgskT7CeYEDlKD9AOguzzi6ZhuSVIRnr&#10;DKTxkDDOGpJRXsrIZNfZhXXyA6ScEgzIW0hrU2x21bINswxd3U0O5fWec99vxA1FhKSI0Ms/nM6S&#10;7su5v3vj3HNPROt/9Msvv0S4QAAEQAAE9p3A/9v3AWJ8IAACIAACTKCgu19M3hzJ681kUQVB1eEm&#10;ettgU1WMfAv7mA7F1A+nW2hbOSa5I863ftwaqbxyNXV4tMuZQ7RqCaS4e7XUYrf2YnLWn0XR4I4y&#10;QO97DVloE554C2bEbmRyOyvDpxmqasssp5eyYE6HJ+Mo6lw9jLqii8QakQg3vh7Ca3Gzo0zOTCkL&#10;oJDR3dHDVSeKxidlLMVClqDwvhAIu/vpLd3Y4hrfOqHch3ty9lGn9WpfRq/GwX6qSRuZ2Mf4uhuU&#10;OEJymNyHupc37h1LsnwxuRDO/qbXiPcwvijzpJeyFssYppoZuQbUpmb7afTe8+cU5yzruzsK117F&#10;3kbvRjj8UvmuYhjq7CiBoLu3d5jj78kncnQXRbN+k8LS4fDI+aeO6bwYWUcl+lQ6caI/P5zSPs8P&#10;sb2oJhTjuY14bjP1i+AsTd/xmcWGrVFE96y422NBn+kjNKIoOPb0ZdHontOtHM2upwtd9c1kIg5M&#10;cuCp7SVCUVHeJAhMG2kHllhJ1eHyIHoxvWZG592Qr5v1z0IOPzgL4c7TMQXXYmi03ESox7Q5LHzD&#10;xjIwcbrqFgilYEzRtL09db3KRSLWCC4QWJ+Aimfd/8jYtnN1x6GFyt24Qa8OgnU5EayamFiGSO53&#10;fqxM34vA1m040DqV4X5UUVlYNST7D/Sw/AvVlBfCOaG8Ce0DRHQwrm1OjChgTaIf32QzNG+Ucj7p&#10;IxeRZ7j3DxeIIWXaCM0pz02IqQs4YLms4n8hOx9cyck006oKpU1P+oQGuaetxeRoA8TiUxped/HF&#10;lMQmj31Z5N2FL2voZSK+cYG4TWXYHSIfXqH4FASyCCSje3lq50CuK+NPL5+zZH+RcZgKAF+1TOiq&#10;q6ibjw7DMikUO6Sq6ldvZWaYjs7OcbojPpaNRvMFxTpeb923wucIS1O/WGI6252SotKBFyd74pcd&#10;UdbYA33LeDkanMrxKpepMgHel43eJXtWeQ5QtS7TUgraJUt4Jq6UJzHv8pgO7riCmrX7D2FW7UYg&#10;ttfW9c/e3dtqWbMQmFD5HNh7ESBzLdrR+sQabbHAVCZy2Ry6IxXnVnUtT5jHFuvypTUQkxW4I8QM&#10;ucug4dvN36uPlveAb0EgF4GEu1fLT3htlW/IlztcLObco7plQt7RGNQdyVDH3F50b6nquYzmu0T2&#10;FrtoI0j9IqPlWcDHsbMkP+mFbcFmCozdI0T7RSJFLDpQG6LfGZsY/CJlaOTlzBOJWDScF3Oucmo6&#10;Z+Ox2RFXmAWV9JbxiUyQF1mLOoQ4Ee7a7m6555D6c08v4XlRPAouVlErxW+n2Z2LPAqBQCECcXev&#10;7jDliZXTzpU7VMvZP/CnPdcy97Z0QxSGFYxiwsUp/Ez9IhVL91TsPeLM4F2ut1kOtdDYHUKpPkWd&#10;Y/xeCz4jV1lv9/hQaGkkCycRqTLqdGVrFJ+FgGmF1qIi5udvRt38c7gmm8zqKVtEit2muVV2lkxb&#10;UOBACcTcvb475MsjJmG5zN+bsFi6zVn/nX6XhwKrzHfIbLQaq55VWRWXD7HUg0SR8Un9It3fi1QQ&#10;HTWMtbJzz2e5jwyTLa009iVLTp+rZDZC9i1yAmpvypNgc7cM7TlXXeVZjwzVOyS2+eKzkDCt2FpM&#10;nkSnQ3oyWmAOC7BxH7PnrJaWhUuxW7e69BF5zq5RDAQUAd/dJ2OhZQtbHeLHfH7mdw4oZOdgXfyb&#10;r7SEjvtOA5+6VUrDr740G8TGU3FKCcl8EBWmmFkdJVK/SJ10fsWO00txy+UAZRe3EW9m6VtGzrHn&#10;XXhkkmVJkEzax7yNbXMWKVG/fo2Pp+Psvi0ee6x8Zfl7etYiXho0V/FZiNlWbC2Khz12QVg4BebQ&#10;Jhcz/8cL6swuDbVUg082eFBiWXEh9+UvM9oUu+X38PYrr1hUDBHIepaL77eXQPqbJmXYHH8Rq4w+&#10;drLN0sBUO787yR5GFyIQFSqNwvUTiP0vYBnvj27UXu9F2I22vHONxR59B95dXXtIoL02QjQQI3BE&#10;/8axBwRAAARAYO8JFPyJtL3ngQGCAAiAwJ4SsNH90dH/39MxYlggAAIgAAJFfwAZxEAABEAABHaT&#10;AHL3uzlvsBoEQAAEChJA7r4gMBQHARAAgd0kAHe/m/MGq0EABECgIAG4+4LAUBwEQAAEdpMA3P1u&#10;zhusBgEQAIGCBODuCwJDcRAAARDYTQJ4M2c35w1Wg8DeEXj87uPD4vHTpx/3bmTegF68eN5svH79&#10;7cvqhwl3Xz1z9AgCIBAg8PG///fXv/nV118+3286f/7Ljz/9/Nfm699WP0wkc6pnjh5BAATCBPbe&#10;19Owaxwj3D1uPBAAARA4CAJw9wcxzRgkCIAACMDdYw2AAAiAwEEQgLs/iGnGIEEABKonMB0qIdej&#10;TNXuSozbPXdPBEtBp2aGRXczL1LbTZYzhi3/NrPxnSwQHDOJqsvlngvqro27rIW4axxgbxqB6fBk&#10;fvXAglIPV/OTUrxWQfgBdy9u0eQNmnJD5+hPSpHbFrfxPllMLuTMKH1zd1h2i6ZhpE8aiXGPujlw&#10;bKaIhLoNSyh9PMugLqXgitdnyoTn5+lN5F5uQflZoGTpBKa348Flr8H9NHqXg/HttPQuszpIuns2&#10;8uoqup7aKFfcfc3+LKux9O87g0HUf1f/cFMt/HA/azfEzPgXD/2iJXZotUtf5An/VyeVs+Zieh1d&#10;XW3FEkq3OA1qnjF66q+b2EZpJk+iO6Pdede+/5DHDpQBgf0hkHD37O1Pe91z1983eu/5PNJZY9it&#10;tzdX87indMN88zf/MdQpr+HUBHpuNHarvzcfOvGginjFaWQiC8aD4HhKjU5d42h8kjzVTN/123dO&#10;wE8k9L/u33F47bQeOrRYs6gDeXGxiQjN5YHH2qIGw4YPh7HG47sQefvzbu/U8ffBah5MDSvdAsmJ&#10;jbbE3BxVIhFpjA8EA3GoyTxm3JBl6ys+nckJD6B0G6S9Z3BqT1/dkdxDgoTc04VHQgGInQxEcfFZ&#10;wCoe9nYfwta4rVF1twjE3b3w9t2o4fv7TYyJzjPtnAH+ODoVUdjdYHxyFt3Iv53K+nv+8Ey6zOb9&#10;pQrc7iKTJZv172VDXnTohnlUmG/T7uhuEA049PNzOYvFvNN6FRz9bN5Shg3GaQE/mXV9rk4G1IG5&#10;xtdyUO970eSNOTs8nF+LwdCV1TjH9ufdRtR1/b1TzU0VJmBxB54FJuhVNNyTp8jHvCXHGEDsggwE&#10;Ax7UAHQxUmtI7Gg16zf15qKdqzOdYWtCKA307lvKnwY3f03o4UqfQEV8Iy+9nLzBnt/bsy99IRYf&#10;rZzF5MzOd2uR4yHQJm4stAECeQn47p5ubuHtKdlE/j6nc87bVSRuuDyBjo7CXrU6HfZq6prrG8hE&#10;aeTuZnQmJ68sY3O+KIzWBTvCUcUvN8wjk7y0Ve6xRMYwMjKlFm8Wjvm2lM7oRRHZYvwaBcg8GL4y&#10;Gqczh/D2kfD3drMx1Wj2OhpCHJbowLPAltA0zDai95Ug4li8vJRdGnRrSKy6k8zRW7CdztCEp6C0&#10;zWof/tC68L2+Hn+j0dalk6cydwCN3kimZDmaZ1+vwglqgGdTbE/dnipCj3SqfKaTfwWjZMkEnJvT&#10;OtaS+8xo3nP3dHPPtN/k0/mmHy6IsLGc3LeX6g08bl2NMt+/7kOMYq2Qh8hRQRwq9JUrSU0nsEhv&#10;ErS5rWFhqnlqpRpvL/Yg+ZKBvDiWpU22vis04flQSrdPJ8fUR2dpp7LEaMfX9+2Os6LZtf/yy010&#10;tsHny/UhRs9rEqDzbVseUpuUE851b6/ZY1Z1192Lx3/OLb3sjpCJ0jyhumcBR9P9/th+pmNQdmGF&#10;L71niqjKPAieDpebReG4udNtnBzuXNirUyxcZDrM/0YHnz30ZpHiG9kWs/8tJsM8j4E53+ZsEZSC&#10;SOxIoWGlBBgpNMSx5+ys39avFiQR8xHCgMza2opAz14HoQnPQBl7sYwgpqXpRPf6ub1Zl+4AzEQN&#10;Lkej93xLyxWnFgfvJ5TcUkt7pfskGwFK7AIBuf/ztQ3OPoocd++FcszSHunVmzkipMzv7kLz0ejd&#10;2Ee+wpnKFO1tNMg/fTpxw5lxgbE74my1zubMU9LtqgO6GykhqzI/kfsgNmABFaacukkj01s6N+qQ&#10;nsNcu7sfnV0Hy7MtKgDgECAKvRwUq6ierphPnccsJi9E2XhzwknA8ttLo8HNzpyHmwHEPJea+sV8&#10;+YP8QtCz0QatWYpSPDpy5/Eh/Qxo0/x2XboDaF63bIqRFh8n+Dn26Z7aubw+L7BQsgeMEiCwAQL4&#10;AeQNQNyKJih8pcfaMR9GoeXt6ZZEFltBCUZsMQH6AeSX33y1xQZuzLSHx+/xA8gbo4mGQAAEQAAE&#10;YgQQ3WNJgAAIbAUByJuUPQ1w92UTRvsgAAK5CDw9ff7h6XOuojte6IvjZ8fHz6ofBNx99czRIwiA&#10;AAjUQGD3fhGzBkjoEgRAAAR2nwDc/e7PIUYAAiAAAjkIwN3ngIQiIAACILD7BJC73/05xAhAYC8I&#10;PH738WHx+OnTj3sxmtRBvHjxvNl4/frbl9UPE+6+euboEQRAIEAAL2KWvSyQzCmbMNoHARDIS+Dr&#10;L5/nLbqz5WocI9z9zq4aGA4CIAACRQjA3RehhbIgAAIgsLME4O53dupgOAiAAAgUIbB77j4kCVtk&#10;xGlllZRqrt93jv14umzSFXVNtlKW2ZsY+gbaCBIx6rG5oK5tRYoNq7ZbyYxV0smqBFBvXQJJfeZ1&#10;W1yvfsDdCxO9G9QavdKv3UslONviNi5xocnK0i6BX0F3hr9M0YV+97xCDQMJtbC+zHqrpWDtZVCX&#10;NuVKg2/bIL3VUM0+VhA7im8JgenwRDoVUrvJJ9tatuFJd8/yGVeeQtL0VhktBMJdbafc1nUGg41L&#10;3+buPE9BUmPSAkZecXY8RvFaTFs54ot5bHTLCOWxqyUCfEUbLKN8GtQ8fRlxwm25U4TRrkA5KyC2&#10;lbhwnhGhzIERYE+qxeBYtjVVLLM6Lgl3L8SSeiRlZBXxuiMT8pLA1Wq2td6S8lHcU7phvvmb/xjy&#10;AUPqfZpAzw2kbvX35kMnHlQRrzjaT2TBeBAcP2PRNjyWIr2xcI1UANuu3hVpGmkW9+84vHZaDx1a&#10;khLXIuczEaG57Mzaovpmw4fDWOMx6lJ5rEfC5GYNBat5MPXY0i2QnNhoS8zNUakB22+N8SxtHLvi&#10;UJMH27ghwaXlyqwL03zqDkBjg5vVcf5OVk6wl4NXSmfjpD0xNfbuSJ7ngpjdI4qHU7UfW2qiuPgs&#10;MEj+CCeJ1VwPalkCcXevpPEcRTwvppxcjINBcA6kQj3OCMourTCOToW+I4nlnpBCk/zbqay/N4cN&#10;0pK+v1SikCQkp2+uWf9eNuQlWdwIjQrzXUQqg4NICMD6uRxSmE1TNJ3NW8qwdLX1NInr8bUc1Pte&#10;NHljzg4kkqhPTlmNa51JIy8pcZpqbkScgMUlPQtI6lCyUzSEgrzaRkQ+5i35tABiFyRps8an1IMa&#10;gC7KW0MaKUvC0d0tboPTpjcZEQ2PTEqwzxIlt7KG8QhCYybpYLXKpQS6BivKe8TO76fk2+VFX4gV&#10;zIrvkzPS5FT1WgtTJMcthiIgsJyA7+6tfDX7+7hzlvfC6vlpca/kyTYPTkXMFJEcdOfcqoJqGfNI&#10;f89qujM6TrPut5ZkPaI4XRfsCEcVv9wITShw27uuwGoxhpGRKdV4s3DMt6X0ES+KyBYjMEvBKQ+G&#10;r4zGrQdkf2/PTKaaGxHHYYkOPAtsCU3DqhSLUwR54hDiWKi7FF4adGtIrLrBQi5Z7cFr2eBNhojK&#10;A+xTZ8wYp334Q+vCPzdqiKSa7vjw2EHBpdDojZTqsfL16sYSsutNGct3e6oId5uurVtg2aLoQRPw&#10;3D0FjTPtN/lk7GSbVA57vSUnwsZyct8m1Suj5rRQseBc86232m7AHdHNnaM/cajQV669lE5gkfaG&#10;tLmtYWGqeWob8dTq44jZ+5Z3yd7o0OANb8M2xNnnmzEetHT7dPxMTchmHRQMuvH1fbvj3Bb0yJ+u&#10;m+gslIYsDzha3jQBJxazcfSmOynWnuvuxeM/dYxUuRS5mCk1yUdN34ty3jNPqO7Zw9F0vz+2n+lA&#10;nF1Y4UtDFAGRyRNNh8vNonDc3KROpiDYu7DXfTg9HeZPofLZQ28WKb6RbTH732Iy5JAu6+J8m7NF&#10;UPYgsSOFhpWy4lJoiGPP2Vm/rZ81JRHzEcKAzHKURaA7AMirUo6rKZkHpjnVBn1OEhGM8M/uzi2W&#10;SIB91ozFXvWkmUjL9Yk+dd7TLG6XgpntweVo9J5ylU25bNUK4/2ENjt1fyB3n3VXbOP3lM6kaeVd&#10;u0mPAHOFciUPw3H3XijH3aojPfsJSrLyg0zv0eRKljV6NzbLK5ypwHF0Gw3yt6dtMbml7oiz1frk&#10;PG+9WtYW3UiUpFaP4yL3QWyglvI3ZuwXrZv8Rwc73Udn10GT2Ba1InhNkFPKpKCerphyzmMWkwCh&#10;bLzZmxOw/B7SaHCzs5nJ89DjjQRinktN/WKeltKS3RWC7lmoEZEzzGuDOEXKGT6jyFk2R5Vp49DT&#10;TunCEPuMGRPPn1Qb1JLNMwVmzab57eJ2KTSvWzZPSdbxkxMOoLqndkFcnxdYbZkrBwUqJyBPaonH&#10;h5XboTvEL2LWhn7DHVMASI+1Y3ksOoLdnlb5vwNseFBo7pAI0C9ivvzmq0MY8cPj983Xv61+pLv3&#10;f9VWzwg9ggAIgMAeEEB0vweTiCGAwD4QwO/dlz2LcPdlE0b7IAACuQg8PX3+4elzrqI7XuiL42fH&#10;x8+qHwTcffXM0SMIgAAI1EAAufsaoKNLEAABEKieANx99czRIwiAAAjUQADuvgbo6BIEQAAEqieA&#10;3H31zNEjCIBAgMDjdx8fFo+fPv2433RevHjebLx+/e3L6ocJd189c/QIAiAQIIAXMcteFkjmlE0Y&#10;7YMACOQl8PWXz/MW3dlyNY4R7n5nVw0MBwEQAIEiBODui9BCWRAAARDYWQJw9zs7dTAcBEAABIoQ&#10;gLsvQgtlQQAEQCA3gaQ+c+6qpRTcPXcfUgDfBBo1M/nVS4p26omvCyWLjCsmprG0dJDK0h6LtJ5l&#10;Kb4HARBIEJgOT+ZSL8oVj64TVMDdC7/neT27R60gYCV0l70Wy3LY63AUEtw8MzFtcmG6vcrbDIoY&#10;L4Gqa4lJJK6wDRI6RYaGsiCwLwRYiEiLwbHgTqrOZXUDTrp7NvLKE8RbLIym4aq7VGcwSCidVzfI&#10;HD2R+J6WmouVLkcFN4dJKUWUkqRWySExLCPbuHqjqAkCILD/BBLuXmjj9Ui5zgqgNnojLdhHXnGp&#10;OmcqsNZbErqLq5K7Yb6XeBjyAYOv4dREsm4Ue6u/Nx86Aa9SqhXJioksGBevjafU6NQ1lvKMecJ3&#10;NtVYqCvwhxMZdYuP8mXtkmY7NVkdPn7JU4gTszsRfIJK6Bhl7DKtJ0BZ09XguMRwqE8UFuZKcsX7&#10;f09hhCCwpQTi7l4poToCqMpw6QOWqnMuH6LQ+cwXiI6jUxG83pHiKAnyyb+dyvp7/lDohk+HLJ0u&#10;L5L81A5p1r+XDXkpDXJepOVqCrNLI4nSQST0vmPifzQkIwBrPDl9qC0gXXA7pvG1tPV9L0p2EYIT&#10;MNs1jpSpE7XSTyFhm/wG0lp3QFERmmRJh8RdtSz7bN5S8zCwWupbuqZhFgiAQJCA7+5ZhVyqUbO/&#10;95yzFNm9ic4SoXJuskKsOR5oh2prQexXrU7n3Oo3zymrJC4jmE3i6bP7D9FiMbfS6RSn64Kdq7c8&#10;lthFHtM2QOLo9hgTHEkwmaMbaDTatpJO1EVRvi5CZrs1c4P1qXg2+W2kte6AoiJmg6MDAOPly8wD&#10;zYlpk9cEHg4UnCYUPxQC5J10aGQda72D99z9Yno9036Tz/rJhwu0C3SM1y1sOQX4ZcWG25Zhz8km&#10;bjbvAEsv8rarP/LJbF3tG+rokzwY5RwVioEACEScNGj3m5wVaPbbd9sQGLnunry9eSarcin8MJmO&#10;9yYk5w1BPdJcKXFLAX7U74/tWtB7ByWRii8QvWdSPDuzR5HpcPkJwvWY03f9yDk/FDchXCNfFwGz&#10;eTs17pwC7UTzYsd0j0ju7GSZn9k6NcCmm2csi8mQc2Vp10pLIMtIfA8Ce0NA5kQS+eTaxue4e/b2&#10;nuvjwwj5e3ISc36KKXap63P3OWFxsxu9G5uRFs5f7H5Ht9Egf2PioaprTXfErwwpG0/mrVfL2mr0&#10;3lN+XxamJH4yW+9XDubuM2zN2UXAbOajR3IxT+buOWTgxxNqrDQj95f5w4bs1iM2XYUkHJREjUb+&#10;eUFJEACBbSaAH0De5tmBbSBwQAToB5BffvPVIQz44fH75uvfVj/S3fu/aqtnhB5BAASqIfDnv+y5&#10;tglhrHGMiO6rWcboBQRAIIPA09PnH54+HwKmL46fHR8/q36kcPfVM0ePIAACIFADASRzaoCOLkEA&#10;BECgegJw99UzR48gAAIgUAMBuPsaoKNLEAABEKieAHL31TNHjyAAAgECj999fFg8fvq05y/nvHjx&#10;vNl4/frbl9UvArj76pmjRxAAgQABeu/+17/51ddfPt9vOvQi5k8//xXv3e/3LGN0IAACGQT23tfT&#10;+GscI3L3uANBAARA4CAIwN0fxDRjkCAAAiAAd481AAIgAAIHQQDu/iCmGYMEARAAga129yGt1RxT&#10;tmI18cv+ebRq2YQCRXNYvE6R9NGuzEGYsz0jXIcO6oJAjQTyKVZXZ2DA3QsTg25vLTmL9Gbd0a7n&#10;omRLjlr3RkA6+uFG5px+Fl79UP5aFtvlEBBQTzXe6zJ9tIU5eB7ejnAjENEICBwagenwZH4ldJ9Z&#10;jiOPbGvZhJLunsXJrwIKrqxZHdTbyGdiWrP5atdYivTDSdNFi9KQFrlWzN2QTUIRXWmq5z1bbKhr&#10;NAMCIFAaAXZ5lz0hDyRE6FgasOYr4e7ZxtMeCZP7it3k9O4v3186QtzFDA8068ao6m/aDsdKLFfv&#10;hbd81uDLusLkCYmrTyZvVDHVmB+UK0V150Oz25r2WJ83fpG+qyuP3uiNxATqQDhucaD9UJcheEpn&#10;nZs2WlXaRneAb954kByMFoyAZb5hY4dD3apqM9HNYnJGUuRCXYyrm1A/WFsQMGYauXr+EHtWsVsD&#10;pUGgKgJxdy/ccpcFCx1/z4F9ay3RwmCzyTGSlu8gkuGuUuQbR6ci9KWoWqrRki2kOJiMh8fX0Q1/&#10;arUIKRuh4+ZB1Ll622UHSJuWDabZ8bntPVhdRWMb7ctKyy/oxnyLg+2fmcPBXWvJycCI1Vu7WaXQ&#10;bEpmgO/fxyEJY72BnN9PfY3Z2bwl8NhjZaIboSsptdLjgo6m9p2WlqeRktqymoZBVasV/YAACKxB&#10;wHf3xuUIf6/UvmVgLw8lq13BZvM1xXsPXyTjLSuQXrf+LGKtW30I0cemRLMU42pFWorU1dmBZWrH&#10;Eeuiu+2FTdLywpf3QlZ3SfAaal/ojzdlrW4vQDEhvOvEzWSjuVIHqEq4A9FnEFvbnFBYnlzqwdvw&#10;3O0myMDUJuFyubfQmUdsoLGL95C1lkq+VYFSIAACKxDw3D2Jk8+0P+TEhsg2uT5MZhGKntaDza5g&#10;6wpVOOSlpyVWvFtGr+oix8Sjy3kJt0+nDD/LFascb188OKbrJjrjvSLwuMbk7s2jX/usgML4si73&#10;kUTxbmhvKcswtAsC+0GAsrPjCw7zOLS6EFmTui/X3ZNbjlxvSCd38vfOof8XmUWQfin3azrhZsXA&#10;ZZhJbd2OLQj9YRgNxZfmmcf0XT8676YfO6RLc9I7HGmLlJDodEjOl4Nd017Iifkv3vDO1W7Ee9QW&#10;i0jeb596EbsjU6Rc0fKx6RHrHjwsPo5kQy6YxWQol1nycpiFupndf8izJPk5g9723B0Tufs89FDm&#10;MAhQplclgjnzaWPO+kbvuHt2y57z5N1p/afJqc1yKkY8GDw6uo0GCoH5MO21JfKblNGWDwl1kiaM&#10;j3fUSD561IF1d8RvRKkPTuatV+yHb8xHoTePyCBT4+iIU/+xaXMtDrTfPVUzTpWvz2+yc2JOhxaL&#10;P8IgJBdM87oV2wUNB80s1I14f4DxZJ/f7Eo+Oruub/miZxDYZgI6EWyeRdZsLH4AueYJqKJ7irnP&#10;opuycurltl4FH/SxHQToB5BffvPVdthSrhUPj9/jB5DLRYzWN0nAvvSZ79Cyyb7RFgiAwCoEEN2v&#10;Qg11QAAENk4A8iYbRxprEO6+bMJoHwRAIBeBp6fPPzx9zlV0xwt9cfzs+PhZ9YOAu6+eOXoEARAA&#10;gRoIbPUvYtbAA12CAAiAwJ4SgLvf04nFsEAABEDAJwB3jxUBAiAAAgdBALn7g5hmDBIEtp/A43cf&#10;HxaPnz79uP2mrmPhixfPm43Xr799uU4jq9WFu1+NG2qBAAhsmABexNww0ERzSOaUTRjtgwAI5CXw&#10;9ZfP8xbd2XI1jhHufmdXDQwHARAAgSIE4O6L0EJZEAABENhZAnD3Ozt1MBwEQAAEihCAuy9CC2VB&#10;AARAIDeBpKx27qqlFNwpd2/UsktBYRr1FU3Ux8EPy7UjtfWKONQ0OnQLAvtBYDpkKT1PIbrmgQXc&#10;vdiRPIELu0dliLUGBmMVUZWqSIqGH1ddyaXKDhw1FGFtmjpKCu6Vek6fuoRNnoOGt6550aN7EKiA&#10;AInRaYFpIRy0vlTU2kYn3T0beZVQZDWKqr8UlJ422odS+FBeG9bx6nSsACEJIc47Uj+7tkvINV5t&#10;xfzWxgAdgwAIbBuBhLtnb3/a654vV+DexDDieS06+gjlcxWbu8eCrFj9/PJqLkWASbEwurxsu4kZ&#10;R7xQHyGGfACwJ5VYz1zq1i9h2mOrjDXePywSKdfYs9KPi8lZfyblA99Mpu4/pMl8PDECi/KTN8Oh&#10;/tR0Z4CxbLy8ApBSKid6SXZL7eUWIN7EAkAbIAAClRKIu3vh7bus2O37e+mGi2dJ0gZDzoZUU2Ws&#10;T9qznDsi+VN9AODo35FEpwIZDv9V77LNouAkvN22gu+BToQ94+hUdPxAYrmsJB7rOVDCDMM9lYkg&#10;/m1CXl6L81qpX9bD7XREFu99r+v+o0EOlvVvDQg9ztm8dSPhKDV7dyykca4MCkNKVOZeSKRd90Kn&#10;ypRuK1176AwEQKBSAr67ZzVv9vbkbMnfC1fIlxXYZWXvrFA7l/0f7meyI26eNMqvpxzoepcNPynq&#10;z7yk1DY9GnH8b1onuudGwx4D/A6WlGAvLk4StLX4Uu6yCfuxKbnE+MVirk40tJXSOOcLyaGjReJf&#10;taRrd8fitBeElKhMvZjPaDZH3bRueaY3nGnLnDkUAIG9JODc/9ax1jtSz91TXDrTzocTBsmHC7QL&#10;dLRHKtdwLx4d5OiLTYv0o5Ec5VcuonYn50GM2xR9HMm8jXDfs8A+FutZhv3qStMPZ/+cvApDcprI&#10;1e3KkFARBA6eAGUN2tIVNPvtu20Io1x3L5ITjuuhPIJ4mDwd2mw1bQjtRkNEsZTdXj3Qp6DVbCZu&#10;mOzuJaojevg6zrNyOLHhI03rJNha/l2MEjo0i/5BQjfJm4B+IC3TRdrfz+4/2H7NP+iAMTOnKJd0&#10;zEbezAwwivTN17kgcS9m3+HpTOt2vUnNM0soAwKHQ8DmRbbB2UeR4+51ztlMhk4+v2pRmkRenAHe&#10;iOHkmykjLxulJL4MajluFrshbSMyOSOu2yhPdB9YQ8FOgmvN7TnHYiQyNt0Si+1Njoo/189ARMqf&#10;h8MPKbx/dEecIFN4T+atVyndc/5fl7uYq9x9bkjUy/m1PHIQbsqi5e02BwwUAQEQ2A0C+AHkVeaJ&#10;guDbUyS5V0GHOiCQRoB+APnlN18dAp+Hx++br39b/Uh36v+qrR5PsEfxP8sl38jZEutgBgjsLoE/&#10;/2XPtU1oamocI6L73b01YDkI7BWBp6fPPzx93qshpQzmi+Nnx8fPqh8p3H31zNEjCIAACNRAAMmc&#10;GqCjSxAAARCongDcffXM0SMIgAAI1EAA7r4G6OgSBEAABKongNx99czRIwiAQG0EHr/7+LB4/PSp&#10;tleAXrx43my8fv3ty+oRwN1Xzxw9ggAI1EaA3u7/9W9+9fWXz+uygF7E/Onnv+K9+7r4o18QAIED&#10;IlCjryfKNfaO3P0BrXIMFQRA4JAJwN0f8uxj7CAAAgdEAO7+gCYbQwUBEDhkAnD3hzz7GDsIgECJ&#10;BOICrSV2lavp3XP3RHD1n9nPxWTjhXbQ5I0zQIMgcGgExG8pCgGRjakArokw4O7FjsS/y+5eViSv&#10;uK+VdW2L2+D97La7jkhLOnxvjCRysIZIgGtqcmLWnH9UBwEQKIeAo3fnSlyX01m+VpPuno288sVj&#10;yV9bZeuVHFdnMLDSt/ksK7EUOVCjiy6U0bf9vGAFsoRKSXwvLhEVmgYBENgbAgl3z97+tEfC5FZk&#10;lcQF20pvauVxt96SGJNQ9HYuNwQ2f/MfQz5g8DWcmmOF6+Nu9ffmQ3v60K6bPnkzmciC3omEZILp&#10;iGV3LSHsJE3z+l7SNpebiDOLcL1O/C0r0SlurER/uevw2LzjjhpvZvROAl0kiKjkDhP9ck9es9oc&#10;3bz+knFh01h5NaMiCOwkgbi7F96+a0T3eEysii2E98S1spMQCq/vWPs28xpHp0Kpm8RyT86iG/m3&#10;U1l/zx+esX8lie77SyXuTcG69u6z/r1syDuRkNKrFnhVlrByq1aSzdv2+FoaxrKLVpGSgm82iDSJ&#10;B5EMyeOHId2+cdrkeXWGj1J8SpVwGSIrD5/oV8g/6n1anyVp74mUfO7DeeQI5mbOAwqAAAjsEwHf&#10;3VPgK7y9FFm1zrljFMu1g12FgVBWzZP613KvJC3eOe8KIXS+jHi4kYMlzVj2096GRHG1LthZQXMq&#10;b9uDSyGvKy8TZjf7VjQ8jEi3T1uMLEC7j9dWEbLJfs282alkgXbarRl8o9fjyeU/3ouNChcIgEBJ&#10;BFjrWyU07N1YUl85m/XcPYmTz3Qgz45rfJsIxpWDzdl6rJh4YBHP6KzWVLyW3ZBUxJ3eLLk/s3HI&#10;UrRddFI1waMoo20Oz034nCc890zjrarYxbPEx5Nwv+qhEOvMq82OXTtdp7drHc6K2YjSIAACdMhv&#10;95t82zUpHb7SQ88NQ3TdvXAR4r0heVEuhf29F+hThkB5Ro4s84TqnsGcbOj3x/Yz7Xip3eIj03sm&#10;J2PsUWQ6XG6WyCo1bRnKBPXbbqwutwB10MnVtt4sxH6pr9iekjI8Ts2YbZUi/SwKwlq9dIL9ikOU&#10;HRLtCmKsnPm5E4chMTrk7rNI43sQWJeATbdug7OPIsfds7d3UifkIOgwIvx97z2/vSIuimPXSgI0&#10;ejc2ABbOX+x+R7fRID9a/SSBXxcSGMXTVv144WS+JFIXndAkmAGJITkZ9uJty+1DjOLsvq2S72Zo&#10;mTsiE9G2X8zDuXv76OToovWgrA32y8PjHSQySSn6l0UTbUWMkX+mURIEQGBzBPADyC5LOrHcnq7z&#10;jvyaE7OZ/il0pwfca+3Ka44D1UFgawnQDyC//Oares17ePweP4Bc7xTU1bvzDikdNNY+9C0mZ4Hc&#10;VF2DQ78gAAJbQwDR/dZMBQwBARAon8Ahy5vA3Ze/vtADCIDA1hB4evr8w9Pnes354vjZ8fGz6m2A&#10;u6+eOXoEARAAgRoI7N4vYtYACV2CAAiAwO4TgLvf/TnECEAABEAgBwG4+xyQUAQEQAAEdp8A3P3u&#10;zyFGAAIgAAI5CMDd54CEIiAAAiCw+wTg7nd/DjECEAABEMhBAO4+ByQUAQEQAIHdJwB3v/tziBGA&#10;AAiAQA4CcPc5IKEICIAACOw+ga1x965u7VKsQoPW17zd3DSErCi1w2Wm50ayufHnbak2JnkNRDkQ&#10;AIEEgYC7F4p4jkd1frFR/uZ95k+4m178qkvr0W/Qr/1jkLXPr6MVvoaq7xrDqN2ANWxHVRAAgXIJ&#10;JN09K1pfWYFrqWvqKFxZ4YxclhnlPxYgyb9R5Gp7uwq5YoJCS12rnVdlZu0GVDVQ9AMCILAKgYS7&#10;Z29/2iNh8utpMmNCin7zFeS+hWGssWT0/JywX20BJnPBfwz5gCEPEqakm8G5f/fGFBCNu3kP/bdI&#10;OExkS9yJjXxlU+7Rw92HbnXnyZxR0myHOWuMC1l3eXVH8rTijUc3Ge47bqFpSxQXdZdZkGJAcuTc&#10;ikVDsO1IbZYm1FMBCfZVFiPqgAAIlEkg7u6Ft+8Kfdqkv5++W0M4gyprbUTSW72/1IK4UTLmH0en&#10;Wiz3hHSZ5N9tq0Y7m7fkh1knhln/XrY06k6HVj/8PGLBVufUQlKGxuHrzrnHM+8hQYbZQiM2mO3S&#10;TT6QVuM7ofYe6NtTGj+/t5stfSFwkTwVSZeQXqNSEm4tYvtx2ACqzoKHktf5tR6SRTMiCUk912aG&#10;A2NdT4K9zEWMtkEABPIQ8N291uOO6ZHLhshhrhDaz5SMK4usKj29xWIeGfXVk3GU0PDWQfKrVqfj&#10;qOeacuZD78QQGG7HHkWoLe6TvXqj1xNxt41fyQhzmQidpHqVkLf8LtNs7cMfWhe+19dNksy57ibZ&#10;txubN3qjXkN2Kn29eqwhdNKbMhjv9lQRa3rQAGrXzEGzP9NDctDYvV1t9uGxxg4PeVYXyoAACGwR&#10;Ac/dkzj5TDti8gyRECZXl9gJLhMeJnMoMnf/cNWZuacFk9HnmLMSVVXlCk9v2ROzv6T41UbKg8xx&#10;iAL5zJZd3Uld9+CVu+/xNYmdjy/MIUMq299EZ0sfmccNGNzZhy+hB+Ls7/nYYbx9aKy82+ECARDY&#10;YQKuuydvHwnnrPMsjsPiVIyftec8bu5Hr+SAKJHQlDliEaPKpAZd02HuVhKcnQSROSOQzwrMB0XJ&#10;ohv2l3c6am83ZAgdrGJPOqq5DLNj7yZSm53Wq/SVkeibjx96f1hMhtLDDy5Ho/eUVWpKRtOhIMju&#10;nDbQ2KkoxQBu1+wXpmHfsEbvcjC+eGMfzATGyicpYyBF+ju86GE6CBwmAcfds7d3UifkGk+1vxd5&#10;nJviob3LlHwU+y3eIrojTrqrh60n82VeMTgrJjlB6Xh5NKC0daSyRrfRIFCJnJXtUQiA20z3kVdF&#10;p5k49vdfDV1uNrlMHp6+bO4qYE2ob+YTKSjN61ZX7kR80RYlvhlOu6emCzIvNiEpBmjuwrBmnzbb&#10;EFPOXM2c6Q+MtdG7MbN2Me8c5v2CUYPADhOAeOEOTx5MBwEQAIH8BLbm/6rNbzJKggAIgAAIFCcA&#10;d1+cGWqAAAiAwA4SgLvfwUmDySAAAiBQnADcfXFmqAECIAACO0gA7n4HJw0mgwAIgEBxAnD3xZmh&#10;BgiAAAjsIAG8iLmDkwaTQWAfCTx+9/Fh8fjp04/7ODg7phcvnjcbr19/+7L6YcLdV88cPYIACAQI&#10;fPzv//31b3719ZfP95vOn//y408//7X5+rfVDxPJnOqZo0cQAIEwgb339TTsGscId48bDwRAAAQO&#10;ggDc/UFMMwYJAiAAAnD3WAMgAAIgcBAE4O4PYpoxSBAAgeoJWDnS1X/lfZNWw90Xpxn7YfniDZRX&#10;Y4tNK2/QaBkEtpKA+N14ISCSpbJalfnb5u7tdih+nz2pDr4SGFcJvIAoy0p9BSt5w9rQoDZnHVoC&#10;ARDYOAEWh1P6f0I/KFXcbuM9pza4be6eDHWl9jaia+hKBfJGS6qz1QGmnlxNbyGyfs/K6LhAAARA&#10;oFIClbh7J7ZdIbKl2sPJ5I0J9m1rpjEnek/myEhk1RU417LfnPcYDkWzdOlqQVMDPapJEt+Iuull&#10;opimd3ekRbKSddyxsnF2NPyNEDAMjdU0xArD+iqkLlnpokNnIAACdRCoxN1LQW2Rwzq/PjM62ynj&#10;1eqBjhMeX0c3UsQ8mrwhWUC/MYre7y+1vm50Enf4VtQvvtfM5i3RLMuIKznXpKlubP5wfj+1JwPy&#10;p8IW8t6UpYuU/vfDeRQL3q1UoWsatZsYCRMxYx2N7AGQhHPnQio4MFbPwCuICtZxG6FPENgJAlaJ&#10;vMS/7gaWRcdVP0/0SSXdZI70xc5HbkvcJhUmkW6PdHoHqrIsQNVMSefvhKlJi0Tpq0HkdKRsiJse&#10;G562VBQLjCQ2VvtPY19orK6B7qBKnE80DQIlEPjw8c8ltFpfk3RnKh/B963rHP7zv/6nFrMqiO43&#10;HX16PlXmRTwPn57vF6E75e6vnRDd2ylymzrr30eDWf+dSK/QRfrfPH2nt0ufL8tSdJRQD20CI/FD&#10;BBaHp2OHJxofHyvlqnYiroCRIHBgBLqju3a/yS6h2W/f6RRunRAqcPfsjluvxCDJb+ncMqegV0jk&#10;v2p1dN6F09hDygw1Gm3H8U6H8WSOyXobE9qNRirzhKnco36mLjsU+8vb0YjfrpJDoMGIXnk/uRvM&#10;/EexsZcj6Xm96CMwkqRRlAeKrs/O+m39hD851kb33BpIjwlMI8jd13ljoW8QkA5BXtvg7KOoAndv&#10;c+dHZ/ftNXPLFCDrHZP3TPL1zJQdr3rmejJXW4tZbTZ1LvZZSvOnog+Zyj1GqvXmdatrdwr6hp5F&#10;NGnXirrn1oAoto87jbIBlLAX54/QSJJ3CDnzaDYbnIpDjNhQEmNt9G7M8C/ma/LFPQoCILC3BPAD&#10;yHs7tRgYCOwWAfoB5JfffLVbNq9m7cPj9/gB5NXQoRYIgAAIgEA2gQqSOdlGoAQIgAAIEAGS/th7&#10;DjWOEcmcvV9dGCAI7AaBp6fPPzx93g1b17Pyi+Nnx8fP1mtjldpw96tQQx0QAAEQ2DkCSObs3JTB&#10;YBAAARBYhQDc/SrUUAcEQAAEdo4A3P3OTRkMBgEQAIFVCCB3vwo11AEBENg4gcfvPj4sHj992vOX&#10;c168eN5svH797cuNA8xsEO4+ExEKgAAIVEGA/jerX//mV19/+byKzurrg17E/Onnv+J/s6pvBtAz&#10;CIDAFhDYe19PjGscI3L3W7DGYQIIgAAIlE8A7r58xugBBEAABLaAANz9FkwCTAABEACB8glU4e5j&#10;P/hexqD837Rft4fVWqtgmDkHtj2WJA1ejW3OgaMYCGwVAatGndTQrsPQKtx9kXE5wtuOVm2RFkoq&#10;6xkW1GWhH7BPF9LKsKr2YdduQEnThmZBoDYCpGA9l1KtLFKxDQ5/29w9TY2jILsdjPRysYaRqMkm&#10;J4/0xq/Pld66UFdcWP3zStZq7QZUMkp0AgJVEiDduoFWoetdGsnSKk2I91WVu79/90bJTeX3kyzL&#10;N9eezwk/TQv2s5OxGpibK7B/JyvbU5aJ1AOtpcyMNkwkTSZDMbDh1Emh5OrPNE5qs51zq5LV6I1Y&#10;7YoVEd8Mh3Fs1nBH+zEERzYvigtggRFrC1IMECaoWZNtiFaGE/mpMM7OpqWdl+2K+pV13i7oGwR2&#10;mUBF7n42b90IycYip5rpu36k3CCFnyQ6KC+SElT+y8bEpPmefrmx611EurPkZ0hCULZG8oNnrDfr&#10;FVrWGvs8axhplJ/GtShz9eeYa9UN40kig43kzEminOtY9UttuW86j09f5HfFOEmskc6V0Z0ecfTB&#10;h5ViQAg6VRxfR2Iu349GNmRZTC7mV29JYnFdtrt8M8F2ENhuAhW5exO9ehF7GM1MirdbVVfyIYt5&#10;NDZqtOOIY/5YSJqO2SvYHZHvIwFv00mzP2Mp8TytmTrkOXWWnjTKtYxsMFZO6883V/vwy3sxdOP1&#10;DTbSMXd8uMRDlovPkuPTcbiWxaV/sxA6AeR9stHrxU02m4hrQAg6t6wPqLz3nKojKmnOq525AFt6&#10;2PHLyk87tvu2gnUgsI0EKnL3RYYuU+QPV53Z9dTmsE3iXASWlO0gv1Kk1VjZgQp1dWSepzVrQnFZ&#10;+Xh/YdOF26fcvTtwryTFzjZKv1oiQ06njmgw67/ToT67VrpOb73tJGFFzIAE9HgF9vd07LDeXuwH&#10;K7BdYypRFQS2koC6OURINrkYD04TUVblZlft7m0ehDO8S/L45J8oW9GUgW6j0XZc13TI9Qim2Q84&#10;EDWXTvfTkxLxGVc2/lPU5VBX5UZ4JobUR2prxWckV39us/67ieQ6Z+0GJ+/DV6f1SnzB5VLGRx/T&#10;qWM04syZBEjbhGDN7vxuwMeZbANC0BMmdd/S5nR21m+rZ1JF2CJ3X3xxocYOEeiO7toyVdHst++K&#10;x4ibH2pF7j6UB8kcDHl8gYscVVe4LvXY8GQuPJ6FeXR2rRtj96OSQbfRQH5KlWnjkJVPItpjdcMq&#10;J0IbQkprmSYGC+Tqz6lJNpux0cqghxSpK8Nm2Y/O7tsquk/0p9tWWyYlh6LuucUXxVdeigEh6IkB&#10;U3Yums1s5FIy29VmBLVAoBYC9knbNjj7KMIvYtayDNApCIBAnAD9IubLb746BC4Pj9/jFzEPYaIx&#10;RhAAARCoh0BFyZx6BodeQQAEdooA/Rb8Ttm7irE1jhHJnFUmDHVAAAQ2TuDp6fMPT5833uwWNvjF&#10;8bPj42fVGwZ3Xz1z9AgCIAACNRBAMqcG6OgSBEAABKonAHdfPXP0CAIgAAI1EIC7rwE6ugQBEACB&#10;6gkgd189c/QIAiAQIPD43ceHxeOnT3v+cs6LF8+bjdevv31Z/SKAu6+eOXoEARAIEKD/zerXv/nV&#10;118+32869CLmTz//Ff+b1X7PMkYHAiCQQWDvfT2Nv8YxInePOxAEQAAEDoIA3P1BTDMGCQIgAAJw&#10;91gDIAACIHAQBODuD2KaMUgQAIHqCVjZ5vwS3WVauZPu3tcDkXgcYfDyeFXSyYrmh6Cs2BSqgQAI&#10;rE+ABKLnQpqvkET3+v2mt7BV7p7ljcwVl+l2xkCiAXnVArwml6lnlQW5dgPKGhjaBQEQWEaA5PS0&#10;rjPJEilV53qRbZW7JxRGHZUFqNY+AE2Hzetzsb3KLZZkvKvFXbsB1Q4XvYEACGwxgWrcvRPi5nXh&#10;JIrXYdVZNzrWdZ28hUmONftJpXKSsO2cd43sa6M3Iklzurj+kKRyxaVPETbNZj4SKSJ93IgZLoqL&#10;z2zFxIEkzYBAu2zTRPb2ZjIZ+jaohgM9WQNPxmaZQQR2i+84mAYCtRGowt27Ie5ddMsuMvvSGuak&#10;faqj87voxPe55NZOojsduivlVqdpq+yacMTj6FRH/P13wiIrK0kHizMh6J1qOPndixadGiilRPk5&#10;Y8J55Et+kyjupdIm9gygdkmQVl7OoMbX0Q1/9L7XY8HvqTyJEAih+02DFX2Kc4qy0DNwkA0VJUAA&#10;BA6ZgPal5f334apjUjTLe6GSdioGIT8uP7wbROIP/V+ZqVnWC5XkS9nh1rN/qzK2YLJJ8cnVwKac&#10;RL9cQ1ubNkDXAG+Y2irXJnc45nPXPNWjZ2CsgfLmEy2DQDkEPnz8czkN19Qq3ZLK4/At77qI//yv&#10;/6nFpiqi+yK7qd0Y5MPYZfErpUryNi1Cd8rd65A5US/roGAqzPr30WCmTgT0qTp9nN66iaGkWTED&#10;vP3vvUwxeRflsiLuhB/3nAoS8T2F+Hy4Tyaw8hJBORAAgXIJdEd36nDf7Lfv8r5dUqZNFbj7RqM9&#10;M252OuR8TKHkcrshvSF5voRL7Ix1bijk+vx3ExfT65luK4S003olPuZy4o+A4XxAeDsaPVzNT2R6&#10;hkYiEkzszu8Gs3s/mxM2gNu1+4UkkvT3/Cz/4s3F/Oqt9PavWp3xhehTdDukP7unA0PW3fsK4S1z&#10;daFtEDhoAjZDvA3OPooqcPfkCvk1G/nI8yQysWquddB9S55VVr2NBrEqjd6N+fZinszdO5WpPufL&#10;U6HbLPvR2X1bNZVqOIX0YkhvJlH3XNtHY4vv4CkGULvG7qOTudpm4jzYmc8i86iZ+tSxAo2lT5sR&#10;bzLmo7PrXDxRCARA4GAJ4AeQD3bqMXAQ2C4C9APIL7/5artsKseah8fv8QPI5aBFqyAAAjtCgH4L&#10;fkcsXd3MGseI6H71aUNNEACBDRJ4evr8w9PnDTa4tU19cfzs+PhZ9ebB3VfPHD2CAAiAQA0EqnhU&#10;W8Ow0CUIgAAIgIBPANE9VgQIgMCGCSyq/nGqDdtfWXMN9ZZ5RR0iuq8INLoBARAAgXoJwN3Xyx+9&#10;gwAIgEBFBODuKwKNbkAABECgXgJw9/XyR+8gAAIgUBEBuPuKQKMbEAABEKiXANx9vfzROwiAwH4S&#10;+PBvf9eU19/9W0wIo64Bw93XRR79ggAI7C+BD//2j3/4m3954Otf/uYP/7gdDh/ufn8XHEYGAiBQ&#10;E4EPf/r36I//8DvR++/+4Y/Rv/9pGwL8qt29/wvwZU5FJT1V0slqlOhH7xOSjbIllrxN+WqlrsqC&#10;wHbmlTZeyXBUAoHDIlC1u19K15Uh14rgaTf8qj7GUSDfrNPLu27qNoDEdedXDyEFrbwjqKocaUMk&#10;5Imr6hv9gMAeEtgqd29kyF3d1U3KwLgShax1246pT5U+wVtgwMV4wErnha70k0KhZopv0awPYyS8&#10;CvWFwiAAAnEC1bh7G7afjFeaAxsSy9M9hajjaCxkrrQYoj4OLDv+k8KhVX5lMSgtiHs0HFLmQFw6&#10;zeEeNWyb1pBYOkQUF585FRO2pBggEyxe/8LDTuSnbJztzvrekDHms2Y/IGTLwowOgfAYV5mh2zi+&#10;VRoJjIc1e43yJUQZV6GKOnUQePW7v43+8M9/El3/6Z//EP3t76Q0ar1XFe5+mbx4ntG7ITGd7tnx&#10;kWrfQEm7s8c2xwKK2KOTdIdvxQTjZcbRqZCGJ/lyJSMbaNPTLz+/nyrhWOHhWRrxF0qRLCZn1+cP&#10;Umb+rhX/paiwAVT9oqXqkCjimVKkJRV0adRo9Naqqk/f9dscnocqZQqsx7abvNwyZ0njowNTX5uf&#10;WckvkAKXhX2rPoMVtBzFQSBJ4NXv/+mP//H34j3Mv/+PP/7T77fB21ehVUui2R2juLrKwnB9FPlL&#10;G+3ZxvIeH7R/e2hdyLhZq4LrkJe8i2412aZrSKM3UikR5etV0knojrOKLe0F3V4iaxI0gNrlOuKi&#10;oFy7N1JBl6rktJ+ZIJcE2qWtoUoxb54NO4ObDrfZKG1g8CGvOTGwwG7cO5tOzInMJa+NDMP1hsDw&#10;duGhQzZ3lDgAAq9+/6/iPcyHh3/dDmdfiTQ53cclz23x44P0uneD8a3293ETc7c5viYp87FNMEvx&#10;+ZvozNtO4s3HDRjcyQOBjOa1l7e12N/zscN4e/4qXok21kKkM8cox8Jnnk7nSh0/ivvb0h/JFBo0&#10;CoPAwRKoIJnDAZ9OvzoOKf9rdq9aHeOWKZUR6aPC3EmVtNXvRpM7TJ/L2BNHKttpLTljJdp0DVlM&#10;hjLnMrgcjd5TDqOpnyqI8JddHDlJ10Qqm2IAt2v2C9OwP45G73IwvnhzMdchf6AS7QmWVHCXdUcg&#10;2s/FLf/dsZjQk2Bx+Ch8BeESMjob6klC7r4wVVQAAYdABe6eE+3kDUWq4ux6BfrkOikjL3MdJ9Gd&#10;DC85qyMaJS9rM+JHt9EgvQdymdoQbovy5emhaqhN15Dmdatr32+R7wyyMd1T00Xz+vzGz+akGMDt&#10;2lr9KCx5wNvmzOx1vKEkKjV6N1dzRepi3kmS8DaE3Nyy50w+NadUFD23WPFVqjBcerZsh5xtB0qA&#10;AAikE4Ca1aGtDjpVLd3ntooHGXt7GkpubZWVMCZOAGpWOddExWpWcPc552WPipEP3Yn/04rtjO7g&#10;7Pdo6WEo9RKAu6+XP3oHARAAgYoIVJG7r2go6AYEQAAEQCCdANw9VgcIgAAIHAQBuPuDmGYMEgRA&#10;AATg7rEGQAAEQOAgCMDdH8Q0Y5AgAAIgAHePNQACIAACB0EA7v4gphmDBAEQAAG4e6wBEAABEDgI&#10;AnD3BzHNGCQIgAAI/B9KiT+cAY7YTQAAAABJRU5ErkJgglBLAwQUAAYACAAAACEAACQNTd8AAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrDQBCG74LvsIzgze6mMUVjNqUU9VQEW0G8TZNpEpqd&#10;Ddltkr69m5MeZ76ff77J1pNpxUC9ayxriBYKBHFhy4YrDV+Ht4cnEM4jl9haJg1XcrDOb28yTEs7&#10;8icNe1+JUMIuRQ21910qpStqMugWtiMO7GR7gz6MfSXLHsdQblq5VGolDTYcLtTY0bam4ry/GA3v&#10;I46bOHoddufT9vpzSD6+dxFpfX83bV5AeJr8Xxhm/aAOeXA62guXTrQa4sfnJEQDUDGIOaCSKGyO&#10;M1otQeaZ/P9D/gsAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3JlbHMv&#10;ZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPIJoFA&#10;l/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJSOCtY&#10;SolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/PHF5&#10;o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAAT&#10;AgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBq&#10;uk+GSAQAABIKAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAA&#10;IQD2hFWyu0AAALtAAAAUAAAAAAAAAAAAAAAAAK4GAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQIt&#10;ABQABgAIAAAAIQAAJA1N3wAAAAsBAAAPAAAAAAAAAAAAAAAAAJtHAABkcnMvZG93bnJldi54bWxQ&#10;SwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAACnSAAAZHJzL19yZWxzL2Uy&#10;b0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAACaSQAAAAA=&#10;">
-[...9 lines deleted...]
-              </v:group>
+              <v:rect w14:anchorId="2BAA833D" id="_x0000_s1029" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:528pt;height:36pt;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDI0ezUlgIAAKkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1kfc2oUwQpOgzo&#10;2mLt0LMiS7EBWdQkJXb260dJttN23Q7DLrLEx0fyM8mLy75VZCesa0CXdHaUUyI0h6rRm5J+f7z+&#10;cE6J80xXTIEWJd0LRy8X799ddKYQc6hBVcISBNGu6ExJa+9NkWWO16Jl7giM0KiUYFvm8Wk3WWVZ&#10;h+ityuZ5fpp1YCtjgQvnUHqVlHQR8aUU3N9J6YQnqqSYm4+njec6nNnighUby0zd8CEN9g9ZtKzR&#10;GHSCumKeka1tfoNqG27BgfRHHNoMpGy4iDVgNbP8VTUPNTMi1oLkODPR5P4fLL/dPZh7izR0xhUO&#10;r6GKXto2fDE/0key9hNZoveEo/D0LD85zZFTjrrjkzP8G4HN7OBtrPOfBbQkXEpq8WdEjtjuxvlk&#10;OpqEYA5UU103SsVHaACxUpbsGP4638+jq9q2X6FKsrOTPIVkBYrxNyfxfBRjJrGNAkrM60UApUMY&#10;DSFgyiVIsgML8eb3SgQ7pb8JSZoK606JTMgpKONcaD+LObqaVSKJZ3/MJQIGZInxJ+wB4GXtI3bK&#10;crAPriL29+Scp+h/c548YmTQfnJuGw32LQCFVQ2Rk/1IUqImsOT7dY/clPRjsAySNVT7e0sspHlz&#10;hl832AM3zPl7ZnHAsG1wafg7PKSCrqQw3Cipwf58Sx7sse9RS0mHA1tS92PLrKBEfdE4EZ9mx8dh&#10;wuMj9iMl9rlm/Vyjt+0KsLFmuJ4Mj1d0tl6NV2mhfcLdsgxRUcU0x9jYieN15dMawd3ExXIZjXCm&#10;DfM3+sHwAB1YDh3+2D8xa4Yx8DhAtzCONiteTUOyDZ4allsPsomjcmB14B/3QWzqYXeFhfP8Ha0O&#10;G3bxCwAA//8DAFBLAwQUAAYACAAAACEA+7/Ia9oAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;zU7DMBCE70i8g7WVuFG7kSglxKkQEgckBDSUuxsvcai9jmLnh7fH5UIvI41mNfNtsZ2dZSP2ofUk&#10;YbUUwJBqr1tqJOw/nq43wEJUpJX1hBJ+MMC2vLwoVK79RDscq9iwVEIhVxJMjF3OeagNOhWWvkNK&#10;2ZfvnYrJ9g3XvZpSubM8E2LNnWopLRjV4aPB+lgNTsLLN477t8+798k8D7zKaju86pWUV4v54R5Y&#10;xDn+H8MJP6FDmZgOfiAdmJWQHol/esrEzTr5g4TbTAAvC35OX/4CAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAyNHs1JYCAACpBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEA+7/Ia9oAAAAFAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAPcFAAAAAA==&#10;" fillcolor="#215e99 [2431]" stroked="f" strokeweight="1pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="6368096F" w14:textId="6FD7B8F5" w:rsidR="006629EF" w:rsidRPr="006629EF" w:rsidRDefault="006629EF" w:rsidP="006629EF">
+                      <w:pPr>
+                        <w:pStyle w:val="Title"/>
+                        <w:contextualSpacing w:val="0"/>
+                        <w:rPr>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006629EF">
+                        <w:rPr>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
+                        </w:rPr>
+                        <w:t>Section 4:  After School Snack Program Claim Entry</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="293EDAF1" w14:textId="77777777" w:rsidR="006629EF" w:rsidRDefault="006629EF" w:rsidP="006629EF">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="margin"/>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3929BEFD" w14:textId="27A38CD2" w:rsidR="0013369C" w:rsidRDefault="0013369C" w:rsidP="00D02626">
-[...58 lines deleted...]
-    <w:p w14:paraId="382BC2C0" w14:textId="16C15CD5" w:rsidR="00BD4F4C" w:rsidRDefault="00BD4F4C" w:rsidP="00BD4F4C">
+    <w:p w14:paraId="4D2A1B59" w14:textId="77777777" w:rsidR="006629EF" w:rsidRDefault="006629EF" w:rsidP="00521643">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
-        <w:rPr>
-[...37 lines deleted...]
-    <w:p w14:paraId="4D0CEC0E" w14:textId="629EC8FD" w:rsidR="00F44269" w:rsidRPr="00ED5EB5" w:rsidRDefault="00F44269" w:rsidP="005B0F72">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25F4D606" w14:textId="77777777" w:rsidR="006629EF" w:rsidRDefault="006629EF" w:rsidP="00521643">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:numPr>
-[...124 lines deleted...]
-    <w:p w14:paraId="03C8A544" w14:textId="77777777" w:rsidR="00521643" w:rsidRPr="00ED5EB5" w:rsidRDefault="00521643" w:rsidP="00521643">
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D2A02B2" w14:textId="77777777" w:rsidR="000F48F3" w:rsidRPr="008D2CB5" w:rsidRDefault="000F48F3" w:rsidP="008D2CB5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="4378D375" w14:textId="727A8DCC" w:rsidR="00F44269" w:rsidRPr="00ED5EB5" w:rsidRDefault="00F44269" w:rsidP="005B0F72">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76C0003F" w14:textId="022BD672" w:rsidR="00C05563" w:rsidRPr="00E42316" w:rsidRDefault="00C05563" w:rsidP="009D69BD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:numPr>
-[...140 lines deleted...]
-    <w:p w14:paraId="0D54FA5C" w14:textId="787022A8" w:rsidR="00521643" w:rsidRPr="00ED5EB5" w:rsidRDefault="00521643" w:rsidP="00521643">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E42316">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The information displayed for the After School Snack Program </w:t>
+      </w:r>
+      <w:r w:rsidR="000E5A96" w:rsidRPr="00C642AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is determined by</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5A96" w:rsidRPr="00E42316">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E42316">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">whether the school is Area Eligible or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E42316">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NonArea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E42316">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Eligible. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="169E1068" w14:textId="3E1215B3" w:rsidR="00C01542" w:rsidRPr="00E42316" w:rsidRDefault="00F716E8" w:rsidP="00521643">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:rPr>
-[...569 lines deleted...]
-          <w:highlight w:val="yellow"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46256289" wp14:editId="47D83095">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251685888" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56D753EF" wp14:editId="1CAAAC14">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>1695450</wp:posOffset>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2219325</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>57150</wp:posOffset>
+                  <wp:posOffset>125095</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="4845050" cy="1876425"/>
-[...2 lines deleted...]
-                <wp:docPr id="511656447" name="Group 7"/>
+                <wp:extent cx="4533900" cy="2094865"/>
+                <wp:effectExtent l="171450" t="57150" r="400050" b="381635"/>
+                <wp:wrapNone/>
+                <wp:docPr id="579058437" name="Group 4"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4845050" cy="1876425"/>
+                          <a:ext cx="4533900" cy="2094865"/>
                           <a:chOff x="0" y="0"/>
-                          <a:chExt cx="4845050" cy="1876425"/>
+                          <a:chExt cx="4533900" cy="2094865"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="6" name="Picture 1"/>
+                          <pic:cNvPr id="4" name="Picture 7"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId16">
+                          <a:blip r:embed="rId14">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="142875"/>
-                            <a:ext cx="4845050" cy="1733550"/>
+                            <a:ext cx="4533900" cy="1951990"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="accent1"/>
                             </a:solidFill>
                           </a:ln>
                           <a:effectLst>
                             <a:outerShdw blurRad="292100" dist="139700" dir="2700000" algn="tl" rotWithShape="0">
                               <a:srgbClr val="333333">
                                 <a:alpha val="65000"/>
                               </a:srgbClr>
                             </a:outerShdw>
                           </a:effectLst>
                         </pic:spPr>
                       </pic:pic>
                       <wps:wsp>
-                        <wps:cNvPr id="1044491818" name="Oval 2"/>
+                        <wps:cNvPr id="437260245" name="Oval 2"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="1457325" y="0"/>
-                            <a:ext cx="1514475" cy="428625"/>
+                            <a:off x="1514475" y="0"/>
+                            <a:ext cx="1485168" cy="420342"/>
                           </a:xfrm>
                           <a:prstGeom prst="ellipse">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="57150" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:srgbClr val="C00000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                             <a:miter lim="800000"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="5A7E2736" id="Group 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:133.5pt;margin-top:4.5pt;width:381.5pt;height:147.75pt;z-index:251665408;mso-position-horizontal-relative:margin" coordsize="48450,18764" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAavzK5CwQAAEsJAAAOAAAAZHJzL2Uyb0RvYy54bWycVttu2zgQfV9g/4HQ&#10;eyPL8S1GnCJINkGBbGM0XeSZpiiLKEVySdpO+vV7hpIdX1K02wBWOOJweObM4VCXH18azdbSB2XN&#10;LCvOehmTRthSmeUs++fr3YdJxkLkpuTaGjnLXmXIPl79+cflxk1l39ZWl9IzBDFhunGzrI7RTfM8&#10;iFo2PJxZJw0mK+sbHmH6ZV56vkH0Ruf9Xm+Ub6wvnbdChoC3t+1kdpXiV5UU8bGqgoxMzzJgi+np&#10;03NBz/zqkk+XnrtaiQ4G/w0UDVcGm+5C3fLI2cqrk1CNEt4GW8UzYZvcVpUSMuWAbIreUTb33q5c&#10;ymU53SzdjiZQe8TTb4cVn9f33j25uQcTG7cEF8miXF4q39B/oGQvibLXHWXyJTKBl4PJYNgbglmB&#10;uWIyHg36w5ZUUYP5k3Wi/usnK/PtxvkBHKfEFL+OA4xOOPi5VrAqrrzMuiDNL8VouP+2ch9QLsej&#10;Wiit4muSHgpDoMx6rsTctwbonHumylk2ypjhDRSPWdqUFUQLLSCfdgWnjB6s+BaYsTc1N0t5HRw0&#10;CyrJOz90T+bBdgut3J3SmqpE4y4x6PtIH+9w02rv1opVI01sD5OXGjlaE2rlQsb8VDYLiWT8pzIB&#10;4tPgxRcATMcmRC+jqGnzCiC696jfbiIhfgNJ6QRIjS02f9sS3PBVtOnYvCu1YtCfjDs1va+38fn5&#10;EOIjqraqAac+xHtpG0YDYAfctAdfPwQCDtetC0HXhp7BalVuqUzdR95oz9YcfYMLAYbaihx4IlK7&#10;WqZOg/AUyq6i9E91uWELvfJfOPjrX/SLHg5JqQhRcX4xbi0Uqo8h/jLG9RIdNGrQbuOzivVTzR04&#10;6iXwwS8XO0Dn6a9NSruatzBHQ4rTJti5p2R3eJK1BzVVh+qBCSoNftQD0IjDVkmwTrT0v3pNSgJI&#10;Kezb4Sh6g8HgopgUuB3aU/IIplmf0Heeu5YUkmSI2CORFIPh+Bzdhp12pWJYDAaQTupKUNGobUo/&#10;FonUOD1BtpS+rxNjSR4ASEVnm1k2HBep8XFcWxXODXZrHIodzHJbTRF9Cnmorv1S3rTV76q2L0LS&#10;6C0PdVvcFIHo4dNGQV9Mq2aWTfZXH0mRQhKXbYFptLDlKw4f5JWaeXDiTmGTBx7inHtce1AhrvL4&#10;iEelLVK03ShjtfXf33tP/lAIZjO2wTWK9P9dceqx+pOBdi5QCISNyUDB+jD8/sxif8asmhuLE1fg&#10;o8GJNCT/qLfDytvmGTf+Ne2KKW4E9p5lRHRn3ETYmMI3g5DX12ncNu8H8+TQ8otUEqL368sz967r&#10;ExEt5rPd6pVPj9pF60v8G3uNtlWp1EveeO3oxtlJo3RjY3TwSbBvJ6+3b6Cr/wAAAP//AwBQSwME&#10;CgAAAAAAAAAhAMT0vAjPKgAAzyoAABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAA&#10;DUlIRFIAAAHuAAAAwQgCAAAAhvjEVgAAAAFzUkdCAK7OHOkAAAAJcEhZcwAADsQAAA7EAZUrDhsA&#10;ACp0SURBVHhe7Z2/bhvH9sdXvyJxoMIOggS4QOwYIDvWquiGegC9glSQnQvyAVT8oAcgC3diIb2C&#10;HkBszIq1qiviKvbFDZCLIE4CBe58z5n/szvL3SV3qV3yu00scubMmc8sz5w5y/B78OXLlwgXCIAA&#10;CIBAkwn8X5Odh+8gAAIgAAJMoEgoX07fHMjrzXS5DXxqwDJGK9HUNmZewzFmI7H0o1lNfHP9ybe6&#10;bo/U2eQyVTcWNVkSuPGUBEKhXN2osY/tcno6mEfR8JZKMu/7LdmojCj7lNNXY9tNSm5VVcQrQ1Vt&#10;h9WMUhXM2eh4EkXdy/txzxkifKeU60OSWyXLU8jp3vj+shtFk+MqbpRCnqAxCCgCgVA+u6EPrbgm&#10;N04K9uGOAnnU7bzaMXYcxtu0SYk9iq/bYYUzpGDIY6hI0JSdcDk9F4H8ut9y2aTcKVXgU9zkCnnb&#10;CY/W6r/n1ynDWDV2bxzuvY6/rf61CObn2zmfruMi+uwXgWQot59PJ5ZTvOOsLIrmgzalk6PRgfOn&#10;zs293FbnK/osOhXVGRm7/ERLxzM/NfbynVD25xrxQmLqG8GVnb3js4abbtInXsSKWDpoxgjNKArO&#10;Pf1WavXOKBBE86vZUnd9M52Kg46ceKq9RJIq2puygLGRdtCItVQDrk6vl7MrZnTW8yNl8E4J+ZI2&#10;nzTChT+CsapImJFeUO/OMpjSdtXUu0kuoVhBXCBQAwIqFTX/kTlp9/KWkw5VT3GTVZ286nYiyTS5&#10;rEye3Pf8HJfeFwmpazhgndrwOKqpbKwMyfEDI6x+Q5nykjsnBTcpeRyH/NvzOTGjgDeJcXyXPYtm&#10;lvJuIFfc4TzHvT9cIEkb7kRcWiGmLuCA57JLCrrknZL0JblaCWPhuyK+1MlJycOUyyWVkXcH6UUU&#10;jgT4iNcD6+DeKClcwrcQXgWBagnEsnJ5kuYErCfzRq/GsmLnkRmaStxedUzKqbuojwAdgWWhJnY0&#10;Vd0v38pKLB2YnUN0V7wsjUaLJWVB3mi9tyLUCE9T31i9aaaVjXRKxgWY+GVnlDX3wNgyz42GJ7by&#10;rKPbuOe92epf8OYq83fV6yKtkGBt8Jgm45QnKO/ymA5vmbZatbsPYVZHLS8nz7xTrC+r+Kwi7Poh&#10;ToPqWlmgzmTkzW4oUAbuV8HPXaRW60jctk7NUb20+tbCuyCwHQJ+KFc3r4jIqgaQrxq4XC7YX/WB&#10;C0U+M53eWCZB5sNJn0zVPe+Uw80pyKe+kWF5HohfHAgpBrrnjLCVAnP3CNFekCj6ihHUZuePxi4G&#10;30iZGsVI8wQglifnxbyqXYE7JZVPbsLkiJvGh6kpb4sw0hNMick66TgWW0hgPywDJGyAQDkEvFCu&#10;Pp8qyqqAnKsaqD4M/rk57SmUevykD7CU6BTMb8LNKW1MfSMVVu9E7Csi1/cuN1atRl1o7g6h1Iik&#10;zh/+qAWfN6s6tpv2b3jDeIiK3ClpfPIT3tDzzO4pmYRaB7/45qxawQQk0w00AIENCLihXH+25Jcs&#10;TAlyVSw36awMifPBO/2dF0q5Mr+pZTOoWPeszqq5fOSkHsqJKkzqG+mxXJRn6IhgvJWDe7uC+4Av&#10;aWmtua9YM30ekmd5ObaoBKh9J0/Ry90OdNxd9zZJPuArdqek8ClAuIDnBRhpq2k1meS5dDZyno6m&#10;PAwu4CuagkCJBGwpPvBk0H3Je+zoPDEkX9xv2DmuiXQm3i1+2Lc5j/+O89hTmo+75z599E4DwTfS&#10;Hnu6z2yt6+4jVH51OOSNSn1fMQHCeTBqTCSfo8afExvwQdc8GI6xRK0kDMfy4uUZDu1zy9BjVGk/&#10;/cmjestQXn2nZM8njjJO2Hs8FPhuaOLG8odMYRR87KkXLHVuseHtnYaHntU+xYP1ggSigu3RvC4E&#10;VkTeClxM3YgqGKs8k9Uxqs5yebOHpb0igFDeqOWO5YgZ36EsdWrBw0ipI5RkbAuMGsOiJKQw0wAC&#10;B+RjieUamAIBEAABENg+gSI/p7V97zAiCIAACIBADgIqKz84+P8cjdEEBEAABECgjgSQlddxVeAT&#10;CIAACBQigFp5IVxoDAIgAAJ1JICsvI6rAp9AAARAoBABhPJCuNAYBEAABOpIAKG8jqsCn0AABECg&#10;EAGE8kK40BgEQAAE6kgAobyOqwKfQAAEQKAQAXyDpRAuNAYBEKiEwMPPH++XD58+/VGJ9doYffHi&#10;ebv1+vVPL0v3CKG8dKQwCAIgUJjAx3//9+tvvvrhu+eFezaqw6+//fHnX3+3X/+jdK9RYCkdKQyC&#10;AAisQ2Dn4zhBqW6OCOXr3HPoAwIgAAK1IoBQXqvlgDMgAAIgsA4BhPJ1qKEPCIAACNSKAEJ5rZYD&#10;zoAACOwIgdnoQF2ZKsdlzLhhoZzoVIJFUXdEeNPhkoxzsp1xbPW7ZSxZ/WwE50wC0/JWzgW1fpNa&#10;7VFVN2LTOMDfNAKz0fFCCt7fXy6OK4la/tDxUC4+fskPX8qHNcdCUk/PYh0/A8vpuaT+nmTtY5fd&#10;Wmka6QvSG38Z93LgKKeJhLqF22MDd1dBXWlWTs5eJU3TW8id3F42WCx0LZvA7GYyvJDhpNW/GE5u&#10;ZmWPELcXC+XswOVldDVbmobik9UezNf3hBTfo8G7yqeyvoMf7uZHrUQQjyKe+nlH7Kxqdz2fWjDr&#10;j7dpz+XsKrq83MbtsYGnaVDzmLS69sS9jC2SVvI4ujUCjbdHdx/y+IE2INAYAn4o50h+0u+dubG8&#10;1X/PZ4TuBlPqvL2+XMSjoJuem3/zP0a6xDSamQTNzaJu9PvmRSePUymcOEVMZcN4VhcvYdFJaBJN&#10;jpOnkdm7wdGtk6gTCf3X3TudOSrrocOGdYsGkBc3m8qsU3hvfVGTYcdHo5jxGHqO5Ge9/okTy4Pd&#10;PJgaVroHcibstCXm1o0ShT/jfGCjj0NN1g3jjqy6v+LLmVzwAErXIO0rwxN7auqN5f4QJOSeCjwS&#10;CkAsoxfNxWsBr3jaJZ0qNvj8oes+EPBCuYjkvajlx/IyMNAZ4yhnYj6JTkT2dDucHJ9G1/LfTmf9&#10;Pr94KsNh++5CJVy3kalKzQd30pCX1bnpGTXmj2BvTALqQrver68sl4tu51Vw9vNFRzk2nKQl6uTW&#10;1ZnK6F0R+MmVnNT7fjR9Y3L++7MrMRm6sozLSN6Kem4sd7q5pbkELB7A88Akq4qGexoUNZK3FPQC&#10;iF2QgY3egxqALmZqHYkdieaDtt44dOB0ljPsTQilWbzeW6pXBjd2Tej+Up8cRe4iL307eZM9u7Nn&#10;VnpD3Hx05yynp3a9O8s6nN7K+OTCRlMIOKGcPrgiklNxh2J5zsCbe57iw5QnQdHZ06tOt8sRS10L&#10;/eEw2RWFsjmdkyniypyaL0p/dcOuCELxy03PyCWvlJR7LpFxjJxM6cUbgeO+baUraFFEvpiYRYkt&#10;T4avDON0VhCRPBKx3G4kphutXldDiMMSA3ge2Baahtki9J4RRBzLc1eyS4NuHYl1dwosenu1yxla&#10;8BSU1qyOz/edcz+i6/m3Wke6dfI05U6g1R+rJyoqjqtUgQzwaoqtp9dXTegRSikFovy3JlrWg4Dz&#10;4bSBtVLXbCinD+5cx0Q+MZddqBfpXjW1Zq+0Gnh0uR5B/my6Dw2KWaFPf44O4jCgr1xFYTo5RXoD&#10;oI1rAw9T3VN3oYnkYn+RD+PlxTkobaBPd4UWPB9KGdLpxJf6GCrtNJWY7eTq7qjr3NEctr98uY5O&#10;Q1W9p2OFkZ+GAJ1Lj+Thsk112lyf7c0cNaFcPEpzPq6r7nZZmMyTYnvOcRY8GEzsazp35PBU+NJ7&#10;nciGzEPV2Wi1W5RGm0+xzW/Dgwt/ddmDm8xG+b/5wGcGvRGkxD32xexty+kozyNVroE54Z/KAond&#10;JjStlMQghYY4rpyeDo70I/gkYk79DcisbasI9Oz7ILTgGShjX8AiiGmlMzG8fgZu7kt3Amahhhfj&#10;8Xv+uMo7Tt0cvFdQwUnd2mt9TrIRoEUTCMi9na8tBPIo0qHcS8GYkz1mq2+wiFQwfygLsW71r+3j&#10;UxEoZUn0JhrmXxpdTOFKtEDUG3N1WFdYFinlbTUAfdKoAKqqMZH7UDPgATWmGrYp29K3Wa6T31ZM&#10;89zuygenV8FG7IvauHnrjkJfool1VE8zzKvOYw1Tq6HqtzmZJGD59tJosNm586AwgJjXUlM/X6x+&#10;KF4IevadEPRmJUrxqMZdx/v0s5stq9v70p1A+6pjy35083FBnfOa3oldy6uzAjdK9oTRAgSyCeBH&#10;brMZNaAFpZ30iDgWnyglvDnZTkbQAERwsd4E6EduX/74fb19LMe7+4df8CO35aCEFRAAARDYMQLI&#10;yndsQTEdEGgkAUhPbLhsCOUbAkR3EACBEgg8Pn7+/fFzCYZqb+Lbw2eHh89KdxOhvHSkMAgCIAAC&#10;2ybQsF9G3DYejAcCIAACTSCAUN6EVYKPIAACILCSAEI5bhAQAAEQaDwB1Mobv4SYAAjsAIGHnz/e&#10;Lx8+ffpjB+ayYgovXjxvt16//ull6dNEKC8dKQyCAAgUJoAvIxZG5ndAgWVDgOgOAiBQDoEfvnte&#10;jqEaW6lujgjlNV52uAYCIAAC+QgglOfjhFYgAAIgUGMCCOU1Xhy4BgIgAAL5CDQslIckNPNNdHUr&#10;JT252W/4rhrCUy/No1gd+4ntle4HqawcsYj1MvjCBgjsHYGknm2lCOKhXAzvRTTr0Fq/Vi7VtazF&#10;qoLxJpSEhiXLbsTEPaWesrmqC/RFnHdVhFetCP2S9lZ+8b6I72gLAvtCgITKZVAhJZJ8UpgbkomF&#10;cpY2uPSUaWY3yiEhluxq6uQeuTscli4VmnvwPA1JBUcLx8SaVyM1l8encBvaCK0mtS9fvb5R9AQB&#10;ECiZAEdSLcLFUpipAoSljeuHciFS0ycJGasy1hubVJWEhdYbt/OWFGfisp5ueu4VA0Z8MJD6iCYD&#10;dRPiG/2+edFJVJUcnCggTGXDuEJc/NxD2+dEiprmSbvZVeOh7sAvTmUOL17Kd7RKuu30ZHnV+CVP&#10;D06u7WTeCSqh44/xy1hPgLKuq8lxi9FIn08sTGidrfdhQC8QqISAF8qV3JijMuaOyfqQKclrpmtC&#10;kcsIcK5sPolOhB4eiYsekzKO/LfTWb9vDgmkq3t3oUT0SJxLB5v54E4a8soMFJhIME22psYcrki5&#10;bRgJwcykSphRWTNRmnzXHpCwpp3T5Er6+r4fJYcITTjgtusc6UMmeqWfHsI++QbSrDugqMl5Rwm8&#10;khSePoPNFx21DlUJbWfeQGgAAiCwkoATyq2UL8fyeOCVQuTrV1+FZGIeZefhCQt2RhFJ43bPrIqi&#10;lnSO9PusPjq/+xCxBrKWsDyg/Fo37F6+lYa8i6KhNcBqxDNKotOvYIFFGyC9YNtTn6aiKN8QIbfd&#10;ngXv26BP6VN333FAkQNm86LEnfHyZdaB1sT0ZBHa9W+HgtNDcxAAgdUEbCgnoea5jol8/naqO1wJ&#10;oGwtXdo2D2VKzKvK6epW0c6DgyOkfCoiL4LL0X3l5Qq/5xzDNsu0LpuK44m+EKoLY0YHEGACLHOv&#10;aso2R64UjQnlFMkjN7RQfUNW6tWTNj+Or1UopcQ8Ggwmdj46gabCTvFJakCUG8/tEWI2Wp35u9Fw&#10;9m4QOXl/cRfCPfINEXCbDkNds4FSgpwwL3ZD92hDe2yeg44wlGmd2rDr5pnGcjriun/atdYtUBZj&#10;2AGBmhOguu3RoM2F2fbg6HYLSZEO5RzJvbDGuwrFcg6YVB3mh4L6WeT6CFv9a1sBFoFdTPXgJhrm&#10;N6p9MfWe3pi/7aPcO150Xq2y1eq/pxK5bExF86yDRrBWnuFrziECbjMfPZPzRbJWTnv9mCv8ZjHo&#10;IUH+eyTbesSuq/uP78Co1cq/LmgJAiDgEuASpLzyf0g3IIhfRtwAHrqCAAiURIB+GfHlj9+XZKzW&#10;Zu4ffmm//kfpLjbs//Ysff4wCAIgAAI7QAChfAcWEVMAgV0g8OtvO647QYtU3RxRYNmFzwDmAAJN&#10;J/D4+Pn3x89Nn0Ue/789fHZ4+CxPy0JtEMoL4UJjEAABEKgjARRY6rgq8AkEQAAEChFAKC+EC41B&#10;AARAoI4EEMrruCrwCQRAAAQKEUCtvBAuNAYBEKiEwMPPH++XD58+7fiXWF68eN5uvX7908vSISKU&#10;l44UBkEABAoToP9F6OtvvqpOkL6wQ9V0oC8j/vnX3/hfhKqhC6sgAAI1ILDzcZwYVzdH1MprcAvD&#10;BRAAARDYjABC+Wb80BsEQAAEakAAobwGiwAXQAAEQGAzAgjlm/FDbxAAARAIEcin8Fsau/qG8pDM&#10;cI5pr9ktol9mJ2XnlepwZvQCTXN4vEmT9NmuzUG4U58ZbkIHfUHgyQiQ+jtpqvOvlbOcQm6FmA38&#10;deS/hHTxkGx5SmXiFXV5amGxniv/TJoNNddyyeI9748iY63ZlnSRvXkrM75cchzARk66ZH0htlVT&#10;2GjIFYZT5r8mTXQDgWIEPnz8tViHerdeEcv++a//VOF7LCsnabbhpSdevFwanbj1d5ek2Q02n212&#10;leLUGvz9JYlClzq82RpIGyjvmaBUB2AMBEBgJwj4oZxD7km/d+YI0bf6476SBSO5ye5qubUUJAGz&#10;7vlf/ZtOJBMlPaePIzcjpX1mw1yyAMXdpyQkTRc1U8ZYWdq5pEHnRXPgMfZYmjp+kbSxUZun9zQL&#10;XX6IexywHxoyRIn094S+veu39tGd4Js3HiQHowUjYJl32NnRSNNQNhPDLKeng7mUv+PupsAS7O27&#10;eaD9ZKPYj3YiLGASzSPghXIRcnss6OvEcp6TDBPnnfssLcwggFSzfmvSNR2qOoPSwptEJyIhpmxY&#10;CjFTsCBBTpkku3ns5Cq65tese6RSqXJpMtq9fNvjSZAUpn4xEtUr155fSZGukS6ykroMhijf46D9&#10;U5PU33ZWZPRGlNv6zRM0G46Z4Pv3cUjCUW8iZ3cz/+wwX3QEHlu1SwwjZFdlgSm+xqY3KXdLDWea&#10;KSnPqmUYNu+mh8cgsHsEnFBuwomI5VbEniYtBUevo1OTgeUnscJslhHeV0REbR3JpnQu0K9FLPN8&#10;pWLW8EKfHGImaQ/SYsyUYVu5aUptFxRZXXthZ7TU6sWdUJRekXSG7JPjnOmKXr1+wMeE5rSTlpOP&#10;5kqdoGrhTsQ5R6l3zcmCFrbL83bTaneYIAPT+1VHKkfzWUVsjrGL94e19vqs+wDvg0DTCLDMvUx8&#10;hNS9CVvVzcOG8uXsaq5jHRcbJjeiKOFcNhAU8CfbbAFjxZpyqkoPka3ctfdYk4IOR9+clwjpdDrQ&#10;m0c46Mkn1vISQc3ugbQPBJ5im1q5CoFubd57KprTzZzNNhuG9o2c46AZCOwrATqyqxM9H2FtEKqM&#10;hwnlFHLN801RvxiKWE7h0EQgjspHLVE454pLru/XpJhlGzI9JFs3Ezs9/WJ4wpQXmh1m9m4QnfVU&#10;GT/QXIYrp+TCGbIo08gJkPu8Nxl7oQDlf6PPmb8znvZYZOC+fRpFJOScrlL9ZvXctElF2Mfizy9p&#10;yAWznI7SvlTpMAsNI6r12RfX9fWW5u6GqJVns0OL/SGgT/RfvmwhkEeRDuUccr3AyAcEiuUU7RbH&#10;6vkhh8aCTqWZFeUR8ZDt4OAmGqrlNS+m7RIUE6mCLN3RhZPwrcGHmkg+xuOLDfbG/BUc9cLxgh/g&#10;coVYv3S+kOUD9yKHTI+DAy61x+bvehyw3ztRGzN1vjq7TqkCOSM6A1osCZ8kOReSC6Z91YntcIaD&#10;ZhYahp4LDEW9J/vJpU04Dk6v9uejiZmCQI0J4Edua7w4pbhGufJpdF1VDbta66UAgJFGEKAfuX35&#10;4/eNcHVDJ+8ffsGP3G7IEN1LImC/+JjvsFHSsDCz2wTot7x3e4I0u+rmiKx8528eTBAEGkDg8fHz&#10;74+fG+Doxi5+e/js8PDZxmbiBhDKS0cKgyAAAiCwbQL1/TmtbZPAeCAAAiDQWAII5Y1dOjgOAiAA&#10;ApoAQjnuBRAAARBoPAHUyhu/hJgACOwAgYefP94vHz592vEvsbx48bzdev36p5elLxlCeelIYRAE&#10;QKAwAfpe+dfffFWdIH1hh6rpQF9G/POvv/G98mrowioIgEANCOx8HCfG1c0RtfIa3MJwAQRAAAQ2&#10;I4BQvhk/9AYBEACBGhBAKK/BIsAFEAABENiMAEL5ZvzQGwRAAARqQKA5odzITVZLzf+JcjVW8MVq&#10;/Ui1viUOTzQ7DAsCu0IgKUNc6czioVwMH/zF6txqE46/MbFk+9vhgTmtFS7lAM4vdwv/c4liWBfW&#10;Gjl9VRI+ecEXkbjS+xnGQaAeBEjDnSTMPEXdah2LhXJWVL4MyJ5RAApJM2T5ZtSAjbYwTa2gekXW&#10;GN2uVQIi6Z1FN6kgkWWi1PeFbtKl1GDCBQIgsJcEOJIqxWEh6lJ9OPBDOY9/0ieRZl/CUmjJv79Q&#10;WsmlrEz88EF72EQpi3JO7abzWTn22cXlQgqiknRQdOG4mTzhcAI+4sTdai7HRubZ3fgtzITZKyuP&#10;5/5hmUjdpL7UYOJrOT0dzKWOz5vpzP3Dl0vWljltH434sKHlj4QZMxfWXZVXAFJKZ6el9D/xgh4i&#10;C3Ypiw8jIAACZRPwQrmI5D0WgXNiOSfknaJCcKvdZP3k6FaqGZPAG9dzSGNsGEnRYs7aTTovGmTE&#10;l1f9iyNW1STlyiNy3wa6+CDinUl0IgYmzWUhxRkbOdDCTMbdXkXynZSd1wp4Sk+PurLoXFcKRL/v&#10;99w/WhSfWWTOgNDznC861xKOUu12gZFIqHIoDCnRmUchKT89Cu0wKcOWfW/BHgiAwNYIOKGc5TA5&#10;klP0oViuFIdlQp4tSlnIYVJElgPRxeqYARl7mzZStp55Sa1Kqk05sTVtED0yySqn2F3RgiO0OAGk&#10;iETbl03LFc6zxrGQ0xRapRMjXN3VKqukviy6u3Nx7AUhJTrTKOY12rjGvbRhWVa25OpX5sqhAQiA&#10;QCkEbChnPXkdWPgQLwoE7qdeVkCyRXxL8MvLI4c5DNLm0410bSpH+7WbqJ3HqYS5puhlow1NuIwu&#10;ffpwMl1XV9qW6craW1OFITle5Bp2bUjoCAL7TsBJ5WyOXCkUE8pFwcAJK3S2p1junOHptM8VEBlu&#10;1vk6i50HJZvmMYCb3i6WXD6W11GLx6GRKDrmuNhRP6NMGyRozB159WhUZDkatP0DgO7BAV7VjVQJ&#10;R5835ncfrFnzBx0M5ur0I5imFZJ4ozLAKEMvBolHMeceHiRt2M0WNccioQkI7A0BKtxSoODzdntw&#10;dLuF064O5brGa0jbYm/58CnuUgVc1RWiW7k7cL4rpk4BTRZMxHUTDddzIDhI0JQ7co6xiExkKxZO&#10;B/WowbyinzmIEjtPh0803h+98b2ZKNWHOq9Shud6uwZivkmUGxKNcnYlbioq40RU2co7bA4YaAIC&#10;IBAmwAVLeW0hkEcRfuS28I1IyevNyXZWp7Bv6AACDSVAP3L78sfvG+p8IbfvH37Bj9wWIlZNY/HN&#10;/+Q3V6oZDFZBAARAIBcBZOW5MKERCIBApQQgPbEhXoTyDQGiOwiAQAkEHh8///74uQRDtTfx7eGz&#10;w8NnpbuJUF46UhgEARAAgW0TaM4vI26bDMYDARAAgcYQQChvzFLBURAAARBII4BQjnsDBEAABBpP&#10;ALXyxi8hJgACIJCTwMPPH++XD58+/ZGzfenNXrx43m69fv3Ty9ItI5SXjhQGQQAEakrgyb/y+Otv&#10;f/z519/4X4Rqen/ALRAAgaYQ+OG750/oanWjo1b+hMuKoUEABECgHAII5eVwhBUQAAEQeEICCOVP&#10;CB9DgwAIgEA5BBDKy+EIKyAAAiDgEkhKC1fKp2GhnGWWG6Zk30CXK73jYBwE9oGA+AlVoeXDmgRb&#10;iFrxUC52Ek/0ze4tVqW+wFJI/UlrsQ6RzZ1SFYy9OdIP0G/wy/Mb0i+wUGgKAiBQGgFHMtJVdy/N&#10;ftJQLJSzA5cJ3WRH5WwdxebucKhVnyucSV7TFByPIyPbxmpGVUTzvN7kaGfpCzGgrYir5nALTUAA&#10;BGpEwA/lQtKs3zuLjBZkKa523pKemRCqdy43dTX/5n+M+GDA12hmJOXd+HWj3zcvWuV5HZbplTfT&#10;qWzoRWqSTKVjj02ThTaadM0be4VtbjcVZw0RVp28WXaik5UQtFZDh+fmHVPUfGPHoSR60ri7J9W8&#10;d6LElBiXX/HMane0ef0m48KGUMqdDSMgUBcCXihX4pRak9L4KONSPCoWmYIQN5YhKOuaRCdCD490&#10;oo9Po2v5b6ezfp9fPOXYScrzdxdKRI+SbB2554M7acgrb5DIsRaAVo6waLEWUc5re3IlHeMzilXw&#10;o6SZHSJ9ViFoHdD00/ZNQKaoqitqVFLrZrGJIlZslprSiXGFOqreg/X5jvYVfQS5P4screjsodAC&#10;BECgOQScUE4JK+XkPfKdY7kJvE7I2KR8L0SF85QypAtR9KrTdcWQZfyiS78fkVwyx+DlcqFyYFYh&#10;nkS6YXcN2ba8tocXQllaXiY9bg/mGQuv7dP2IVvSzuLZKnLjJMc162aXkijyRszgW/2+JEvJvdiE&#10;cIEACFREgGXuVSHCfhorGkuataF8Obua65jIQWlyE0+ibUa4jkui+B+vsqxjKNmnK58Uy2t1kKLQ&#10;ZjYFaYi2gm6q1H0UZdjmtNqkvXnSas973oaKXbxKfKwIj6sesFCjSG1kHLbpOrlZ65l1Md/QGgRA&#10;QBOgw/nRoM0fu/bg6HaDbz7kRWpCufj4OxGR6hsils9GJpXWYUS8GqtB5xmPCwCDwcQ21UGVqgF5&#10;+vtt9F7HBRJbu3HcDZoUlZ62PR1QdWZw5ObYMryrA0ou23ojEHuhvmL7Rcr0eHM0WyZl6FkUhLf6&#10;tgiOKw4/dkoU8cVc+Wh1Kw4xYnaolWeRxvsgsCkBW8/YQiC3WTlH8rOec+jmAwLH8ledha6Ut6/O&#10;nAeGa0y01b+2iasI7GLXOriJhvmt6cK98UY8udQ+Hi9WZNhiEALMX1tRF6fUFnRx23JrEMZO745U&#10;sdtMLbOgxES07+eLcK3cPKk4ODjv3Ctvg+Py9Hh3sEUo+suiibaRG+RfSLQEARAojwB+5NawpJPG&#10;zckm3wHfcFXKGZ9SbnpYjFL4houB7rtJgH7k9uWP3z/t3O4ffsGP3D7tElQxuvM9SjogbHwQW05P&#10;A/WiKhyHTRBoJgH6xfAndLy60ZGVP+GyYmgQAIGtEnh8/Pz74+etDpkY7NvDZ4eHz0r3AaG8dKQw&#10;CAIgAALbJtCwn9PaNh6MBwIgAAJNIIBQ3oRVgo8gAAIgsJIAQjluEBAAARBoPAGE8sYvISYAAiAA&#10;AgjluAdAAARAoPEEEMobv4SYAAiAAAgglOMeAAEQAIHGE0Aob/wSYgIgAAIggFCOewAEQAAEGk8A&#10;obzxS4gJgAAIgEA9QrknUb9qUYRmp68RWt4ahryodMBVrudGUt7881p6MiZ5HUQ7ENg/AvFQLlTG&#10;4tHS/nxf5g9wOwSdH/3LkgWl3xDf+EcBn3ztHN3kTMHlSpx9cgcqmRWMggAI5CAQC+Ws7ntpxX7Z&#10;AEVkVnmQamsFA65RU2NxiCLbQA7P69XEFWgTutJa+Xlbbj65A9uaKMYBARAIEPBDOUfykz6JNGvh&#10;dpJ+e0cSZBsrGXiyoE66rsK7qSbwP0Z8MOBrNDMt3XPC3bs3poGYkVuL0P8WRYCptMSD2IxVmnKP&#10;DO4ec6MHT9Zxkm47PFlvWelL86u9sdz0vPlok+Gx4x4a46K56LvKgxQHkjNnKxYNwbYztZWT0EgF&#10;5KjxUQMBENgyAS+Ui0jeY00xE8s9PftE5SW3s7QhaL050qe8u1CSyqTMlsjVJ9GJeJfERY9JD0f+&#10;+8iqd84XHfliVqY/H9xJS+PebGS1lM8iFrhU8sXCuOOEHpxHPPWK8hluC01Ns3G4XLTJe9K/eyeU&#10;rwNje6rLZ3cz8ziAz0SMizZTkpUwp6PbzjL2xCDsAHVnETnJ6+xKT8miGZMsn963edcWMqeBuW4m&#10;R537PkFDEACB9Qg4oVxrEwt9SB12yKrVnE/Et6wx50r2kkUpVWbv7Q3HkyihZ6yT21edbtdRGzXt&#10;zIteph/wpKtE5+ktssUKmbxttPp9kS/bvJOcMJfJrEnaVIkay/cy3dbx+b5z7kd0bZIkn/UwybHd&#10;nLrVH3M8lT5yHFdVLaEZ3Zbbaa+vmljXgw6QXbMG7cFcT8lBY/dttZGH5xpL+rMWHu+DAAhsl4AN&#10;5UIwXkkC06c+Mkrw1qF4fMt0Ve4C95fdua3YuHsDvblx7SbTCZsHn9xwlOVYSHmnzXCHeUzkdVtG&#10;VDpSsMZ18Mo99uSKhJ8n5+ZwIBW8r6NTXTUKmo87MLxVR6CUZx163zaRnK3a7VsuEe9kuEAABOpL&#10;wIRyiuSRCLy69iGDkZeg06e9KwXtuW6a+zEmBRc63LdlTVbklrLQIOzktpJg6BRtTG5PHgZYU3Yr&#10;huFYeKuz7aOWTH2DXewJRZnLcDv2/TwLKrzyibH52KBj/3I6ktF7eDEev6eTUFsymo0EQQ7VtDnG&#10;TjMpDrBdsxcYw75Trf7FcHL+5nyhTzGBufIJyDhIGXp9b2h4BgL7SUCHco7kTjmDwt6JiuX991RM&#10;ls8ZqeC8ZhJN8YdjEof/3piL3OrB5fFCbg0FLlMwMN5QmThSlZybaBgwRYHIjijEkG1l+cDrok4l&#10;B5yz+9/WWe02hUOenr5sPSngTWhs5qMpt686PbnL8EXbj3hnNOudmCHIvWu/wpLigOYuHGsPaCMN&#10;kebT1txZ/sBcW/1rs2rni26B9UJTEACBLRCAtucWIGMIEAABEKiWQD3+b89q5wjrIAACILDjBBDK&#10;d3yBMT0QAIF9IIBQvg+rjDmCAAjsOAGE8h1fYEwPBEBgHwgglO/DKmOOIAACO04AoXzHFxjTAwEQ&#10;2AcC+DLiPqwy5ggCdSfw8PPH++XDp09/1N3Rzfx78eJ5u/X69U8vNzMT6I1QXjpSGAQBEChM4OO/&#10;//v1N1/98N3zwj0b1eHX3/7486+/26//UbrXKLCUjhQGQQAE1iGw83GcoFQ3R4Tyde459AEBEACB&#10;WhFAKK/VcsAZEAABEFiHAEL5OtTQBwRAAARqRQChvFbLAWdAAAR2hICVeFz/l7wLoEAoLwCLm8Z+&#10;GLxg70qb19i1SucN4yBQPwIkQrmQAhBZypUl+V6rUG63MfH72kml5LUm7aoiFxDMWGusYCdvWiVN&#10;qjzvYAkEQKB0AizKJYRyWSyGtF1SRcVKG7lWoZxm5cqXrSlz4bNx5dd4gySVztLg5THk6hsLwek7&#10;VonGBQIgAAJlEqg+lDs56RoZKfUeTadvTJJurRljTtadrEmRKKUr9qwlkLkWMRoJs3TpbkFXAyOq&#10;BRDviL7pbaKYvnFvrMWJkn3cubJzdjb8jhCFC83VGGJFVn0VUuwr84aCLRAAgacgUH0ol+LComZ0&#10;dnVqNIdTJqsV2ZwAO7mKrrn7+340fUNSa74xyrpJlF5epJwWD+ZWKC2+j8wXHWGWJZWV/GXSVTen&#10;vj+7m9mMnmKl8IUiM1XFIqWFfH8WxZJuK//mukZ2EzNhImau47E9lJHQqNTdDMzVc/ASQm1P8RnC&#10;mCBQBwKOHHtF/7wd2nl6Su6J8ailpw8v4qzzkmuJbVJjEiz2KKYPoDrLBtTNtHT+nXA16ZFofTl0&#10;NemVD3HXY9PTnopmgZnE5mr/NP6F5uo66E6qorWEWRCoiMCHj79WZPlpzNInU4UY/ty6weGf//pP&#10;FS5VnZWXnTV68VLWKrzonV5fFyk31cqvnNTa2wVyuzof3EXD+eCdKHnQRVrIvDQnNyuf1cpWdARQ&#10;D0ACM/G3dhbKpuOCJ6AdnyvVj+qQD8AHEACB2Md3LITphTz6EUvDV31VHco51HZeiVlQTNK1XC75&#10;rlE4f9Xp6loIl41HVK1ptY6coDobxQsspspsXDgKq86L9xOu8oj62bMcUOwdb8dj/oaRnAJNRozK&#10;e8XtcO4/1ox9QZCea4sxAjNJrjTVZqKr09PBkX4Snpxrq3dmHaSyvDGCWnnVnxzYB4HVBGy9dguB&#10;PIqqDuW2Vn1wene0YS2XElu90/FeR3GcAygHVfX88nihtg3D2Jaqxf5IZfVUrCFXecRIWW9fdXri&#10;y0Xioneo9t+mHSnqnVkHotj+6xhlB6hALs4NoZkk7wsK1NF8PjzRO3pgrq3+tZn++WJDvvhsggAI&#10;NJUAfuS2qSsHv0FglwjQj9y+/PH7XZpR2lzuH37Bj9zuw0JjjiCwpwTot7x3fubVzRFZ+c7fPJgg&#10;CDSAwOPj598fPzfA0Y1d/Pbw2eHhs43NxA0glJeOFAZBAARAYNsEqn7sue35YDwQAAEQ2EMCCOV7&#10;uOiYMgiAwK4RQCjftRXFfEAABPaQAEL5Hi46pgwCILBrBBDKd21FMR8QAIE9JIBQvoeLjimDAAjs&#10;GgGE8l1bUcwHBEBgDwkglO/homPKIAACu0YAoXzXVhTzAQEQ2EMC/wMmFIlHQ+zRywAAAABJRU5E&#10;rkJgglBLAwQUAAYACAAAACEAddgEmuEAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBCF&#10;7yb+h82YeJPdUkGs3RJC1BMhEUyIt6Ud2obubNNd2vLvHU56mpm8lzffS5ejbUSPna8daYgmCgRS&#10;7oqaSg3f+4+nBQgfDBWmcYQaruhhmd3fpSYp3EBf2O9CKTiEfGI0VCG0iZQ+r9AaP3EtEmsn11kT&#10;+OxKWXRm4HDbyKlSc2lNTfyhMi2uK8zPu4vV8DmYYRVH7/3mfFpff/az7WETodaPD+PqDUTAMfyZ&#10;4YbP6JAx09FdqPCi0TCdv3CXoOGVx01XseLtqCFWzzOQWSr/V8h+AQAA//8DAFBLAwQUAAYACAAA&#10;ACEAqiYOvrwAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEj0FqwzAQRfeF3EHM&#10;PpadRSjFsjeh4G1IDjBIY1nEGglJLfXtI8gmgUCX8z//PaYf//wqfillF1hB17QgiHUwjq2C6+V7&#10;/wkiF2SDa2BSsFGGcdh99GdasdRRXlzMolI4K1hKiV9SZr2Qx9yESFybOSSPpZ7Jyoj6hpbkoW2P&#10;Mj0zYHhhiskoSJPpQFy2WM3/s8M8O02noH88cXmjkM5XdwVislQUeDIOH2HXRLYgh16+PDbcAQAA&#10;//8DAFBLAQItABQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABq/MrkLBAAASwkAAA4AAAAAAAAAAAAAAAAAOgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAMT0vAjPKgAAzyoAABQAAAAAAAAAAAAAAAAA&#10;cQYAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsBAi0AFAAGAAgAAAAhAHXYBJrhAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAAcjEAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQCqJg6+vAAAACEBAAAZ&#10;AAAAAAAAAAAAAAAAAIAyAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEA&#10;AHMzAAAAAA==&#10;">
-[...1 lines deleted...]
-                  <v:imagedata r:id="rId17" o:title=""/>
+              <v:group w14:anchorId="37D96D95" id="Group 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:174.75pt;margin-top:9.85pt;width:357pt;height:164.95pt;z-index:251685888" coordsize="45339,20948" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBFEZJkCgQAAEoJAAAOAAAAZHJzL2Uyb0RvYy54bWycVttu2zgQfV9g/4HQ&#10;e2NLtuML4hRBsgkKZJug6SLPNEVZRCmSS9KX9Ov3DCU7tpOi3RqIMiMOhzNnzgx18XHbaLaWPihr&#10;5ll+1s+YNMKWyizn2T9fbz9MMhYiNyXX1sh59iJD9vHyzz8uNm4mC1tbXUrP4MSE2cbNszpGN+v1&#10;gqhlw8OZddJgsbK+4RGqX/ZKzzfw3uhe0e+f9zbWl85bIUPA25t2MbtM/qtKivhQVUFGpucZYovp&#10;6dNzQc/e5QWfLT13tRJdGPw3omi4Mjh07+qGR85WXr1x1SjhbbBVPBO26dmqUkKmHJBN3j/J5s7b&#10;lUu5LGebpdvDBGhPcPptt+Lz+s67J/fogcTGLYFF0iiXbeUb+o8o2TZB9rKHTG4jE3g5HA0G0z6Q&#10;FVgr+tPh5HzUgipqIP9mn6j/+snO3u7g3lE4TokZ/joMIL3B4Odcwa648jLrnDS/5KPh/tvKfUC5&#10;HI9qobSKL4l6KAwFZdaPSjz6VgGcj56pEsBkzPAGjMcqHcrGBAttIJt2B6eM7q34Fpix1zU3S3kV&#10;HDiLTiLr3rF5Uo+OW2jlbpXWVCWSu8TA7xN+vINNy70bK1aNNLFtJi81crQm1MqFjPmZbBYSyfhP&#10;ZQqIz4IXXxBgapsQvYyipsMrBNG9R/32Cyni1yApnQCqscXmb1sCG76KNrXNu1TLh8Vk3LHpXb7l&#10;01E+naYm3rMGmPoQ76RtGAmIHeGmM/j6PlDgMN2ZUOja0DNYrcodlGn6yGvt2ZpjbnAhgFBbkSNL&#10;eGp3yzRp4J5c2VWU/qkuN2yhV/4LB37FtMipSUpFEeWD6bjVUKgCIn4Z43qJCRo1YLfxWcX6qeYO&#10;GPVT8MEvF/uABunXJqVdzdswz0fkp02wM0/J7uNJ2kGoqTpUj45pKA/NAAzisGMStDdc+l+zJiWB&#10;SMntQXMMxsV5vxiOdk3yAKBZQcF3hvuJFBJjCNcTjuSjfDgEPdjboZQPJ6P8HDcPDaVh0R8Mk+sf&#10;c0RqNE+QLaLv08RYYkfivTZsM89G43xEc4/j1qrQNhAbh1oHs9wVU0SfXB6T67CS123xu6IdcpAo&#10;esND3dY2eSB4+KxRoBfTqplnk8PdJ0wkl4RlW1+SFrZ8Qe+BXWmWByduFQ655yE+co9bD9ngJo8P&#10;eFTaIkXbSRmrrf/+3nuyB0GwmrENblGk/++K04jVnwyoM0WN4DYmZTgaF1D84cricMWsmmuLhsvx&#10;zeBEEsk+6p1Yeds848K/olOxxI3A2fOMgO6U6wgdS/hkEPLqKsnt7L43Tw4TP08lIXi/bp+5d92Y&#10;iJgwn+2Ornx2Mi1aW8Lf2CtMrUqlUfKKawc3WidJ6cKGdPRFcKgnq9dPoMv/AAAA//8DAFBLAwQK&#10;AAAAAAAAACEA9oRVsrtAAAC7QAAAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoAAAAN&#10;SUhEUgAAAfoAAAEdCAIAAABrNjIkAAAAAXNSR0IArs4c6QAAAAlwSFlzAAAOxAAADsQBlSsOGwAA&#10;QGBJREFUeF7tnT2LI1mW9yMfY6aGNKqaphsGuqoLJE+wnmBA5Sg/QDoLs84umYbklSEZ6wyk8ZAw&#10;zhqSUV7KyGTX2YV18gOknBIMyFtIa1NsdtWyDbMMXd1NDuX1nnPfb8QNRYSkiNDLP5zOku7Lub97&#10;49xzT0Trf/TLL79EuEAABEAABPadwP/b9wFifCAAAiAAAkygoLtfTN4cyevNZFEFQdXhJnrbYFNV&#10;jHwL+5gOxdQPp1toWzkmuSPOt37cGqm8cjV1eLTLmUO0agmkuHu11GK39mJy1p9F0eCOMkDvew1Z&#10;aBOeeAtmxG5kcjsrw6cZqmrLLKeXsmBOhyfjKOpcPYy6oovEGpEIN74ewmtxs6NMzkwpC6CQ0d3R&#10;w1UnisYnZSzFQpag8L4QCLv76S3d2OIa3zqh3Id7cvZRp/VqX0avxsF+qkkbmdjH+LoblDhCcpjc&#10;h7qXN+4dS7J8MbkQzv6m14j3ML4o86SXshbLGKaaGbkG1KZm+2n03vPnFOcs67s7Ctdexd5G70Y4&#10;/FL5rmIY6uwogaC7t3eY4+/JJ3J0F0WzfpPC0uHwyPmnjum8GFlHJfpUOnGiPz+c0j7PD7G9qCYU&#10;47mNeG4z9YvgLE3f8ZnFhq1RRPesuNtjQZ/pIzSiKDj29GXR6J7TrRzNrqcLXfXNZCIOTHLgqe0l&#10;QlFR3iQITBtpB5ZYSdXh8iB6Mb1mRufdkK+b9c9CDj84C+HO0zEF12JotNxEqMe0OSx8w8YyMHG6&#10;6hYIpWBM0bS9PXW9ykUi1gguEFifgIpn3f/I2LZzdcehhcrduEGvDoJ1ORGsmphYhkjud36sTN+L&#10;wNZtONA6leF+VFFZWDUk+w/0sPwL1ZQXwjmhvAntA0R0MK5tTowoYE2iH99kMzRvlHI+6SMXkWe4&#10;9w8XiCFl2gjNKc9NiKkLOGC5rOJ/ITsfXMnJNNOqCqVNT/qEBrmnrcXkaAPE4lMaXnfxxZTEJo99&#10;WeTdhS9r6GUivnGBuE1l2B0iH16h+BQEsggko3t5audArivjTy+fs2R/kXGYCgBftUzoqquom48O&#10;wzIpFDukqupXb2VmmI7OznG6Iz6WjUbzBcU6Xm/dt8LnCEtTv1hiOtudkqLSgRcne+KXHVHW2AN9&#10;y3g5GpzK8SqXqTIB3peN3iV7VnkOULUu01IK2iVLeCaulCcx7/KYDu64gpq1+w9hVu1GILbX1vXP&#10;3t3balmzEJhQ+RzYexEgcy3a0frEGm2xwFQmctkcuiMV51Z1LU+Yxxbr8qU1EJMVuCPEDLnLoOHb&#10;zd+rj5b3gG9BIBeBhLtXy094bZVvyJc7XCzm3KO6ZULe0RjUHclQx9xedG+p6rmM5rtE9ha7aCNI&#10;/SKj5VnAx7GzJD/phW3BZgqM3SNE+0UiRSw6UBui3xmbGPwiZWjk5cwTiVg0nBdzrnJqOmfjsdkR&#10;V5gFlfSW8YlMkBdZizqEOBHu2u5uueeQ+nNPL+F5UTwKLlZRK8Vvp9mdizwKgUAhAnF3r+4w5YmV&#10;086VO1TL2T/wpz3XMve2dEMUhhWMYsLFKfxM/SIVS/dU7D3izOBdrrdZDrXQ2B1CqT5FnWP8Xgs+&#10;I1dZb/f4UGhpJAsnEaky6nRlaxSfhYBphdaiIubnb0bd/HO4JpvM6ilbRIrdprlVdpZMW1DgQAnE&#10;3L2+O+TLIyZhuczfm7BYus1Z/51+l4cCq8x3yGy0GqueVVkVlw+x1INEkfFJ/SLd34tUEB01jLWy&#10;c89nuY8Mky2tNPYlS06fq2Q2QvYtcgJqb8qTYHO3DO05V13lWY8M1Tsktvnis5AwrdhaTJ5Ep0N6&#10;MlpgDguwcR+z56yWloVLsVu3uvQRec6uUQwEFAHf3SdjoWULWx3ix3x+5ncOKGTnYF38m6+0hI77&#10;TgOfulVKw6++NBvExlNxSgnJfBAVpphZHSVSv0iddH7FjtNLccvlAGUXtxFvZulbRs6x5114ZJJl&#10;SZBM2se8jW1zFilRv36Nj6fj7L4tHnusfGX5e3rWIl4aNFfxWYjZVmwtioc9dkFYOAXm0CYXM//H&#10;C+rMLg21VINPNnhQYllxIfflLzPaFLvl9/D2K69YVAwRyHqWi++3l0D6myZl2Bx/EauMPnayzdLA&#10;VDu/O8keRhciEBUqjcL1E4j9L2AZ749u1F7vRdiNtrxzjcUefQfeXV17SKC9NkI0ECNwRP/GsQcE&#10;QAAEQGDvCRT8ibS954EBggAIgMCeErDR/dHR/9/TMWJYIAACIAACRX8AGcRAAARAAAR2kwBy97s5&#10;b7AaBEAABAoSQO6+IDAUBwEQAIHdJAB3v5vzBqtBAARAoCABuPuCwFAcBEAABHaTANz9bs4brAYB&#10;EACBggTg7gsCQ3EQAAEQ2E0CeDNnN+cNVoPA3hF4/O7jw+Lx06cf925k3oBevHjebLx+/e3L6ocJ&#10;d189c/QIAiAQIPDxv//317/51ddfPt9vOn/+y48//fzX5uvfVj9MJHOqZ44eQQAEwgT23tfTsGsc&#10;I9w9bjwQAAEQOAgCcPcHMc0YJAiAAAjA3WMNgAAIgMBBEIC7P4hpxiBBAASqJzAdKiHXo0zV7kqM&#10;2z13TwRLQadmhkV3My9S202WM4Yt/zaz8Z0sEBwziarL5Z4L6q6Nu6yFuGscYG8agenwZH71wIJS&#10;D1fzk1K8VkH4AXcvbtHkDZpyQ+foT0qR2xa38T5ZTC7kzCh9c3dYdoumYaRPGolxj7o5cGymiIS6&#10;DUsofTzLoC6l4IrXZ8qE5+fpTeRebkH5WaBk6QSmt+PBZa/B/TR6l4Px7bT0LrM6SLp7NvLqKrqe&#10;2ihX3H3N/iyrsfTvO4NB1H9X/3BTLfxwP2s3xMz4Fw/9oiV2aLVLX+QJ/1cnlbPmYnodXV1txRJK&#10;tzgNap4xeuqvm9hGaSZPojuj3XnXvv+Qxw6UAYH9IZBw9+ztT3vdc9ffN3rv+TzSWWPYrbc3V/O4&#10;p3TDfPM3/zHUKa/h1AR6bjR2q783HzrxoIp4xWlkIgvGg+B4So1OXeNofJI81Uzf9dt3TsBPJPS/&#10;7t9xeO20Hjq0WLOoA3lxsYkIzeWBx9qiBsOGD4exxuO7EHn7827v1PH3wWoeTA0r3QLJiY22xNwc&#10;VSIRaYwPBANxqMk8ZtyQZesrPp3JCQ+gdBukvWdwak9f3ZHcQ4KE3NOFR0IBiJ0MRHHxWcAqHvZ2&#10;H8LWuK1RdbcIxN298PbdqOH7+02Mic4z7ZwB/jg6FVHY3WB8chbdyL+dyvp7/vBMuszm/aUK3O4i&#10;kyWb9e9lQ1506IZ5VJhv0+7obhANOPTzczmLxbzTehUc/WzeUoYNxmkBP5l1fa5OBtSBucbXclDv&#10;e9HkjTk7PJxfi8HQldU4x/bn3UbUdf29U81NFSZgcQeeBSboVTTck6fIx7wlxxhA7IIMBAMe1AB0&#10;MVJrSOxoNes39eainasznWFrQigN9O5byp8GN39N6OFKn0BFfCMvvZy8wZ7f27MvfSEWH62cxeTM&#10;zndrkeMh0CZuLLQBAnkJ+O6ebm7h7SnZRP4+p3PO21Ukbrg8gY6Owl61Oh32auqa6xvIRGnk7mZ0&#10;JievLGNzviiM1gU7wlHFLzfMI5O8tFXusUTGMDIypRZvFo75tpTO6EUR2WL8GgXIPBi+MhqnM4fw&#10;9pHw93azMdVo9joaQhyW6MCzwJbQNMw2oveVIOJYvLyUXRp0a0isupPM0Vuwnc7QhKegtM1qH/7Q&#10;uvC9vh5/o9HWpZOnMncAjd5IpmQ5mmdfr8IJaoBnU2xP3Z4qQo90qnymk38Fo2TJBJyb0zrWkvvM&#10;aN5z93Rzz7Tf5NP5ph8uiLCxnNy3l+oNPG5djTLfv+5DjGKtkIfIUUEcKvSVK0lNJ7BIbxK0ua1h&#10;Yap5aqUaby/2IPmSgbw4lqVNtr4rNOH5UEq3TyfH1EdnaaeyxGjH1/ftjrOi2bX/8stNdLbB58v1&#10;IUbPaxKg821bHlKblBPOdW+v2WNWddfdi8d/zi297I6QidI8obpnAUfT/f7YfqZjUHZhhS+9Z4qo&#10;yjwIng6Xm0XhuLnTbZwc7lzYq1MsXGQ6zP9GB5899GaR4hvZFrP/LSbDPI+BOd/mbBGUgkjsSKFh&#10;pQQYKTTEsefsrN/WrxYkEfMRwoDM2tqKQM9eB6EJz0AZe7GMIKal6UT3+rm9WZfuAMxEDS5Ho/d8&#10;S8sVpxYH7yeU3FJLe6X7JBsBSuwCAbn/87UNzj6KHHfvhXLM0h7p1Zs5IqTM7+5C89Ho3dhHvsKZ&#10;yhTtbTTIP306ccOZcYGxO+Jstc7mzFPS7aoDuhspIasyP5H7IDZgARWmnLpJI9NbOjfqkJ7DXLu7&#10;H51dB8uzLSoA4BAgCr0cFKuonq6YT53HLCYvRNl4c8JJwPLbS6PBzc6ch5sBxDyXmvrFfPmD/ELQ&#10;s9EGrVmKUjw6cufxIf0MaNP8dl26A2het2yKkRYfJ/g59ume2rm8Pi+wULIHjBIgsAEC+AHkDUDc&#10;iiYofKXH2jEfRqHl7emWRBZbQQlGbDEB+gHkl998tcUGbsy0h8fv8QPIG6OJhkAABEAABGIEEN1j&#10;SYAACGwFAciblD0NcPdlE0b7IAACuQg8PX3+4elzrqI7XuiL42fHx8+qHwTcffXM0SMIgAAI1EBg&#10;934RswZI6BIEQAAEdp8A3P3uzyFGAAIgAAI5CMDd54CEIiAAAiCw+wSQu9/9OcQIQGAvCDx+9/Fh&#10;8fjp0497MZrUQbx48bzZeP3625fVDxPuvnrm6BEEQCBAAC9ilr0skMwpmzDaBwEQyEvg6y+f5y26&#10;s+VqHCPc/c6uGhgOAiAAAkUIwN0XoYWyIAACILCzBODud3bqYDgIgAAIFCGwe+4+JAlbZMRpZZWU&#10;aq7fd479eLps0hV1TbZSltmbGPoG2ggSMeqxuaCubUWKDau2W8mMVdLJqgRQb10CSX3mdVtcr37A&#10;3QsTvRvUGr3Sr91LJTjb4jYucaHJytIugV9Bd4a/TNGFfve8Qg0DCbWwvsx6q6Vg7WVQlzblSoNv&#10;2yC91VDNPlYQO4pvCYHp8EQ6FVK7ySfbWrbhSXfP8hlXnkLS9FYZLQTCXW2n3NZ1BoONS9/m7jxP&#10;QVJj0gJGXnF2PEbxWkxbOeKLeWx0ywjlsaslAnxFGyyjfBrUPH0ZccJtuVOE0a5AOSsgtpW4cJ4R&#10;ocyBEWBPqsXgWLY1VSyzOi4Jdy/EknokZWQV8bojE/KSwNVqtrXekvJR3FO6Yb75m/8Y8gFD6n2a&#10;QM8NpG719+ZDJx5UEa842k9kwXgQHD9j0TY8liK9sXCNVADbrt4VaRppFvfvOLx2Wg8dWpIS1yLn&#10;MxGhuezM2qL6ZsOHw1jjMepSeaxHwuRmDQWreTD12NItkJzYaEvMzVGpAdtvjfEsbRy74lCTB9u4&#10;IcGl5cqsC9N86g5AY4Ob1XH+TlZOsJeDV0pn46Q9MTX27kie54KY3SOKh1O1H1tqorj4LDBI/ggn&#10;idVcD2pZAnF3r6TxHEU8L6acXIyDQXAOpEI9zgjKLq0wjk6FviOJ5Z6QQpP826msvzeHDdKSvr9U&#10;opAkJKdvrln/XjbkJVncCI0K811EKoODSAjA+rkcUphNUzSdzVvKsHS19TSJ6/G1HNT7XjR5Y84O&#10;JJKoT05ZjWudSSMvKXGaam5EnIDFJT0LSOpQslM0hIK82kZEPuYt+bQAYhckabPGp9SDGoAuyltD&#10;GilLwtHdLW6D06Y3GRENj0xKsM8SJbeyhvEIQmMm6WC1yqUEugYrynvEzu+n5NvlRV+IFcyK75Mz&#10;0uRU9VoLUyTHLYYiILCcgO/urXw1+/u4c5b3wur5aXGv5Mk2D05FzBSRHHTn3KqCahnzSH/Paroz&#10;Ok6z7reWZD2iOF0X7AhHFb/cCE0ocNu7rsBqMYaRkSnVeLNwzLel9BEvisgWIzBLwSkPhq+Mxq0H&#10;ZH9vz0ymmhsRx2GJDjwLbAlNw6oUi1MEeeIQ4liouxReGnRrSKy6wUIuWe3Ba9ngTYaIygPsU2fM&#10;GKd9+EPrwj83aoikmu748NhBwaXQ6I2U6rHy9erGErLrTRnLd3uqCHebrq1bYNmi6EET8Nw9BY0z&#10;7Tf5ZOxkm1QOe70lJ8LGcnLfJtUro+a0ULHgXPOtt9puwB3RzZ2jP3Go0FeuvZROYJH2hrS5rWFh&#10;qnlqG/HU6uOI2fuWd8ne6NDgDW/DNsTZ55sxHrR0+3T8TE3IZh0UDLrx9X2749wW9MifrpvoLJSG&#10;LA84Wt40AScWs3H0pjsp1p7r7sXjP3WMVLkUuZgpNclHTd+Lct4zT6ju2cPRdL8/tp/pQJxdWOFL&#10;QxQBkckTTYfLzaJw3NykTqYg2Luw1304PR3mT6Hy2UNvFim+kW0x+99iMuSQLuvifJuzRVD2ILEj&#10;hYaVsuJSaIhjz9lZv62fNSUR8xHCgMxylEWgOwDIq1KOqymZB6Y51QZ9ThIRjPDP7s4tlkiAfdaM&#10;xV71pJlIy/WJPnXe0yxul4KZ7cHlaPSecpVNuWzVCuP9hDY7dX8gd591V2zj95TOpGnlXbtJjwBz&#10;hXIlD8Nx914ox92qIz37CUqy8oNM79HkSpY1ejc2yyucqcBxdBsN8renbTG5pe6Is9X65DxvvVrW&#10;Ft1IlKRWj+Mi90FsoJbyN2bsF62b/EcHO91HZ9dBk9gWtSJ4TZBTyqSgnq6Ycs5jFpMAoWy82ZsT&#10;sPwe0mhws7OZyfPQ440EYp5LTf1inpbSkt0Vgu5ZqBGRM8xrgzhFyhk+o8hZNkeVaePQ007pwhD7&#10;jBkTz59UG9SSzTMFZs2m+e3idik0r1s2T0nW8ZMTDqC6p3ZBXJ8XWG2ZKwcFKicgT2qJx4eV26E7&#10;xC9i1oZ+wx1TAEiPtWN5LDqC3Z5W+b8DbHhQaO6QCNAvYr785qtDGPHD4/fN17+tfqS793/VVs8I&#10;PYIACIDAHhBAdL8Hk4ghgMA+EMDv3Zc9i3D3ZRNG+yAAArkIPD19/uHpc66iO17oi+Nnx8fPqh8E&#10;3H31zNEjCIAACNRAALn7GqCjSxAAARCongDcffXM0SMIgAAI1EAA7r4G6OgSBEAABKongNx99czR&#10;IwiAQIDA43cfHxaPnz79uN90Xrx43my8fv3ty+qHCXdfPXP0CAIgECCAFzHLXhZI5pRNGO2DAAjk&#10;JfD1l8/zFt3ZcjWOEe5+Z1cNDAcBEACBIgTg7ovQQlkQAAEQ2FkCcPc7O3UwHARAAASKEIC7L0IL&#10;ZUEABEAgN4GkPnPuqqUU3D13H1IA3wQaNTP51UuKduqJrwsli4wrJqaxtHSQytIei7SeZSm+BwEQ&#10;SBCYDk/mUi/KFY+uE1TA3Qu/53k9u0etIGAldJe9Fsty2OtwFBLcPDMxbXJhur3K2wyKGC+BqmuJ&#10;SSSusA0SOkWGhrIgsC8EWIhIi8Gx4E6qzmV1A066ezbyyhPEWyyMpuGqu1RnMEgonVc3yBw9kfie&#10;lpqLlS5HBTeHSSlFlJKkVskhMSwj27h6o6gJAiCw/wQS7l5o4/VIuc4KoDZ6Iy3YR15xqTpnKrDW&#10;WxK6i6uSu2G+l3gY8gGDr+HURLJuFHurvzcfOgGvUqoVyYqJLBgXr42n1OjUNZbyjHnCdzbVWKgr&#10;8IcTGXWLj/Jl7ZJmOzVZHT5+yVOIE7M7EXyCSugYZewyrSdAWdPV4LjEcKhPFBbmSnLF+39PYYQg&#10;sKUE4u5eKaE6AqjKcOkDlqpzLh+i0PnMF4iOo1MRvN6R4igJ8sm/ncr6e/5Q6IZPhyydLi+S/NQO&#10;ada/lw15KQ1yXqTlagqzSyOJ0kEk9L5j4n80JCMAazw5fagtIF1wO6bxtbT1fS9KdhGCEzDbNY6U&#10;qRO10k8hYZv8BtJad0BREZpkSYfEXbUs+2zeUvMwsFrqW7qmYRYIgECQgO/uWYVcqlGzv/ecsxTZ&#10;vYnOEqFybrJCrDkeaIdqa0HsV61O59zqN88pqyQuI5hN4umz+w/RYjG30ukUp+uCnau3PJbYRR7T&#10;NkDi6PYYExxJMJmjG2g02raSTtRFUb4uQma7NXOD9al4NvltpLXugKIiZoOjAwDj5cvMA82JaZPX&#10;BB4OFJwmFD8UAuSddGhkHWu9g/fc/WJ6PdN+k8/6yYcLtAt0jNctbDkF+GXFhtuWYc/JJm427wBL&#10;L/K2qz/yyWxd7Rvq6JM8GOUcFYqBAAhEnDRo95ucFWj223fbEBi57p68vXkmq3Ip/DCZjvcmJOcN&#10;QT3SXClxSwF+1O+P7VrQewclkYovEL1nUjw7s0eR6XD5CcL1mNN3/cg5PxQ3IVwjXxcBs3k7Ne6c&#10;Au1E82LHdI9I7uxkmZ/ZOjXApptnLIvJkHNladdKSyDLSHwPAntDQOZEEvnk2sbnuHv29p7r48MI&#10;+XtyEnN+iil2qetz9zlhcbMbvRubkRbOX+x+R7fRIH9j4qGqa013xK8MKRtP5q1Xy9pq9N5Tfl8W&#10;piR+MlvvVw7m7jNszdlFwGzmo0dyMU/m7jlk4McTaqw0I/eX+cOG7NYjNl2FJByURI1G/nlBSRAA&#10;gW0mgB9A3ubZgW0gcEAE6AeQX37z1SEM+OHx++br31Y/0t37v2qrZ4QeQQAEqiHw57/subYJYaxx&#10;jIjuq1nG6AUEQCCDwNPT5x+ePh8Cpi+Onx0fP6t+pHD31TNHjyAAAiBQAwEkc2qAji5BAARAoHoC&#10;cPfVM0ePIAACIFADAbj7GqCjSxAAARCongBy99UzR48gAAIBAo/ffXxYPH76tOcv57x48bzZeP36&#10;25fVLwK4++qZo0cQAIEAAXrv/te/+dXXXz7fbzr0IuZPP/8V793v9yxjdCAAAhkE9t7X0/hrHCNy&#10;97gDQQAEQOAgCMDdH8Q0Y5AgAAIgAHePNQACIAACB0EA7v4gphmDBAEQAIGtdvchrdUcU7ZiNfHL&#10;/nm0atmEAkVzWLxOkfTRrsxBmLM9I1yHDuqCQI0E8ilWV2dgwN0LE4Nuby05i/Rm3dGu56JkS45a&#10;90ZAOvrhRuacfhZe/VD+Whbb5RAQUE813usyfbSFOXge3o5wIxDRCAgcGoHp8GR+JXSfWY4jj2xr&#10;2YSS7p7Fya8CCq6sWR3U28hnYlqz+WrXWIr0w0nTRYvSkBa5VszdkE1CEV1pquc9W2yoazQDAiBQ&#10;GgF2eZc9IQ8kROhYGrDmK+Hu2cbTHgmT+4rd5PTuL99fOkLcxQwPNOvGqOpv2g7HSixX74W3fNbg&#10;y7rC5AmJq08mb1Qx1ZgflCtFdedDs9ua9lifN36Rvqsrj97ojcQE6kA4bnGg/VCXIXhKZ52bNlpV&#10;2kZ3gG/eeJAcjBaMgGW+YWOHQ92qajPRzWJyRlLkQl2Mq5tQP1hbEDBmGrl6/hB7VrFbA6VBoCoC&#10;cXcv3HKXBQsdf8+BfWst0cJgs8kxkpbvIJLhrlLkG0enIvSlqFqq0ZItpDiYjIfH19ENf2q1CCkb&#10;oePmQdS5ettlB0iblg2m2fG57T1YXUVjG+3LSssv6MZ8i4Ptn5nDwV1rycnAiNVbu1ml0GxKZoDv&#10;38chCWO9gZzfT32N2dm8JfDYY2WiG6ErKbXS44KOpvadlpankZLaspqGQVWrFf2AAAisQcB398bl&#10;CH+v1L5lYC8PJatdwWbzNcV7D18k4y0rkF63/ixirVt9CNHHpkSzFONqRVqK1NXZgWVqxxHrorvt&#10;hU3S8sKX90JWd0nwGmpf6I83Za1uL0AxIbzrxM1ko7lSB6hKuAPRZxBb25xQWJ5c6sHb8NztJsjA&#10;1Cbhcrm30JlHbKCxi/eQtZZKvlWBUiAAAisQ8Nw9iZPPtD/kxIbINrk+TGYRip7Wg82uYOsKVTjk&#10;paclVrxbRq/qIsfEo8t5CbdPpww/yxWrHG9fPDim6yY6470i8LjG5O7No1/7rIDC+LIu95FE8W5o&#10;bynLMLQLAvtBgLKz4wsO8zi0uhBZk7ov192TW45cb0gnd/L3zqH/F5lFkH4p92s64WbFwGWYSW3d&#10;ji0I/WEYDcWX5pnH9F0/Ou+mHzukS3PSOxxpi5SQ6HRIzpeDXdNeyIn5L97wztVuxHvUFotI3m+f&#10;ehG7I1OkXNHysekR6x48LD6OZEMumMVkKJdZ8nKYhbqZ3X/IsyT5OYPe9twdE7n7PPRQ5jAIUKZX&#10;JYI582ljzvpG77h7dsue8+Tdaf2nyanNcipGPBg8OrqNBgqB+TDttSXym5TRlg8JdZImjI931Eg+&#10;etSBdXfEb0SpD07mrVfsh2/MR6E3j8ggU+PoiFP/sWlzLQ603z1VM06Vr89vsnNiTocWiz/CICQX&#10;TPO6FdsFDQfNLNSNeH+A8WSf3+xKPjq7rm/5omcQ2GYCOhFsnkXWbCx+ALnmCaiie4q5z6KbsnLq&#10;5bZeBR/0sR0E6AeQX37z1XbYUq4VD4/f4weQy0WM1jdJwL70me/Qssm+0RYIgMAqBBDdr0INdUAA&#10;BDZOAPImG0caaxDuvmzCaB8EQCAXgaenzz88fc5VdMcLfXH87Pj4WfWDgLuvnjl6BAEQAIEaCGz1&#10;L2LWwANdggAIgMCeEoC739OJxbBAAARAwCcAd48VAQIgAAIHQQC5+4OYZgwSBLafwON3Hx8Wj58+&#10;/bj9pq5j4YsXz5uN16+/fblOI6vVhbtfjRtqgQAIbJgAXsTcMNBEc0jmlE0Y7YMACOQl8PWXz/MW&#10;3dlyNY4R7n5nVw0MBwEQAIEiBODui9BCWRAAARDYWQJw9zs7dTAcBEAABIoQgLsvQgtlQQAEQCA3&#10;gaSsdu6qpRTcKXdv1LJLQWEa9RVN1MfBD8u1I7X1ijjUNDp0CwL7QWA6ZCk9TyG65oEF3L3YkTyB&#10;C7tHZYi1BgZjFVGVqkiKhh9XXcmlyg4cNRRhbZo6SgrulXpOn7qETZ6DhreuedGjexCogACJ0WmB&#10;aSEctL5U1NpGJ909G3mVUGQ1iqq/FJSeNtqHUvhQXhvW8ep0rAAhCSHOO1I/u7ZLyDVebcX81sYA&#10;HYMACGwbgYS7Z29/2uueL1fg3sQw4nktOvoI5XMVm7vHgqxY/fzyai5FgEmxMLq8bLuJGUe8UB8h&#10;hnwAsCeVWM9c6tYvYdpjq4w13j8sEinX2LPSj4vJWX8m5QPfTKbuP6TJfDwxAovykzfDof7UdGeA&#10;sWy8vAKQUionekl2S+3lFiDexAJAGyAAApUSiLt74e27rNjt+3vphotnSdIGQ86GVFNlrE/as5w7&#10;IvlTfQDg6N+RRKcCGQ7/Ve+yzaLgJLzdtoLvgU6EPePoVHT8QGK5rCQe6zlQwgzDPZWJIP5tQl5e&#10;i/NaqV/Ww+10RBbvfa/r/qNBDpb1bw0IPc7ZvHUj4Sg1e3cspHGuDApDSlTmXkikXfdCp8qUbitd&#10;e+gMBECgUgK+u2c1b/b25GzJ3wtXyJcV2GVl76xQO5f9H+5nsiNunjTKr6cc6HqXDT8p6s+8pNQ2&#10;PRpx/G9aJ7rnRsMeA/wOlpRgLy5OErS1+FLusgn7sSm5xPjFYq5ONLSV0jjnC8mho0XiX7Wka3fH&#10;4rQXhJSoTL2Yz2g2R920bnmmN5xpy5w5FACBvSTg3P/WsdY7Us/dU1w6086HEwbJhwu0C3S0RyrX&#10;cC8eHeToi02L9KORHOVXLqJ2J+dBjNsUfRzJvI1w37PAPhbrWYb96krTD2f/nLwKQ3KayNXtypBQ&#10;EQQOngBlDdrSFTT77bttCKNcdy+SE47roTyCeJg8HdpsNW0I7UZDRLGU3V490Keg1Wwmbpjs7iWq&#10;I3r4Os6zcjix4SNN6yTYWv5djBI6NIv+QUI3yZuAfiAt00Xa38/uP9h+zT/ogDEzpyiXdMxG3swM&#10;MIr0zde5IHEvZt/h6Uzrdr1JzTNLKAMCh0PA5kW2wdlHkePudc7ZTIZOPr9qUZpEXpwB3ojh5Jsp&#10;Iy8bpSS+DGo5bha7IW0jMjkjrtsoT3QfWEPBToJrze05x2IkMjbdEovtTY6KP9fPQETKn4fDDym8&#10;f3RHnCBTeE/mrVcp3XP+X5e7mKvcfW5I1Mv5tTxyEG7KouXtNgcMFAEBENgNAvgB5FXmiYLg21Mk&#10;uVdBhzogkEaAfgD55TdfHQKfh8fvm69/W/1Id+r/qq0eT7BH8T/LJd/I2RLrYAYI7C6BP/9lz7VN&#10;aGpqHCOi+929NWA5COwVgaenzz88fd6rIaUM5ovjZ8fHz6ofKdx99czRIwiAAAjUQADJnBqgo0sQ&#10;AAEQqJ4A3H31zNEjCIAACNRAAO6+BujoEgRAAASqJ4DcffXM0SMIgEBtBB6/+/iwePz0qbZXgF68&#10;eN5svH797cvqEcDdV88cPYIACNRGgN7u//VvfvX1l8/rsoBexPzp57/ivfu6+KNfEACBAyJQo68n&#10;yjX2jtz9Aa1yDBUEQOCQCcDdH/LsY+wgAAIHRADu/oAmG0MFARA4ZAJw94c8+xg7CIBAiQTiAq0l&#10;dpWr6d1z90Rw9Z/Zz8Vk44V20OSNM0CDIHBoBMRvKQoBkY2pAK6JMODuxY7Ev8vuXlYkr7ivlXVt&#10;i9vg/ey2u45ISzp8b4wkcrCGSIBranJi1px/VAcBECiHgKN350pcl9NZvlaT7p6NvPLFY8lfW2Xr&#10;lRxXZzCw0rf5LCuxFDlQo4sulNG3/bxgBbKESkl8Ly4RFZoGARDYGwIJd8/e/rRHwuRWZJXEBdtK&#10;b2rlcbfekhiTUPR2LjcENn/zH0M+YPA1nJpjhevjbvX35kN7+tCumz55M5nIgt6JhGSC6Yhldy0h&#10;7CRN8/pe0jaXm4gzi3C9TvwtK9EpbqxEf7nr8Ni8444ab2b0TgJdJIio5A4T/XJPXrPaHN28/pJx&#10;YdNYeTWjIgjsJIG4uxfevmtE93hMrIothPfEtbKTEAqv71j7NvMaR6dCqZvEck/Oohv5t1NZf88f&#10;nrF/JYnu+0sl7k3Buvbus/69bMg7kZDSqxZ4VZawcqtWks3b9vhaGsayi1aRkoJvNog0iQeRDMnj&#10;hyHdvnHa5Hl1ho9SfEqVcBkiKw+f6FfIP+p9Wp8lae+JlHzuw3nkCOZmzgMKgAAI7BMB391T4Cu8&#10;vRRZtc65YxTLtYNdhYFQVs2T+tdyryQt3jnvCiF0vox4uJGDJc1Y9tPehkRxtS7YWUFzKm/bg0sh&#10;rysvE2Y3+1Y0PIxIt09bjCxAu4/XVhGyyX7NvNmpZIF22q0ZfKPX48nlP96LjQoXCIBASQRY61sl&#10;NOzdWFJfOZv13D2Jk890IM+Oa3ybCMaVg83ZeqyYeGARz+is1lS8lt2QVMSd3iy5P7NxyFK0XXRS&#10;NcGjKKNtDs9N+JwnPPdM462q2MWzxMeTcL/qoRDrzKvNjl07Xae3ax3OitmI0iAAAnTIb/ebfNs1&#10;KR2+0kPPDUN03b1wEeK9IXlRLoX9vRfoU4ZAeUaOLPOE6p7BnGzo98f2M+14qd3iI9N7Jidj7FFk&#10;OlxulsgqNW0ZygT1226sLrcAddDJ1bbeLMR+qa/YnpIyPE7NmG2VIv0sCsJavXSC/YpDlB0S7Qpi&#10;rJz5uROHITE65O6zSON7EFiXgE23boOzjyLH3bO3d1In5CDoMCL8fe89v70iLopj10oCNHo3NgAW&#10;zl/sfke30SA/Wv0kgV8XEhjF01b9eOFkviRSF53QJJgBiSE5GfbibcvtQ4zi7L6tku9maJk7IhPR&#10;tl/Mw7l7++jk6KL1oKwN9svD4x0kMkkp+pdFE21FjJF/plESBEBgcwTwA8guSzqx3J6u8478mhOz&#10;mf4pdKcH3GvtymuOA9VBYGsJ0A8gv/zmq3rNe3j8Hj+AXO8U1NW78w4pHTTWPvQtJmeB3FRdg0O/&#10;IAACW0MA0f3WTAUMAQEQKJ/AIcubwN2Xv77QAwiAwNYQeHr6/MPT53rN+eL42fHxs+ptgLuvnjl6&#10;BAEQAIEaCOzeL2LWAAldggAIgMDuE4C73/05xAhAAARAIAcBuPsckFAEBEAABHafANz97s8hRgAC&#10;IAACOQjA3eeAhCIgAAIgsPsE4O53fw4xAhAAARDIQQDuPgckFAEBEACB3ScAd7/7c4gRgAAIgEAO&#10;AnD3OSChCAiAAAjsPoGtcfeubu1SrEKD1te83dw0hKwotcNlpudGsrnx522pNiZ5DUQ5EACBBIGA&#10;uxeKeI5HdX6xUf7mfeZPuJte/KpL69Fv0K/9Y5C1z6+jFb6Gqu8aw6jdgDVsR1UQAIFyCSTdPSta&#10;X1mBa6lr6ihcWeGMXJYZ5T8WIMm/UeRqe7sKuWKCQktdq51XZWbtBlQ1UPQDAiCwCoGEu2dvf9oj&#10;YfLraTJjQop+8xXkvoVhrLFk9PycsF9tASZzwX8M+YAhDxKmpJvBuX/3xhQQjbt5D/23SDhMZEvc&#10;iY18ZVPu0cPdh25158mcUdJshzlrjAtZd3l1R/K04o1HNxnuO26haUsUF3WXWZBiQHLk3IpFQ7Dt&#10;SG2WJtRTAQn2VRYj6oAACJRJIO7uhbfvCn3apL+fvltDOIMqa21E0lu9v9SCuFEy5h9Hp1os94R0&#10;meTfbatGO5u35IdZJ4ZZ/162NOpOh1Y//DxiwVbn1EJShsbh6865xzPvIUGG2UIjNpjt0k0+kFbj&#10;O6H2HujbUxo/v7ebLX0hcJE8FUmXkF6jUhJuLWL7cdgAqs6Ch5LX+bUekkUzIglJPddmhgNjXU+C&#10;vcxFjLZBAATyEPDdvdbjjumRy4bIYa4Q2s+UjCuLrCo9vcViHhn11ZNxlNDw1kHyq1an46jnmnLm&#10;Q+/EEBhuxx5FqC3uk716o9cTcbeNX8kIc5kInaR6lZC3/C7TbO3DH1oXvtfXTZLMue4m2bcbmzd6&#10;o15Ddip9vXqsIXTSmzIY7/ZUEWt60ABq18xBsz/TQ3LQ2L1dbfbhscYOD3lWF8qAAAhsEQHP3ZM4&#10;+Uw7YvIMkRAmV5fYCS4THiZzKDJ3/3DVmbmnBZPR55izElVV5QpPb9kTs7+k+NVGyoPMcYgC+cyW&#10;Xd1JXffglbvv8TWJnY8vzCFDKtvfRGdLH5nHDRjc2YcvoQfi7O/52GG8fWisvNvhAgEQ2GECrrsn&#10;bx8J56zzLI7D4lSMn7XnPG7uR6/kgCiR0JQ5YhGjyqQGXdNh7lYSnJ0EkTkjkM8KzAdFyaIb9pd3&#10;OmpvN2QIHaxiTzqquQyzY+8mUpud1qv0lZHom48fen9YTIbSww8uR6P3lFVqSkbToSDI7pw20Nip&#10;KMUAbtfsF6Zh37BG73IwvnhjH8wExsonKWMgRfo7vOhhOggcJgHH3bO3d1In5BpPtb8XeZyb4qG9&#10;y5R8FPst3iK6I066q4etJ/NlXjE4KyY5Qel4eTSgtHWkska30SBQiZyV7VEIgNtM95FXRaeZOPb3&#10;Xw1dbja5TB6evmzuKmBNqG/mEykozetWV+5EfNEWJb4ZTrunpgsyLzYhKQZo7sKwZp822xBTzlzN&#10;nOkPjLXRuzGzdjHvHOb9glGDwA4TgHjhDk8eTAcBEACB/AS25v+qzW8ySoIACIAACBQnAHdfnBlq&#10;gAAIgMAOEoC738FJg8kgAAIgUJwA3H1xZqgBAiAAAjtIAO5+BycNJoMACIBAcQJw98WZoQYIgAAI&#10;7CABvIi5g5MGk0FgHwk8fvfxYfH46dOP+zg4O6YXL543G69ff/uy+mHC3VfPHD2CAAgECHz87//9&#10;9W9+9fWXz/ebzp//8uNPP/+1+fq31Q8TyZzqmaNHEACBMIG99/U07BrHCHePGw8EQAAEDoIA3P1B&#10;TDMGCQIgAAJw91gDIAACIHAQBODuD2KaMUgQAIHqCVg50tV/5X2TVsPdF6cZ+2H54g2UV2OLTStv&#10;0GgZBLaSgPjdeCEgkqWyWpX52+bu7XYofp89qQ6+EhhXCbyAKMtKfQUrecPa0KA2Zx1aAgEQ2DgB&#10;FodT+n9CPyhV3G7jPac2uG3ungx1pfY2omvoSgXyRkuqs9UBpp5cTW8hsn7Pyui4QAAEQKBSApW4&#10;eye2XSGypdrDyeSNCfZta6YxJ3pP5shIZNUVONey35z3GA5Fs3TpakFTAz2qSRLfiLrpZaKYpnd3&#10;pEWyknXcsbJxdjT8jRAwDI3VNMQKw/oqpC5Z6aJDZyAAAnUQqMTdS0FtkcM6vz4zOtsp49XqgY4T&#10;Hl9HN1LEPJq8IVlAvzGK3u8vtb5udBJ3+FbUL77XzOYt0SzLiCs516Spbmz+cH4/tScD8qfCFvLe&#10;lKWLlP73w3kUC96tVKFrGrWbGAkTMWMdjewBkIRz50IqODBWz8AriArWcRuhTxDYCQJWibzEv+4G&#10;lkXHVT9P9Ekl3WSO9MXOR25L3CYVJpFuj3R6B6qyLEDVTEnn74SpSYtE6atB5HSkbIibHhuetlQU&#10;C4wkNlb7T2NfaKyuge6gSpxPNA0CJRD48PHPJbRaX5N0Zyofwfet6xz+87/+pxazKojuNx19ej5V&#10;5kU8D5+e7xehO+Xur50Q3dspcps6699Hg1n/nUiv0EX63zx9p7dLny/LUnSUUA9tAiPxQwQWh6dj&#10;hycaHx8r5ap2Iq6AkSBwYAS6o7t2v8kuodlv3+kUbp0QKnD37I5br8QgyW/p3DKnoFdI5L9qdXTe&#10;hdPYQ8oMNRptx/FOh/Fkjsl6GxPajUYq84Sp3KN+pi47FPvL29GI366SQ6DBiF55P7kbzPxHsbGX&#10;I+l5vegjMJKkUZQHiq7Pzvpt/YQ/OdZG99waSI8JTCPI3dd5Y6FvEJAOQV7b4OyjqAJ3b3PnR2f3&#10;7TVzyxQg6x2T90zy9cyUHa965noyV1uLWW02dS72WUrzp6IPmco9Rqr15nWra3cK+oaeRTRp14q6&#10;59aAKLaPO42yAZSwF+eP0EiSdwg582g2G5yKQ4zYUBJjbfRuzPAv5mvyxT0KAiCwtwTwA8h7O7UY&#10;GAjsFgH6AeSX33y1WzavZu3D4/f4AeTV0KEWCIAACIBANoEKkjnZRqAECIAACBABkv7Yew41jhHJ&#10;nL1fXRggCOwGgaenzz88fd4NW9ez8ovjZ8fHz9ZrY5XacPerUEMdEAABENg5Akjm7NyUwWAQAAEQ&#10;WIUA3P0q1FAHBEAABHaOANz9zk0ZDAYBEACBVQggd78KNdQBARDYOIHH7z4+LB4/fdrzl3NevHje&#10;bLx+/e3LjQPMbBDuPhMRCoAACFRBgP43q1//5ldff/m8is7q64NexPzp57/if7OqbwbQMwiAwBYQ&#10;2HtfT4xrHCNy91uwxmECCIAACJRPAO6+fMboAQRAAAS2gADc/RZMAkwAARAAgfIJVOHuYz/4Xsag&#10;/N+0X7eH1VqrYJg5B7Y9liQNXo1tzoGjGAhsFQGrRp3U0K7D0CrcfZFxOcLbjlZtkRZKKusZFtRl&#10;oR+wTxfSyrCq9mHXbkBJ04ZmQaA2AqRgPZdSrSxSsQ0Of9vcPU2NoyC7HYz0crGGkajJJieP9Mav&#10;z5XeulBXXFj980rWau0GVDJKdAICVRIg3bqBVqHrXRrJ0ipNiPdVlbu/f/dGyU3l95MsyzfXns8J&#10;P00L9rOTsRqYmyuwfycr21OWidQDraXMjDZMJE0mQzGw4dRJoeTqzzROarOdc6uS1eiNWO2KFRHf&#10;DIdxbNZwR/sxBEc2L4oLYIERawtSDBAmqFmTbYhWhhP5qTDOzqalnZftivqVdd4u6BsEdplARe5+&#10;Nm/dCMnGIqea6bt+pNwghZ8kOigvkhJU/svGxKT5nn65setdRLqz5GdIQlC2RvKDZ6w36xVa1hr7&#10;PGsYaZSfxrUoc/XnmGvVDeNJIoON5MxJopzrWPVLbblvOo9PX+R3xThJrJHOldGdHnH0wYeVYkAI&#10;OlUcX0diLt+PRjZkWUwu5ldvSWJxXba7fDPBdhDYbgIVuXsTvXoRexjNTIq3W1VX8iGLeTQ2arTj&#10;iGP+WEiajtkr2B2R7yMBb9NJsz9jKfE8rZk65Dl1lp40yrWMbDBWTuvPN1f78Mt7MXTj9Q020jF3&#10;fLjEQ5aLz5Lj03G4lsWlf7MQOgHkfbLR68VNNpuIa0AIOresD6i895yqIyppzquduQBbetjxy8pP&#10;O7b7toJ1ILCNBCpy90WGLlPkD1ed2fXU5rBN4lwElpTtIL9SpNVY2YEKdXVknqc1a0JxWfl4f2HT&#10;hdun3L07cK8kxc42Sr9aIkNOp45oMOu/06E+u1a6Tm+97SRhRcyABPR4Bfb3dOyw3l7sByuwXWMq&#10;URUEtpKAujlESDa5GA9OE1FW5WZX7e5tHoQzvEvy+OSfKFvRlIFuo9F2XNd0yPUIptkPOBA1l073&#10;05MS8RlXNv5T1OVQV+VGeCaG1Edqa8VnJFd/brP+u4nkOmftBifvw1en9Up8weVSxkcf06ljNOLM&#10;mQRI24Rgze78bsDHmWwDQtATJnXf0uZ0dtZvq2dSRdgid198caHGDhHoju7aMlXR7LfviseImx9q&#10;Re4+lAfJHAx5fIGLHFVXuC712PBkLjyehXl0dq0bY/ejkkG30UB+SpVp45CVTyLaY3XDKidCG0JK&#10;a5kmBgvk6s+pSTabsdHKoIcUqSvDZtmPzu7bKrpP9KfbVlsmJYei7rnFF8VXXooBIeiJAVN2LprN&#10;bORSMtvVZgS1QKAWAvZJ2zY4+yjCL2LWsgzQKQiAQJwA/SLmy2++OgQuD4/f4xcxD2GiMUYQAAEQ&#10;qIdARcmcegaHXkEABHaKAP0W/E7Zu4qxNY4RyZxVJgx1QAAENk7g6enzD0+fN97sFjb4xfGz4+Nn&#10;1RsGd189c/QIAiAAAjUQQDKnBujoEgRAAASqJwB3Xz1z9AgCIAACNRCAu68BOroEARAAgeoJIHdf&#10;PXP0CAIgECDw+N3Hh8Xjp097/nLOixfPm43Xr799Wf0igLuvnjl6BAEQCBCg/83q17/51ddfPt9v&#10;OvQi5k8//xX/m9V+zzJGBwIgkEFg7309jb/GMSJ3jzsQBEAABA6CANz9QUwzBgkCIAACcPdYAyAA&#10;AiBwEATg7g9imjFIEACB6glY2eb8Et1lWrmT7t7XA5F4HGHw8nhV0smK5oegrNgUqoEACKxPgASi&#10;50Kar5BE9/r9prewVe6e5Y3MFZfpdsZAogF51QK8JpepZ5UFuXYDyhoY2gUBEFhGgOT0tK4zyRIp&#10;Ved6kW2VuycURh2VBajWPgBNh83rc7G9yi2WZLyrxV27AdUOF72BAAhsMYFq3L0T4uZ14SSK12HV&#10;WTc61nWdvIVJjjX7SaVykrDtnHeN7GujNyJJc7q4/pCkcsWlTxE2zWY+EikifdyIGS6Ki89sxcSB&#10;JM2AQLts00T29mYyGfo2qIYDPVkDT8ZmmUEEdovvOJgGArURqMLduyHuXXTLLjL70hrmpH2qo/O7&#10;6MT3ueTWTqI7Hbor5VanaavsmnDE4+hUR/z9d8IiKytJB4szIeidajj53YsWnRoopUT5OWPCeeRL&#10;fpMo7qXSJvYMoHZJkFZezqDG19ENf/S+12PB76k8iRAIoftNgxV9inOKstAzcJANFSVAAAQOmYD2&#10;peX99+GqY1I0y3uhknYqBiE/Lj+8G0TiD/1fmalZ1guV5EvZ4dazf6sytmCySfHJ1cCmnES/XENb&#10;mzZA1wBvmNoq1yZ3OOZz1zzVo2dgrIHy5hMtg0A5BD58/HM5DdfUKt2SyuPwLe+6iP/8r/+pxaYq&#10;ovsiu6ndGOTD2GXxK6VK8jYtQnfK3euQOVEv66BgKsz699Fgpk4E9Kk6fZzeuomhpFkxA7z9771M&#10;MXkX5bIi7oQf95wKEvE9hfh8uE8msPISQTkQAIFyCXRHd+pw3+y37/K+XVKmTRW4+0ajPTNudjrk&#10;fEyh5HK7Ib0heb6ES+yMdW4o5Pr8dxMX0+uZbiuEtNN6JT7mcuKPgOF8QHg7Gj1czU9keoZGIhJM&#10;7M7vBrN7P5sTNoDbtfuFJJL09/ws/+LNxfzqrfT2r1qd8YXoU3Q7pD+7pwND1t37CuEtc3WhbRA4&#10;aAI2Q7wNzj6KKnD35Ar5NRv5yPMkMrFqrnXQfUueVVa9jQaxKo3ejfn2Yp7M3TuVqT7ny1Oh2yz7&#10;0dl9WzWVajiF9GJIbyZR91zbR2OL7+ApBlC7xu6jk7naZuI82JnPIvOomfrUsQKNpU+bEW8y5qOz&#10;61w8UQgEQOBgCeAHkA926jFwENguAvQDyC+/+Wq7bCrHmofH7/EDyOWgRasgAAI7QoB+C35HLF3d&#10;zBrHiOh+9WlDTRAAgQ0SeHr6/MPT5w02uLVNfXH87Pj4WfXmwd1Xzxw9ggAIgEANBKp4VFvDsNAl&#10;CIAACICATwDRPVYECIDAhgksqv5xqg3bX1lzDfWWeUUdIrqvCDS6AQEQAIF6CcDd18sfvYMACIBA&#10;RQTg7isCjW5AAARAoF4CcPf18kfvIAACIFARAbj7ikCjGxAAARColwDcfb380TsIgMB+Evjwb3/X&#10;lNff/VtMCKOuAcPd10Ue/YIACOwvgQ//9o9/+Jt/eeDrX/7mD/+4HQ4f7n5/FxxGBgIgUBOBD3/6&#10;9+iP//A70fvv/uGP0b//aRsC/Krdvf8L8GVORSU9VdLJapToR+8Tko2yJZa8Tflqpa7KgsB25pU2&#10;XslwVAKBwyJQtbtfSteVIdeK4Gk3/Ko+xlEg36zTy7tu6jaAxHXnVw8hBa28I6iqHGlDJOSJq+ob&#10;/YDAHhLYKndvZMhd3dVNysC4EoWsdduOqU+VPsFbYMDFeMBK54Wu9JNCoWaKb9GsD2MkvAr1hcIg&#10;AAJxAtW4exu2n4xXmgMbEsvTPYWo42gsZK60GKI+Diw7/pPCoVV+ZTEoLYh7NBxS5kBcOs3hHjVs&#10;m9aQWDpEFBefORUTtqQYIBMsXv/Cw07kp2yc7c763pAx5rNmPyBky8KMDoHwGFeZods4vlUaCYyH&#10;NXuN8iVEGVehijp1EHj1u7+N/vDPfxJd/+mf/xD97e+kNGq9VxXufpm8eJ7RuyExne7Z8ZFq30BJ&#10;u7PHNscCitijk3SHb8UE42XG0amQhif5ciUjG2jT0y8/v58q4Vjh4Vka8RdKkSwmZ9fnD1Jm/q4V&#10;/6WosAFU/aKl6pAo4plSpCUVdGnUaPTWqqpP3/XbHJ6HKmUKrMe2m7zcMmdJ46MDU1+bn1nJL5AC&#10;l4V9qz6DFbQcxUEgSeDV7//pj//x9+I9zL//jz/+0++3wdtXoVVLotkdo7i6ysJwfRT5Sxvt2cby&#10;Hh+0f3toXci4WauC65CXvItuNdmma0ijN1IpEeXrVdJJ6I6zii3tBd1eImsSNIDa5TrioqBcuzdS&#10;QZeq5LSfmSCXBNqlraFKMW+eDTuDmw632ShtYPAhrzkxsMBu3DubTsyJzCWvjQzD9YbA8HbhoUM2&#10;d5Q4AAKvfv+v4j3Mh4d/3Q5nX4k0Od3HJc9t8eOD9Lp3g/Gt9vdxE3O3Ob4mKfOxTTBL8fmb6Mzb&#10;TuLNxw0Y3MkDgYzmtZe3tdjf87HDeHv+Kl6JNtZCpDPHKMfCZ55O50odP4r729IfyRQaNAqDwMES&#10;qCCZwwGfTr86Din/a3avWh3jlimVEemjwtxJlbTV70aTO0yfy9gTRyrbaS05YyXadA1ZTIYy5zK4&#10;HI3eUw6jqZ8qiPCXXRw5SddEKptiALdr9gvTsD+ORu9yML54czHXIX+gEu0JllRwl3VHINrPxS3/&#10;3bGY0JNgcfgofAXhEjI6G+pJQu6+MFVUAAGHQAXunhPt5A1FquLsegX65DopIy9zHSfRnQwvOasj&#10;GiUvazPiR7fRIL0HcpnaEG6L8uXpoWqoTdeQ5nWra99vke8MsjHdU9NF8/r8xs/mpBjA7dpa/Sgs&#10;ecDb5szsdbyhJCo1ejdXc0XqYt5JkvA2hNzcsudMPjWnVBQ9t1jxVaowXHq2bIecbQdKgAAIpBOA&#10;mtWhrQ46VS3d57aKBxl7expKbm2VlTAmTgBqVjnXRMVqVnD3Oedlj4qRD92J/9OK7Yzu4Oz3aOlh&#10;KPUSgLuvlz96BwEQAIGKCFSRu69oKOgGBEAABEAgnQDcPVYHCIAACBwEAbj7g5hmDBIEQAAE4O6x&#10;BkAABEDgIAjA3R/ENGOQIAACIAB3jzUAAiAAAgdBAO7+IKYZgwQBEAABuHusARAAARA4CAJw9wcx&#10;zRgkCIAACPwfSok/nAGO2E0AAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAPpvtlbgAAAACwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sLWWFlabTNAGnCYkNCXHzGq+t1jhVk7Xd&#10;25NxgaP9/fr9OV9OphUD9a6xrCCeRSCIS6sbrhR87l7vnkA4j6yxtUwKzuRgWVxf5ZhpO/IHDVtf&#10;iVDCLkMFtfddJqUrazLoZrYjDuxge4M+jH0ldY9jKDetvI+iVBpsOFyosaN1TeVxezIK3kYcV0n8&#10;MmyOh/X5ezd//9rEpNTtzbR6BuFp8n9huOgHdSiC096eWDvRKkgeFvMQDWDxCOISiNIkbPa/KAVZ&#10;5PL/D8UPAAAA//8DAFBLAwQUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9E&#10;b2MueG1sLnJlbHOEj0FqwzAQRfeF3EHMPpadRSjFsjeh4G1IDjBIY1nEGglJLfXtI8gmgUCX8z//&#10;PaYf//wqfillF1hB17QgiHUwjq2C6+V7/wkiF2SDa2BSsFGGcdh99GdasdRRXlzMolI4K1hKiV9S&#10;Zr2Qx9yESFybOSSPpZ7Jyoj6hpbkoW2PMj0zYHhhiskoSJPpQFy2WM3/s8M8O02noH88cXmjkM5X&#10;dwVislQUeDIOH2HXRLYgh16+PDbcAQAA//8DAFBLAQItABQABgAIAAAAIQCxgme2CgEAABMCAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEURkmQK&#10;BAAASgkAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAPaE&#10;VbK7QAAAu0AAABQAAAAAAAAAAAAAAAAAcAYAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsBAi0AFAAG&#10;AAgAAAAhAPpvtlbgAAAACwEAAA8AAAAAAAAAAAAAAAAAXUcAAGRycy9kb3ducmV2LnhtbFBLAQIt&#10;ABQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAAAAAAAAAAAAAAGpIAABkcnMvX3JlbHMvZTJvRG9j&#10;LnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEAAF1JAAAAAA==&#10;">
+                <v:shape id="Picture 7" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;top:1428;width:45339;height:19520;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAPZbnCwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPGFvmiriSjWKKMqeBP+gHh/Ns602L7XJ1u63N8KCx2FmfsNM540pRE2Vyy0r6PciEMSJ&#10;1TmnCo6HdXcMwnlkjYVlUvBHDuazdmuKsbZP3lG996kIEHYxKsi8L2MpXZKRQdezJXHwrrYy6IOs&#10;UqkrfAa4KeQgikbSYM5hIcOSlhkl9/2vUTAYXcrb+bz6rrdbeXhcrpvl7n5S6qvTLCYgPDX+E/5v&#10;/2gFQ3hfCTdAzl4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAD2W5wsMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" stroked="t" strokecolor="#156082 [3204]">
+                  <v:imagedata r:id="rId15" o:title=""/>
                   <v:shadow on="t" color="#333" opacity="42598f" origin="-.5,-.5" offset="2.74397mm,2.74397mm"/>
                   <v:path arrowok="t"/>
                 </v:shape>
-                <v:oval id="Oval 2" o:spid="_x0000_s1028" style="position:absolute;left:14573;width:15145;height:4286;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDVp2ZHzAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvgv9hGcGb3USDNLHbUgrSQA9iFelxmp0mwexsyG7T1F/vHASPM+/Ne98sVpPr1EhDaD0bSGcJ&#10;KOLK25ZrA58frw9zUCEiW+w8k4ErBVgtb28WWFh/4Xca97FWEsKhQANNjH2hdagachhmvicW7eQH&#10;h1HGodZ2wIuEu04/JsmzdtiyNDTY06ah6nt/dgbi2J7C+mA3dluW+c/T267Kv47G3N9N6xdQkab4&#10;b/67Lq3gJ1mW5ek8FWj5SRagl78AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1admR8wA&#10;AADjAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" filled="f" strokecolor="#c00000" strokeweight="4.5pt">
+                <v:oval id="Oval 2" o:spid="_x0000_s1028" style="position:absolute;left:15144;width:14852;height:4203;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBykKaMywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RV6q5tGazV1FRGKgR7EWMTjM/tMQrNvQ3Ybo7/eLRQ8DjPzDTNb9KYWHbWusqzgdRCB&#10;IM6trrhQ8L37fJmAcB5ZY22ZFFzIwWL++DDDRNszb6nLfCEChF2CCkrvm0RKl5dk0A1sQxy8k20N&#10;+iDbQuoWzwFuahlH0VgarDgslNjQqqT8J/s1CnxXndzyoFd6nabT63DzlU/3R6Wen/rlBwhPvb+H&#10;/9upVjAavsfjKB69wd+lcAfk/AYAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBykKaMywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" filled="f" strokecolor="#c00000" strokeweight="4.5pt">
                   <v:stroke joinstyle="miter"/>
                 </v:oval>
-                <w10:wrap type="square" anchorx="margin"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57192DFC" w14:textId="77777777" w:rsidR="00ED0950" w:rsidRDefault="00ED0950" w:rsidP="007F1F51">
+    <w:p w14:paraId="3CA6B2EF" w14:textId="5B167130" w:rsidR="00404661" w:rsidRDefault="00404661" w:rsidP="00312882">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3067D172" w14:textId="2466A88E" w:rsidR="00404661" w:rsidRDefault="00404661" w:rsidP="00312882">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7338C2C7" w14:textId="77777777" w:rsidR="005F13C6" w:rsidRPr="00AD68C2" w:rsidRDefault="005F13C6" w:rsidP="00D95E1F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F36DDF4" w14:textId="64260955" w:rsidR="00E20083" w:rsidRPr="0006244E" w:rsidRDefault="00982E39" w:rsidP="0006244E">
+    <w:p w14:paraId="3F932C21" w14:textId="5BC78DFA" w:rsidR="00312882" w:rsidRPr="00D95E1F" w:rsidRDefault="005F13C6" w:rsidP="00D95E1F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0006244E">
+        <w:spacing w:before="0"/>
         <w:rPr>
           <w:rStyle w:val="BookTitle"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:spacing w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">ASSP </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E20083" w:rsidRPr="0006244E">
+      </w:pPr>
+      <w:r w:rsidRPr="00D95E1F">
+        <w:t>ASSP</w:t>
+      </w:r>
+      <w:r w:rsidR="00D95E1F" w:rsidRPr="00D95E1F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00312882" w:rsidRPr="00D95E1F">
         <w:rPr>
           <w:rStyle w:val="BookTitle"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:spacing w:val="0"/>
         </w:rPr>
-        <w:t>Area Eligible</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0006244E">
+        <w:t>NonArea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00312882" w:rsidRPr="00D95E1F">
         <w:rPr>
           <w:rStyle w:val="BookTitle"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:spacing w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> screen</w:t>
-[...15 lines deleted...]
-        <w:ind w:left="0"/>
+        <w:t xml:space="preserve"> Eligible</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F584B20" w14:textId="4D97AF11" w:rsidR="005F13C6" w:rsidRPr="00D95E1F" w:rsidRDefault="005F13C6" w:rsidP="00D95E1F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D95E1F">
+        <w:rPr>
+          <w:rStyle w:val="BookTitle"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:spacing w:val="0"/>
+        </w:rPr>
+        <w:t>screen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5722CAFD" w14:textId="0AF0BDF3" w:rsidR="00404661" w:rsidRDefault="00404661" w:rsidP="00AA3B6C">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3F4D7121" w14:textId="40190E34" w:rsidR="005C1AFC" w:rsidRDefault="005C1AFC" w:rsidP="00014733">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54E249B7" w14:textId="692C3098" w:rsidR="00404661" w:rsidRDefault="00404661" w:rsidP="00AA3B6C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="288BDB80" w14:textId="77777777" w:rsidR="007E262F" w:rsidRDefault="007E262F" w:rsidP="00014733">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="200AD653" w14:textId="51FFB49A" w:rsidR="00404661" w:rsidRDefault="00404661" w:rsidP="00AA3B6C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2E5925EF" w14:textId="50AC3885" w:rsidR="00C05563" w:rsidRPr="00ED5EB5" w:rsidRDefault="00C05563" w:rsidP="005B0F72">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="019DE9E6" w14:textId="77777777" w:rsidR="0025440B" w:rsidRDefault="0025440B" w:rsidP="00AA3B6C">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BDDBE6F" w14:textId="64C22A78" w:rsidR="00F44269" w:rsidRPr="00E77F32" w:rsidRDefault="00F44269" w:rsidP="005B0F72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED0950">
+      <w:r w:rsidRPr="003B2CAC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED5EB5">
+      <w:r w:rsidRPr="00E77F32">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00014733" w:rsidRPr="0006244E">
+      <w:r w:rsidR="00CB4E25" w:rsidRPr="00D95E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Enter</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED5EB5">
-[...23 lines deleted...]
-      <w:r w:rsidR="00BC67E3">
+      <w:r w:rsidR="00CB4E25">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0025440B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he number of students enrolled in the </w:t>
+      </w:r>
+      <w:r w:rsidR="0080542F" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fter </w:t>
+      </w:r>
+      <w:r w:rsidR="0080542F" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chool </w:t>
+      </w:r>
+      <w:r w:rsidR="0058299A" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ack </w:t>
+      </w:r>
+      <w:r w:rsidR="00A035E6" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rogram(s) that </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4E25">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00ED5EB5">
+      <w:r w:rsidRPr="00E77F32">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
-      <w:r w:rsidR="0006244E">
+      <w:r w:rsidR="00D95E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00ED5EB5">
-[...8 lines deleted...]
-    <w:p w14:paraId="2D110EA1" w14:textId="77777777" w:rsidR="00521643" w:rsidRPr="00ED5EB5" w:rsidRDefault="00521643" w:rsidP="00521643">
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">approved for </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF05E3" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>FREE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meal benefits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54DF5B0D" w14:textId="77777777" w:rsidR="00521643" w:rsidRPr="00E77F32" w:rsidRDefault="00521643" w:rsidP="00521643">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="026AF0F0" w14:textId="16F97EB1" w:rsidR="00521643" w:rsidRPr="00ED5EB5" w:rsidRDefault="00C05563" w:rsidP="005B0F72">
+    <w:p w14:paraId="17B4DA71" w14:textId="5707509A" w:rsidR="00F44269" w:rsidRPr="00E77F32" w:rsidRDefault="00F44269" w:rsidP="005B0F72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED0950">
+      <w:r w:rsidRPr="003B2CAC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED5EB5">
+      <w:r w:rsidRPr="00E77F32">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00014733" w:rsidRPr="0006244E">
+      <w:r w:rsidR="00CB4E25" w:rsidRPr="00D95E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Enter</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED5EB5">
-[...27 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="00CB4E25">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the number of students enrolled in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A035E6" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fter </w:t>
+      </w:r>
+      <w:r w:rsidR="00A035E6" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chool </w:t>
+      </w:r>
+      <w:r w:rsidR="00A035E6" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nack </w:t>
+      </w:r>
+      <w:r w:rsidR="00A035E6" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rogram(s) that </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4E25">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BC67E3">
-[...13 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="00D95E1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009A2832" w:rsidRPr="009D00EC">
-[...22 lines deleted...]
-    <w:p w14:paraId="5BA9CE60" w14:textId="77777777" w:rsidR="00521643" w:rsidRPr="00ED5EB5" w:rsidRDefault="00521643" w:rsidP="00521643">
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">approved for </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF05E3" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>REDUCED</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> price meal benefits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="102CD6ED" w14:textId="77777777" w:rsidR="00521643" w:rsidRPr="00E77F32" w:rsidRDefault="00521643" w:rsidP="00521643">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C5F12A5" w14:textId="7C7E00AC" w:rsidR="00521643" w:rsidRPr="00BC67E3" w:rsidRDefault="00C05563" w:rsidP="00521643">
+    <w:p w14:paraId="233E0C94" w14:textId="4EAC1A55" w:rsidR="000C7566" w:rsidRPr="00E77F32" w:rsidRDefault="00F44269" w:rsidP="005B0F72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00ED0950">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B2CAC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED5EB5">
+      <w:r w:rsidRPr="00E77F32">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00014733" w:rsidRPr="0006244E">
+      <w:r w:rsidR="00CB4E25" w:rsidRPr="00D95E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Enter</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED5EB5">
-[...7 lines deleted...]
-      <w:r w:rsidR="00BC67E3">
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF05E3" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TOTAL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> number of students enrolled in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A035E6" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fter </w:t>
+      </w:r>
+      <w:r w:rsidR="00A035E6" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chool </w:t>
+      </w:r>
+      <w:r w:rsidR="00A035E6" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nack </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4E25">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009A2832" w:rsidRPr="009D00EC">
+      <w:r w:rsidR="00A035E6" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rogram(s).  </w:t>
+      </w:r>
+      <w:r w:rsidR="005900E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB4E25">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00CB4E25">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005900E2" w:rsidRPr="005900E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>NOTE:</w:t>
-[...44 lines deleted...]
-    <w:p w14:paraId="065AFF4A" w14:textId="77777777" w:rsidR="008A624D" w:rsidRPr="00ED5EB5" w:rsidRDefault="008A624D" w:rsidP="008A624D">
+        <w:t xml:space="preserve">NOTE: </w:t>
+      </w:r>
+      <w:r w:rsidR="000C7566" w:rsidRPr="005900E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please use the highest enrollment during the month. The system will use this </w:t>
+      </w:r>
+      <w:r w:rsidR="005900E2" w:rsidRPr="005900E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000C7566" w:rsidRPr="005900E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">number to calculate the number of </w:t>
+      </w:r>
+      <w:r w:rsidR="002C6626" w:rsidRPr="005900E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PAID</w:t>
+      </w:r>
+      <w:r w:rsidR="000C7566" w:rsidRPr="005900E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students at the school.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E755260" w14:textId="77777777" w:rsidR="00521643" w:rsidRPr="00E77F32" w:rsidRDefault="00521643" w:rsidP="00521643">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C0067F6" w14:textId="08ECC56B" w:rsidR="00521643" w:rsidRPr="00BC67E3" w:rsidRDefault="00C05563" w:rsidP="00BC67E3">
+    <w:p w14:paraId="15E5E0BA" w14:textId="703B2D44" w:rsidR="00521643" w:rsidRPr="00542F70" w:rsidRDefault="000C7566" w:rsidP="00521643">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00ED0950">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B2CAC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A4.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED5EB5">
+      <w:r w:rsidRPr="00E77F32">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00014733" w:rsidRPr="0006244E">
+      <w:r w:rsidR="00CB4E25" w:rsidRPr="00ED3992">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Enter</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED5EB5">
-[...7 lines deleted...]
-      <w:r w:rsidR="00BC67E3">
+      <w:r w:rsidR="00CB4E25">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00703E2D">
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the number of sites participating in the After School Snack Program.  </w:t>
+      </w:r>
+      <w:r w:rsidR="005900E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00703E2D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="005900E2" w:rsidRPr="00542F70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r w:rsidR="009A2832" w:rsidRPr="009D00EC">
+        <w:t xml:space="preserve">NOTE: </w:t>
+      </w:r>
+      <w:r w:rsidR="008A624D" w:rsidRPr="00542F70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>NOTE:</w:t>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">The number will be </w:t>
+      </w:r>
+      <w:r w:rsidR="00542F70" w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>This number will be the total (sum) for the entire month.</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="66A13D67" w14:textId="77777777" w:rsidR="00521643" w:rsidRPr="00ED5EB5" w:rsidRDefault="00521643" w:rsidP="00521643">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="008A624D" w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00542F70" w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="008A624D" w:rsidRPr="00542F70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> since we are requiring a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A74395" w:rsidRPr="00542F70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>site-based</w:t>
+      </w:r>
+      <w:r w:rsidR="008A624D" w:rsidRPr="00542F70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> claim.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A7A36FF" w14:textId="77777777" w:rsidR="008A624D" w:rsidRPr="00E77F32" w:rsidRDefault="008A624D" w:rsidP="008A624D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="52BD8E21" w14:textId="7E5E41F4" w:rsidR="00C05563" w:rsidRPr="00ED5EB5" w:rsidRDefault="00C05563" w:rsidP="005B0F72">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D9C7E60" w14:textId="29448410" w:rsidR="00521643" w:rsidRPr="00542F70" w:rsidRDefault="000C7566" w:rsidP="005B0F72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00ED0950">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B2CAC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A5.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED5EB5">
+      <w:r w:rsidRPr="00E77F32">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00014733" w:rsidRPr="0006244E">
+      <w:r w:rsidR="00CB4E25" w:rsidRPr="00ED3992">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Enter</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED5EB5">
-[...8 lines deleted...]
-    <w:p w14:paraId="4D026F8A" w14:textId="77777777" w:rsidR="00521643" w:rsidRPr="00ED5EB5" w:rsidRDefault="00521643" w:rsidP="00521643">
+      <w:r w:rsidR="00CB4E25">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Total Monthly Attendance for the school.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00542F70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00542F70" w:rsidRPr="00542F70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">NOTE: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00542F70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This number will be the total (sum) for the entire month.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47A8E305" w14:textId="77777777" w:rsidR="00521643" w:rsidRPr="00E77F32" w:rsidRDefault="00521643" w:rsidP="00521643">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="717DDC05" w14:textId="011534AA" w:rsidR="00C05563" w:rsidRDefault="00C05563" w:rsidP="00691938">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="351A0EDC" w14:textId="448B251E" w:rsidR="000C7566" w:rsidRPr="00E77F32" w:rsidRDefault="00C05563" w:rsidP="005B0F72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED0950">
+      <w:r w:rsidRPr="003B2CAC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A6.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED5EB5">
+      <w:r w:rsidRPr="00E77F32">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00014733" w:rsidRPr="0006244E">
+      <w:r w:rsidR="00CB4E25" w:rsidRPr="00ED3992">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Enter</w:t>
       </w:r>
-      <w:r w:rsidR="00014733" w:rsidRPr="00ED5EB5">
+      <w:r w:rsidR="00CB4E25">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED5EB5">
-[...22 lines deleted...]
-    <w:p w14:paraId="33D4A858" w14:textId="77777777" w:rsidR="00572E1F" w:rsidRPr="00572E1F" w:rsidRDefault="00572E1F" w:rsidP="00572E1F">
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the number of days snacks were served during the month.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43B8D1CF" w14:textId="77777777" w:rsidR="00521643" w:rsidRPr="00E77F32" w:rsidRDefault="00521643" w:rsidP="00521643">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2455BB68" w14:textId="291BB86E" w:rsidR="00C05563" w:rsidRPr="00E77F32" w:rsidRDefault="00C05563" w:rsidP="005B0F72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B2CAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A7.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CB4E25" w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4E25">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the number of snacks served during the month by category </w:t>
+      </w:r>
+      <w:r w:rsidR="00542F70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Free/Red</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3B6C" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uced</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/Paid).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EB65A55" w14:textId="77777777" w:rsidR="00D1413C" w:rsidRDefault="00D1413C" w:rsidP="00D1413C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D1FED40" w14:textId="6CDD81C5" w:rsidR="008140A6" w:rsidRPr="008140A6" w:rsidRDefault="008140A6" w:rsidP="008140A6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3150"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE99A09" w14:textId="44D891B5" w:rsidR="005E2AED" w:rsidRDefault="005E2AED" w:rsidP="000A3E6D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61C74F34" wp14:editId="524EE064">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1518285</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>82550</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5277485" cy="1933575"/>
+                <wp:effectExtent l="171450" t="57150" r="399415" b="390525"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="188408300" name="Group 3"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5277485" cy="1933575"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="5381625" cy="1971675"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="5" name="Picture 1"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId16">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="133350"/>
+                            <a:ext cx="5381625" cy="1838325"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="accent1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="292100" dist="139700" dir="2700000" algn="tl" rotWithShape="0">
+                              <a:srgbClr val="333333">
+                                <a:alpha val="65000"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                        </pic:spPr>
+                      </pic:pic>
+                      <wps:wsp>
+                        <wps:cNvPr id="1194818402" name="Oval 2"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="1752600" y="0"/>
+                            <a:ext cx="1514475" cy="428625"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="ellipse">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="57150" cap="flat" cmpd="sng" algn="ctr">
+                            <a:solidFill>
+                              <a:srgbClr val="C00000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                            <a:miter lim="800000"/>
+                          </a:ln>
+                          <a:effectLst/>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="12993AA3" id="Group 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:119.55pt;margin-top:6.5pt;width:415.55pt;height:152.25pt;z-index:-251634688;mso-width-relative:margin;mso-height-relative:margin" coordsize="53816,19716" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQD73yJHFQQAAEsJAAAOAAAAZHJzL2Uyb0RvYy54bWycVttu4zgMfV9g/0Hw&#10;+zSxkzQXNB0U7bYYoDsNprPosyLLsTCypJWUS/fr91B20iQt9jIF4pIWRZGHh5SvPu8azTbSB2XN&#10;PMsv+hmTRthSmdU8++P7/adJxkLkpuTaGjnPXmXIPl//+svV1s1kYWurS+kZnJgw27p5VsfoZr1e&#10;ELVseLiwThosVtY3PEL1q17p+RbeG90r+v3L3tb60nkrZAh4e9cuZtfJf1VJEZ+qKsjI9DxDbDE9&#10;fXou6dm7vuKzleeuVqILg/9EFA1XBoceXN3xyNnaq3euGiW8DbaKF8I2PVtVSsiUA7LJ+2fZPHi7&#10;dimX1Wy7cgeYAO0ZTj/tVnzdPHj37BYeSGzdClgkjXLZVb6h/4iS7RJkrwfI5C4ygZejYjweTkYZ&#10;E1jLp4PBaDxqQRU1kH+3T9S/7XcOJvllcdg5zi/bnb39wb2TcJwSM/w6DCC9w+DfuYJdce1l1jlp&#10;/pOPhvsfa/cJ5XI8qqXSKr4m6qEwFJTZLJRY+FYBnAvPVAlgMmZ4A8ZjlQ5lOcFCG8im3cEpo0cr&#10;fgRm7G3NzUreBAfOAkqy7p2aJ/XkuKVW7l5pTVUiuUsM/D7jxwfYtNy7s2LdSBPbZvJSI0drQq1c&#10;yJifyWYpkYz/UqaA+Cx48Q0BprYJ0csoajq8QhDde9TvsJAifguS0gmgGltuf7clsOHraFPbfEi1&#10;fAA6dS164NsJayaDyQAUIqj2rAGmPsQHaRtGAmJHuOkMvnkMFDhM9yYUujb0DFarcg9lmj7yVnu2&#10;4ZgbXAgg1FbkxBKe2t0yTRq4J1d2HaV/rsstW+q1/8aBXzEt8j7GT6koonwwHbcaClVAxF/GuF5h&#10;gkYN2G18UbF+rrkDRv0UfPCr5SEg4IK/Nintat6GeTkiP22CnXlK9hBP0o5CTdWhemCBSoMfzQAM&#10;4rBnErR3XPpfsyYlgUjJ7Vtz5Pl0OMknw36x75InIM0Kir6zPIykkChDwJ6RJB+PiktC7v1Uykf5&#10;cIhxkqbSsJjQnPlHkkiN7gmyhfRjnhhL9IAXKjrbosPHOdjJBMe1VaFvIDYOxQ5mta+miD65PGXX&#10;cSlv2+p3VTsmIXH0joe6LW7yQDnwWaPAL6ZVM88mx7vPqEguCcu2wCQtbfmK5gO90jAPTtwrHPLI&#10;Q1xwj2sP2eAqj094VNoiRdtJGaut/+uj92QPhmA1Y1tco0j/zzWnGau/GHBnikLAbUzKcDQuoPjj&#10;leXxilk3txYdl+OjwYkkkn3Ue7HytnnBjX9Dp2KJG4Gz5xkB3Sm3ETqW8M0g5M1Nktvh/WieHUZ+&#10;nkpC8H7fvXDvujkRMWK+2j1f+exsXLS2hL+xNxhblUqz5A3XDm70TpLSjQ3p5JPgWE9Wb99A138D&#10;AAD//wMAUEsDBAoAAAAAAAAAIQDE9LwIzyoAAM8qAAAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJ&#10;UE5HDQoaCgAAAA1JSERSAAAB7gAAAMEIAgAAAIb4xFYAAAABc1JHQgCuzhzpAAAACXBIWXMAAA7E&#10;AAAOxAGVKw4bAAAqdElEQVR4Xu2dv24bx/bHV78icaDCDoIEuEDsGCA71qrohnoAvYJUkJ0L8gFU&#10;/KAHIAt3YiG9gh5AbMyKtaor4ir2xQ2QiyBOAgXufM+Z/7M7y90ld6ld8rtNLHLmzJnPLM+cOcvw&#10;e/Dly5cIFwiAAAiAQJMJ/F+TnYfvIAACIAACTKBIKF9O3xzI6810uQ18asAyRivR1DZmXsMxZiOx&#10;9KNZTXxz/cm3um6P1NnkMlU3FjVZErjxlARCoVzdqLGP7XJ6OphH0fCWSjLv+y3ZqIwo+5TTV2Pb&#10;TUpuVVXEK0NVbYfVjFIVzNnoeBJF3cv7cc8ZInynlOtDklsly1PI6d74/rIbRZPjKm6UQp6gMQgo&#10;AoFQPruhD624JjdOCvbhjgJ51O282jF2HMbbtEmJPYqv22GFM6RgyGOoSNCUnXA5PReB/Lrfctmk&#10;3ClV4FPc5Ap52wmP1uq/59cpw1g1dm8c7r2Ov63+tQjm59s5n67jIvrsF4FkKLefTyeWU7zjrCyK&#10;5oM2pZOj0YHzp87NvdxW5yv6LDoV1RkZu/xES8czPzX28p1Q9uca8UJi6hvBlZ2947OGm27SJ17E&#10;ilg6aMYIzSgKzj39Vmr1zigQRPOr2VJ3fTOdioOOnHiqvUSSKtqbsoCxkXbQiLVUA65Or5ezK2Z0&#10;1vMjZfBOCfmSNp80woU/grGqSJiRXlDvzjKY0nbV1LtJLqFYQVwgUAMCKhU1/5E5affylpMOVU9x&#10;k1WdvOp2Isk0uaxMntz3/ByX3hcJqWs4YJ3a8DiqqWysDMnxAyOsfkOZ8pI7JwU3KXkch/zb8zkx&#10;o4A3iXF8lz2LZpbybiBX3OE8x70/XCBJG+5EXFohpi7ggOeySwq65J2S9CW5Wglj4bsivtTJScnD&#10;lMsllZF3B+lFFI4E+IjXA+vg3igpXMK3EF4FgWoJxLJyeZLmBKwn80avxrJi55EZmkrcXnVMyqm7&#10;qI8AHYFloSZ2NFXdL9/KSiwdmJ1DdFe8LI1GiyVlQd5ovbci1AhPU99YvWmmlY10SsYFmPhlZ5Q1&#10;98DYMs+Nhie28qyj27jnvdnqX/DmKvN31esirZBgbfCYJuOUJyjv8pgOb5m2WrW7D2FWRy0vJ8+8&#10;U6wvq/isIuz6IU6D6lpZoM5k5M1uKFAG7lfBz12kVutI3LZOzVG9tPrWwrsgsB0CfihXN6+IyKoG&#10;kK8auFwu2F/1gQtFPjOd3lgmQebDSZ9M1T3vlMPNKcinvpFheR6IXxwIKQa654ywlQJz9wjRXpAo&#10;+ooR1Gbnj8YuBt9ImRrFSPMEIJYn58W8ql2BOyWVT27C5IibxoepKW+LMNITTInJOuk4FltIYD8s&#10;AyRsgEA5BLxQrj6fKsqqgJyrGqg+DP65Oe0plHr8pA+wlOgUzG/CzSltTH0jFVbvROwrItf3LjdW&#10;rUZdaO4OodSIpM4f/qgFnzerOrab9m94w3iIitwpaXzyE97Q88zuKZmEWge/+OasWsEEJNMNNACB&#10;DQi4oVx/tuSXLEwJclUsN+msDInzwTv9nRdKuTK/qWUzqFj3rM6quXzkpB7KiSpM6hvpsVyUZ+iI&#10;YLyVg3u7gvuAL2lprbmvWDN9HpJneTm2qASofSdP0cvdDnTcXfc2ST7gK3anpPApQLiA5wUYaatp&#10;NZnkuXQ2cp6OpjwMLuArmoJAiQRsKT7wZNB9yXvs6DwxJF/cb9g5rol0Jt4tfti3OY//jvPYU5qP&#10;u+c+ffROA8E30h57us9srevuI1R+dTjkjUp9XzEBwnkwakwkn6PGnxMb8EHXPBiOsUStJAzH8uLl&#10;GQ7tc8vQY1RpP/3Jo3rLUF59p2TPJ44yTth7PBT4bmjixvKHTGEUfOypFyx1brHh7Z2Gh57VPsWD&#10;9YIEooLt0bwuBFZE3gpcTN2IKhirPJPVMarOcnmzh6W9IoBQ3qjljuWIGd+hLHVqwcNIqSOUZGwL&#10;jBrDoiSkMNMAAgfkY4nlGpgCARAAARDYPoEiP6e1fe8wIgiAAAiAQA4CKis/OPj/HI3RBARAAARA&#10;oI4EkJXXcVXgEwiAAAgUIoBaeSFcaAwCIAACdSSArLyOqwKfQAAEQKAQAYTyQrjQGARAAATqSACh&#10;vI6rAp9AAARAoBABhPJCuNAYBEAABOpIAKG8jqsCn0AABECgEAF8g6UQLjQGARCohMDDzx/vlw+f&#10;Pv1RifXaGH3x4nm79fr1Ty9L9wihvHSkMAgCIFCYwMd///frb7764bvnhXs2qsOvv/3x519/t1//&#10;o3SvUWApHSkMggAIrENg5+M4Qalujgjl69xz6AMCIAACtSKAUF6r5YAzIAACILAOAYTydaihDwiA&#10;AAjUigBCea2WA86AAAjsCIHZ6EBdmSrHZcy4YaGc6FSCRVF3RHjT4ZKMc7KdcWz1u2UsWf1sBOdM&#10;AtPyVs4FtX6TWu1RVTdi0zjA3zQCs9HxQgre318ujiuJWv7Q8VAuPn7JD1/KhzXHQlJPz2IdPwPL&#10;6bmk/p5k7WOX3VppGukL0ht/Gfdy4CiniYS6hdtjA3dXQV1pVk7OXiVN01vIndxeNlgsdC2bwOxm&#10;MryQ4aTVvxhObmZljxC3Fwvl7MDlZXQ1W5qG4pPVHszX94QU36PBu8qnsr6DH+7mR61EEI8invp5&#10;R+ysanc9n1ow64+3ac/l7Cq6vNzG7bGBp2lQ85i0uvbEvYwtklbyOLo1Ao23R3cf8viBNiDQGAJ+&#10;KOdIftLvnbmxvNV/z2eE7gZT6ry9vlzEo6Cbnpt/8z9GusQ0mpkEzc2ibvT75kUnj1MpnDhFTGXD&#10;eFYXL2HRSWgSTY6Tp5HZu8HRrZOoEwn91907nTkq66HDhnWLBpAXN5vKrFN4b31Rk2HHR6OY8Rh6&#10;juRnvf6JE8uD3TyYGla6B3Im7LQl5taNEoU/43xgo49DTdYN446sur/iy5lc8ABK1yDtK8MTe2rq&#10;jeX+ECTkngo8EgpALKMXzcVrAa942iWdKjb4/KHrPhDwQrmI5L2o5cfyMjDQGeMoZ2I+iU5E9nQ7&#10;nByfRtfy305n/T6/eCrDYfvuQiVct5GpSs0Hd9KQl9W56Rk15o9gb0wC6kK73q+vLJeLbudVcPbz&#10;RUc5NpykJerk1tWZyuhdEfjJlZzU+340fWNy/vuzKzEZurKMy0jeinpuLHe6uaW5BCwewPPAJKuK&#10;hnsaFDWStxT0AohdkIGN3oMagC5mah2JHYnmg7beOHTgdJYz7E0IpVm83luqVwY3dk3o/lKfHEXu&#10;Ii99O3mTPbuzZ1Z6Q9x8dOcsp6d2vTvLOpzeyvjkwkZTCDihnD64IpJTcYdiec7Am3ue4sOUJ0HR&#10;2dOrTrfLEUtdC/3hMNkVhbI5nZMp4sqcmi9Kf3XDrghC8ctNz8glr5SUey6RcYycTOnFG4Hjvm2l&#10;K2hRRL6YmEWJLU+GrwzjdFYQkTwSsdxuJKYbrV5XQ4jDEgN4HtgWmobZIvSeEUQcy3NXskuDbh2J&#10;dXcKLHp7tcsZWvAUlNasjs/3nXM/ouv5t1pHunXyNOVOoNUfqycqKo6rVIEM8GqKrafXV03oEUop&#10;BaL8tyZa1oOA8+G0gbVS12wopw/uXMdEPjGXXagX6V41tWavtBp4dLkeQf5sug8NilmhT3+ODuIw&#10;oK9cRWE6OUV6A6CNawMPU91Td6GJ5GJ/kQ/j5cU5KG2gT3eFFjwfShnS6cSX+hgq7TSVmO3k6u6o&#10;69zRHLa/fLmOTkNVvadjhZGfhgCdS4/k4bJNddpcn+3NHDWhXDxKcz6uq+52WZjMk2J7znEWPBhM&#10;7Gs6d+TwVPjSe53IhsxD1dlotVuURptPsc1vw4MLf3XZg5vMRvm/+cBnBr0RpMQ99sXsbcvpKM8j&#10;Va6BOeGfygKJ3SY0rZTEIIWGOK6cng6O9CP4JGJO/Q3IrG2rCPTs+yC04BkoY1/AIohppTMxvH4G&#10;bu5LdwJmoYYX4/F7/rjKO07dHLxXUMFJ3dprfU6yEaBFEwjIvZ2vLQTyKNKh3EvBmJM9ZqtvsIhU&#10;MH8oC7Fu9a/t41MRKGVJ9CYa5l8aXUzhSrRA1BtzdVhXWBYp5W01AH3SqACqqjGR+1Az4AE1phq2&#10;KdvSt1muk99WTPPc7soHp1fBRuyL2rh5645CX6KJdVRPM8yrzmMNU6uh6rc5mSRg+fbSaLDZufOg&#10;MICY11JTP1+sfiheCHr2nRD0ZiVK8ajGXcf79LObLavb+9KdQPuqY8t+dPNxQZ3zmt6JXcurswI3&#10;SvaE0QIEsgngR26zGTWgBaWd9Ig4Fp8oJbw52U5G0ABEcLHeBOhHbl/++H29fSzHu/uHX/Ajt+Wg&#10;hBUQAAEQ2DECyMp3bEExHRBoJAFIT2y4bAjlGwJEdxAAgRIIPD5+/v3xcwmGam/i28Nnh4fPSncT&#10;obx0pDAIAiAAAtsm0LBfRtw2HowHAiAAAk0ggFDehFWCjyAAAiCwkgBCOW4QEAABEGg8AdTKG7+E&#10;mAAI7ACBh58/3i8fPn36YwfmsmIKL148b7dev/7pZenTRCgvHSkMggAIFCaALyMWRuZ3QIFlQ4Do&#10;DgIgUA6BH757Xo6hGlupbo4I5TVedrgGAiAAAvkIIJTn44RWIAACIFBjAgjlNV4cuAYCIAAC+Qg0&#10;LJSHJDTzTXR1KyU9udlv+K4awlMvzaNYHfuJ7ZXuB6msHLGI9TL4wgYI7B2BpJ5tpQjioVwM70U0&#10;69Bav1Yu1bWsxaqC8SaUhIYly27ExD2lnrK5qgv0RZx3VYRXrQj9kvZWfvG+iO9oCwL7QoCEymVQ&#10;ISWSfFKYG5KJhXKWNrj0lGlmN8ohIZbsaurkHrk7HJYuFZp78DwNSQVHC8fEmlcjNZfHp3Ab2git&#10;JrUvX72+UfQEARAomQBHUi3CxVKYqQKEpY3rh3IhUtMnCRmrMtYbm1SVhIXWG7fzlhRn4rKebnru&#10;FQNGfDCQ+ogmA3UT4hv9vnnRSVSVHJwoIExlw7hCXPzcQ9vnRIqa5km72VXjoe7AL05lDi9eyne0&#10;Srrt9GR51fglTw9Oru1k3gkqoeOP8ctYT4CyrqvJcYvRSJ9PLExona33YUAvEKiEgBfKldyYozLm&#10;jsn6kCnJa6ZrQpHLCHCubD6JToQeHomLHpMyjvy301m/bw4JpKt7d6FE9EicSweb+eBOGvLKDBSY&#10;SDBNtqbGHK5IuW0YCcHMpEqYUVkzUZp81x6QsKad0+RK+vq+HyWHCE044LbrHOlDJnqlnx7CPvkG&#10;0qw7oKjJeUcJvJIUnj6DzRcdtQ5VCW1n3kBoAAIgsJKAE8qtlC/H8njglULk61dfhWRiHmXn4QkL&#10;dkYRSeN2z6yKopZ0jvT7rD46v/sQsQaylrA8oPxaN+xevpWGvIuioTXAasQzSqLTr2CBRRsgvWDb&#10;U5+moijfECG33Z4F79ugT+lTd99xQJEDZvOixJ3x8mXWgdbE9GQR2vVvh4LTQ3MQAIHVBGwoJ6Hm&#10;uY6JfP52qjtcCaBsLV3aNg9lSsyryunqVtHOg4MjpHwqIi+Cy9F95eUKv+ccwzbLtC6biuOJvhCq&#10;C2NGBxBgAixzr2rKNkeuFI0J5RTJIze0UH1DVurVkzY/jq9VKKXEPBoMJnY+OoGmwk7xSWpAlBvP&#10;7RFiNlqd+bvRcPZuEDl5f3EXwj3yDRFwmw5DXbOBUoKcMC92Q/doQ3tsnoOOMJRpndqw6+aZxnI6&#10;4rp/2rXWLVAWY9gBgZoToLrt0aDNhdn24Oh2C0mRDuUcyb2wxrsKxXIOmFQd5oeC+lnk+ghb/Wtb&#10;ARaBXUz14CYa5jeqfTH1nt6Yv+2j3DtedF6tstXqv6cSuWxMRfOsg0awVp7ha84hAm4zHz2T80Wy&#10;Vk57/Zgr/GYx6CFB/nsk23rErqv7j+/AqNXKvy5oCQIg4BLgEqS88n9INyCIX0bcAB66ggAIlESA&#10;fhnx5Y/fl2Ss1mbuH35pv/5H6S427P/2LH3+MAgCIAACO0AAoXwHFhFTAIFdIPDrbzuuO0GLVN0c&#10;UWDZhc8A5gACTSfw+Pj598fPTZ9FHv+/PXx2ePgsT8tCbRDKC+FCYxAAARCoIwEUWOq4KvAJBEAA&#10;BAoRQCgvhAuNQQAEQKCOBBDK67gq8AkEQAAEChFArbwQLjQGARCohMDDzx/vlw+fPu34l1hevHje&#10;br1+/dPL0iEilJeOFAZBAAQKE6D/Rejrb76qTpC+sEPVdKAvI/7519/4X4SqoQurIAACNSCw83Gc&#10;GFc3R9TKa3ALwwUQAAEQ2IwAQvlm/NAbBEAABGpAAKG8BosAF0AABEBgMwII5ZvxQ28QAAEQCBHI&#10;p/BbGrv6hvKQzHCOaa/ZLaJfZidl55XqcGb0Ak1zeLxJk/TZrs1BuFOfGW5CB31B4MkIkPo7aarz&#10;r5WznEJuhZgN/HXkv4R08ZBseUpl4hV1eWphsZ4r/0yaDTXXcsniPe+PImOt2ZZ0kb15KzO+XHIc&#10;wEZOumR9IbZVU9hoyBWGU+a/Jk10A4FiBD58/LVYh3q3XhHL/vmv/1TheywrJ2m24aUnXrxcGp24&#10;9XeXpNkNNp9tdpXi1Br8/SWJQpc6vNkaSBso75mgVAdgDARAYCcI+KGcQ+5Jv3fmCNG3+uO+kgUj&#10;ucnuarm1FCQBs+75X/2bTiQTJT2njyM3I6V9ZsNcsgDF3ackJE0XNVPGWFnauaRB50Vz4DH2WJo6&#10;fpG0sVGbp/c0C11+iHscsB8aMkSJ9PeEvr3rt/bRneCbNx4kB6MFI2CZd9jZ0UjTUDYTwyynp4O5&#10;lL/j7qbAEuztu3mg/WSj2I92IixgEs0j4IVyEXJ7LOjrxHKekwwT5537LC3MIIBUs35r0jUdqjqD&#10;0sKbRCciIaZsWAoxU7AgQU6ZJLt57OQquubXrHukUqlyaTLavXzb40mQFKZ+MRLVK9eeX0mRrpEu&#10;spK6DIYo3+Og/VOT1N92VmT0RpTb+s0TNBuOmeD793FIwlFvImd3M//sMF90BB5btUsMI2RXZYEp&#10;vsamNyl3Sw1nmikpz6plGDbvpofHILB7BJxQbsKJiOVWxJ4mLQVHr6NTk4HlJ7HCbJYR3ldERG0d&#10;yaZ0LtCvRSzzfKVi1vBCnxxiJmkP0mLMlGFbuWlKbRcUWV17YWe01OrFnVCUXpF0huyT45zpil69&#10;fsDHhOa0k5aTj+ZKnaBq4U7EOUepd83Jgha2y/N202p3mCAD0/tVRypH81lFbI6xi/eHtfb6rPsA&#10;74NA0wiwzL1MfITUvQlb1c3DhvLl7GquYx0XGyY3oijhXDYQFPAn22wBY8WacqpKD5Gt3LX3WJOC&#10;DkffnJcI6XQ60JtHOOjJJ9byEkHN7oG0DwSeYptauQqBbm3eeyqa082czTYbhvaNnOOgGQjsKwE6&#10;sqsTPR9hbRCqjIcJ5RRyzfNNUb8YilhO4dBEII7KRy1ROOeKS67v16SYZRsyPSRbNxM7Pf1ieMKU&#10;F5odZvZuEJ31VBk/0FyGK6fkwhmyKNPICZD7vDcZe6EA5X+jz5m/M572WGTgvn0aRSTknK5S/Wb1&#10;3LRJRdjH4s8vacgFs5yO0r5U6TALDSOq9dkX1/X1lubuhqiVZ7NDi/0hoE/0X75sIZBHkQ7lHHK9&#10;wMgHBIrlFO0Wx+r5IYfGgk6lmRXlEfGQ7eDgJhqq5TUvpu0SFBOpgizd0YWT8K3Bh5pIPsbjiw32&#10;xvwVHPXC8YIf4HKFWL90vpDlA/cih0yPgwMutcfm73ocsN87URszdb46u06pAjkjOgNaLAmfJDkX&#10;kgumfdWJ7XCGg2YWGoaeCwxFvSf7yaVNOA5Or/bno4mZgkCNCeBHbmu8OKW4RrnyaXRdVQ27Wuul&#10;AICRRhCgH7l9+eP3jXB1QyfvH37Bj9xuyBDdSyJgv/iY77BR0rAws9sE6Le8d3uCNLvq5oisfOdv&#10;HkwQBBpA4PHx8++Pnxvg6MYufnv47PDw2cZm4gYQyktHCoMgAAIgsG0C9f05rW2TwHggAAIg0FgC&#10;COWNXTo4DgIgAAKaAEI57gUQAAEQaDwB1Mobv4SYAAjsAIGHnz/eLx8+fdrxL7G8ePG83Xr9+qeX&#10;pS8ZQnnpSGEQBECgMAH6XvnX33xVnSB9YYeq6UBfRvzzr7/xvfJq6MIqCIBADQjsfBwnxtXNEbXy&#10;GtzCcAEEQAAENiOAUL4ZP/QGARAAgRoQQCivwSLABRAAARDYjABC+Wb80BsEQAAEakCgOaHcyE1W&#10;S83/iXI1VvDFav1Itb4lDk80OwwLArtCIClDXOnM4qFcDB/8xercahOOvzGxZPvb4YE5rRUu5QDO&#10;L3cL/3OJYlgX1ho5fVUSPnnBF5G40vsZxkGgHgRIw50kzDxF3Wodi4VyVlS+DMieUQAKSTNk+WbU&#10;gI22ME2toHpF1hjdrlUCIumdRTepIJFlotT3hW7SpdRgwgUCILCXBDiSKsVhIepSfTjwQzmPf9In&#10;kWZfwlJoyb+/UFrJpaxM/PBBe9hEKYtyTu2m81k59tnF5UIKopJ0UHThuJk84XACPuLE3Woux0bm&#10;2d34LcyE2Ssrj+f+YZlI3aS+1GDiazk9Hcyljs+b6cz9w5dL1pY5bR+N+LCh5Y+EGTMX1l2VVwBS&#10;SmenpfQ/8YIeIgt2KYsPIyAAAmUT8EK5iOQ9FoFzYjkn5J2iQnCr3WT95OhWqhmTwBvXc0hjbBhJ&#10;0WLO2k06LxpkxJdX/YsjVtUk5cojct8Guvgg4p1JdCIGJs1lIcUZGznQwkzG3V5F8p2UndcKeEpP&#10;j7qy6FxXCkS/7/fcP1oUn1lkzoDQ85wvOtcSjlLtdoGRSKhyKAwp0ZlHISk/PQrtMCnDln1vwR4I&#10;gMDWCDihnOUwOZJT9KFYrhSHZUKeLUpZyGFSRJYD0cXqmAEZe5s2UraeeUmtSqpNObE1bRA9Mskq&#10;p9hd0YIjtDgBpIhE25dNyxXOs8axkNMUWqUTI1zd1SqrpL4surtzcewFISU60yjmNdq4xr20YVlW&#10;tuTqV+bKoQEIgEApBGwoZz15HVj4EC8KBO6nXlZAskV8S/DLyyOHOQzS5tONdG0qR/u1m6idx6mE&#10;uaboZaMNTbiMLn36cDJdV1falunK2ltThSE5XuQadm1I6AgC+07ASeVsjlwpFBPKRcHACSt0tqdY&#10;7pzh6bTPFRAZbtb5OoudByWb5jGAm94ullw+ltdRi8ehkSg65rjYUT+jTBskaMwdefVoVGQ5GrT9&#10;A4DuwQFe1Y1UCUefN+Z3H6xZ8wcdDObq9COYphWSeKMywChDLwaJRzHnHh4kbdjNFjXHIqEJCOwN&#10;ASrcUqDg83Z7cHS7hdOuDuW6xmtI22Jv+fAp7lIFXNUVolu5O3C+K6ZOAU0WTMR1Ew3XcyA4SNCU&#10;O3KOsYhMZCsWTgf1qMG8op85iBI7T4dPNN4fvfG9mSjVhzqvUobnersGYr5JlBsSjXJ2JW4qKuNE&#10;VNnKO2wOGGgCAiAQJsAFS3ltIZBHEX7ktvCNSMnrzcl2Vqewb+gAAg0lQD9y+/LH7xvqfCG37x9+&#10;wY/cFiJWTWPxzf/kN1eqGQxWQQAEQCAXAWTluTChEQiAQKUEID2xIV6E8g0BojsIgEAJBB4fP//+&#10;+LkEQ7U38e3hs8PDZ6W7iVBeOlIYBAEQAIFtE2jOLyNumwzGAwEQAIHGEEAob8xSwVEQAAEQSCOA&#10;UI57AwRAAAQaTwC18sYvISYAAiCQk8DDzx/vlw+fPv2Rs33pzV68eN5uvX7908vSLSOUl44UBkEA&#10;BGpK4Mm/8vjrb3/8+dff+F+Eanp/wC0QAIGmEPjhu+dP6Gp1o6NW/oTLiqFBAARAoBwCCOXlcIQV&#10;EAABEHhCAgjlTwgfQ4MACIBAOQQQysvhCCsgAAIg4BJISgtXyqdhoZxllhumZN9Alyu942AcBPaB&#10;gPgJVaHlw5oEW4ha8VAudhJP9M3uLValvsBSSP1Ja7EOkc2dUhWMvTnSD9Bv8MvzG9IvsFBoCgIg&#10;UBoBRzLSVXcvzX7SUCyUswOXCd1kR+VsHcXm7nCoVZ8rnEle0xQcjyMj28ZqRlVE87ze5Ghn6Qsx&#10;oK2Iq+ZwC01AAARqRMAP5ULSrN87i4wWZCmudt6SnpkQqncuN3U1/+Z/jPhgwNdoZiTl3fh1o983&#10;L1rleR2W6ZU306ls6EVqkkylY49Nk4U2mnTNG3uFbW43FWcNEVadvFl2opOVELRWQ4fn5h1T1Hxj&#10;x6EketK4uyfVvHeixJQYl1/xzGp3tHn9JuPChlDKnQ0jIFAXAl4oV+KUWpPS+CjjUjwqFpmCEDeW&#10;ISjrmkQnQg+PdKKPT6Nr+W+ns36fXzzl2EnK83cXSkSPkmwdueeDO2nIK2+QyLEWgFaOsGixFlHO&#10;a3tyJR3jM4pV8KOkmR0ifVYhaB3Q9NP2TUCmqKoralRS62axiSJWbJaa0olxhTqq3oP1+Y72FX0E&#10;uT+LHK3o7KHQAgRAoDkEnFBOCSvl5D3ynWO5CbxOyNikfC9EhfOUMqQLUfSq03XFkGX8oku/H5Fc&#10;Msfg5XKhcmBWIZ5EumF3Ddm2vLaHF0JZWl4mPW4P5hkLr+3T9iFb0s7i2Spy4yTHNetml5Io8kbM&#10;4Fv9viRLyb3YhHCBAAhURIBl7lUhwn4aKxpLmrWhfDm7muuYyEFpchNPom1GuI5Lovgfr7KsYyjZ&#10;pyufFMtrdZCi0GY2BWmItoJuqtR9FGXY5rTapL150mrPe96Gil28SnysCI+rHrBQo0htZBy26Tq5&#10;WeuZdTHf0BoEQEAToMP50aDNH7v24Oh2g28+5EVqQrn4+DsRkeobIpbPRiaV1mFEvBqrQecZjwsA&#10;g8HENtVBlaoBefr7bfRexwUSW7tx3A2aFJWetj0dUHVmcOTm2DK8qwNKLtt6IxB7ob5i+0XK9Hhz&#10;NFsmZehZFIS3+rYIjisOP3ZKFPHFXPlodSsOMWJ2qJVnkcb7ILApAVvP2EIgt1k5R/KznnPo5gMC&#10;x/JXnYWulLevzpwHhmtMtNW/tomrCOxi1zq4iYb5renCvfFGPLnUPh4vVmTYYhACzF9bURen1BZ0&#10;cdtyaxDGTu+OVLHbTC2zoMREtO/ni3Ct3DypODg479wrb4Pj8vR4d7BFKPrLoom2kRvkX0i0BAEQ&#10;KI8AfuTWsKSTxs3JJt8B33BVyhmfUm56WIxS+IaLge67SYB+5Pblj98/7dzuH37Bj9w+7RJUMbrz&#10;PUo6IGx8EFtOTwP1oioch00QaCYB+sXwJ3S8utGRlT/hsmJoEACBrRJ4fPz8++PnrQ6ZGOzbw2eH&#10;h89K9wGhvHSkMAgCIAAC2ybQsJ/T2jYejAcCIAACTSCAUN6EVYKPIAACILCSAEI5bhAQAAEQaDwB&#10;hPLGLyEmAAIgAAII5bgHQAAEQKDxBBDKG7+EmAAIgAAIIJTjHgABEACBxhNAKG/8EmICIAACIIBQ&#10;jnsABEAABBpPAKG88UuICYAACIBAPUK5J1G/alGEZqevEVreGoa8qHTAVa7nRlLe/PNaejImeR1E&#10;OxDYPwLxUC5UxuLR0v58X+YPcDsEnR/9y5IFpd8Q3/hHAZ987Rzd5EzB5UqcfXIHKpkVjIIACOQg&#10;EAvlrO57acV+2QBFZFZ5kGprBQOuUVNjcYgi20AOz+vVxBVoE7rSWvl5W24+uQPbmijGAQEQCBDw&#10;QzlH8pM+iTRr4XaSfntHEmQbKxl4sqBOuq7Cu6km8D9GfDDgazQzLd1zwt27N6aBmJFbi9D/FkWA&#10;qbTEg9iMVZpyjwzuHnOjB0/WcZJuOzxZb1npS/OrvbHc9Lz5aJPhseMeGuOiuei7yoMUB5IzZysW&#10;DcG2M7WVk9BIBeSo8VEDARDYMgEvlItI3mNNMRPLPT37ROUlt7O0IWi9OdKnvLtQksqkzJbI1SfR&#10;iXiXxEWPSQ9H/vvIqnfOFx35YlamPx/cSUvj3mxktZTPIha4VPLFwrjjhB6cRzz1ivIZbgtNTbNx&#10;uFy0yXvSv3snlK8DY3uqy2d3M/M4gM9EjIs2U5KVMKej284y9sQg7AB1ZxE5yevsSk/JohmTLJ/e&#10;t3nXFjKngbluJked+z5BQxAAgfUIOKFcaxMLfUgddsiq1ZxPxLesMedK9pJFKVVm7+0Nx5MooWes&#10;k9tXnW7XURs17cyLXqYf8KSrROfpLbLFCpm8bbT6fZEv27yTnDCXyaxJ2lSJGsv3Mt3W8fm+c+5H&#10;dG2SJJ/1MMmx3Zy61R9zPJU+chxXVS2hGd2W22mvr5pY14MOkF2zBu3BXE/JQWP3bbWRh+caS/qz&#10;Fh7vgwAIbJeADeVCMF5JAtOnPjJK8NaheHzLdFXuAveX3bmt2Lh7A725ce0m0wmbB5/ccJTlWEh5&#10;p81wh3lM5HVbRlQ6UrDGdfDKPfbkioSfJ+fmcCAVvK+jU101CpqPOzC8VUeglGcdet82kZyt2u1b&#10;LhHvZLhAAATqS8CEcorkkQi8uvYhg5GXoNOnvSsF7blumvsxJgUXOty3ZU1W5Jay0CDs5LaSYOgU&#10;bUxuTx4GWFN2K4bhWHirs+2jlkx9g13sCUWZy3A79v08Cyq88omx+digY/9yOpLRe3gxHr+nk1Bb&#10;MpqNBEEO1bQ5xk4zKQ6wXbMXGMO+U63+xXBy/uZ8oU8xgbnyCcg4SBl6fW9oeAYC+0lAh3KO5E45&#10;g8LeiYrl/fdUTJbPGangvGYSTfGHYxKH/96Yi9zqweXxQm4NBS5TMDDeUJk4UpWcm2gYMEWByI4o&#10;xJBtZfnA66JOJQecs/vf1lntNoVDnp6+bD0p4E1obOajKbevOj25y/BF2494ZzTrnZghyL1rv8KS&#10;4oDmLhxrD2gjDZHm09bcWf7AXFv9a7Nq54tugfVCUxAAgS0QgLbnFiBjCBAAARColkA9/m/PaucI&#10;6yAAAiCw4wQQynd8gTE9EACBfSCAUL4Pq4w5ggAI7DgBhPIdX2BMDwRAYB8IIJTvwypjjiAAAjtO&#10;AKF8xxcY0wMBENgHAvgy4j6sMuYIAnUn8PDzx/vlw6dPf9Td0c38e/Hiebv1+vVPLzczE+iNUF46&#10;UhgEARAoTODjv//79Tdf/fDd88I9G9Xh19/++POvv9uv/1G61yiwlI4UBkEABNYhsPNxnKBUN0eE&#10;8nXuOfQBARAAgVoRQCiv1XLAGRAAARBYhwBC+TrU0AcEQAAEakUAobxWywFnQAAEdoSAlXhc/5e8&#10;C6BAKC8Ai5vGfhi8YO9Km9fYtUrnDeMgUD8CJEK5kAIQWcqVJfleq1ButzHx+9pJpeS1Ju2qIhcQ&#10;zFhrrGAnb1olTao872AJBECgdAIsyiWEclkshrRdUkXFShu5VqGcZuXKl60pc+GzceXXeIMklc7S&#10;4OUx5OobC8HpO1aJxgUCIAACZRKoPpQ7OekaGSn1Hk2nb0ySbq0ZY07WnaxJkSilK/asJZC5FjEa&#10;CbN06W5BVwMjqgUQ74i+6W2imL5xb6zFiZJ93Lmyc3Y2/I4QhQvN1RhiRVZ9FVLsK/OGgi0QAIGn&#10;IFB9KJfiwqJmdHZ1ajSHUyarFdmcADu5iq65+/t+NH1DUmu+Mcq6SZReXqScFg/mVigtvo/MFx1h&#10;liWVlfxl0lU3p74/u5vZjJ5ipfCFIjNVxSKlhXx/FsWSbiv/5rpGdhMzYSJmruOxPZSR0KjU3QzM&#10;1XPwEkJtT/EZwpggUAcCjhx7Rf+8Hdp5ekruifGopacPL+Ks85JriW1SYxIs9iimD6A6ywbUzbR0&#10;/p1wNemRaH05dDXplQ9x12PT056KZoGZxOZq/zT+hebqOuhOqqK1hFkQqIjAh4+/VmT5aczSJ1OF&#10;GP7cusHhn//6TxUuVZ2Vl501evFS1iq86J1eXxcpN9XKr5zU2tsFcrs6H9xFw/ngnSh50EVayLw0&#10;Jzcrn9XKVnQEUA9AAjPxt3YWyqbjgiegHZ8r1Y/qkA/ABxAAgdjHdyyE6YU8+hFLw1d9VR3KOdR2&#10;XolZUEzStVwu+a5ROH/V6epaCJeNR1StabWOnKA6G8ULLKbKbFw4CqvOi/cTrvKI+tmzHFDsHW/H&#10;Y/6GkZwCTUaMynvF7XDuP9aMfUGQnmuLMQIzSa401Waiq9PTwZF+Ep6ca6t3Zh2ksrwxglp51Z8c&#10;2AeB1QRsvXYLgTyKqg7ltlZ9cHp3tGEtlxJbvdPxXkdxnAMoB1X1/PJ4obYNw9iWqsX+SGX1VKwh&#10;V3nESFlvX3V64stF4qJ3qPbfph0p6p1ZB6LY/usYZQeoQC7ODaGZJO8LCtTRfD480Tt6YK6t/rWZ&#10;/vliQ774bIIACDSVAH7ktqkrB79BYJcI0I/cvvzx+12aUdpc7h9+wY/c7sNCY44gsKcE6Le8d37m&#10;1c0RWfnO3zyYIAg0gMDj4+ffHz83wNGNXfz28Nnh4bONzcQNIJSXjhQGQQAEQGDbBKp+7Lnt+WA8&#10;EAABENhDAgjle7jomDIIgMCuEUAo37UVxXxAAAT2kABC+R4uOqYMAiCwawQQyndtRTEfEACBPSSA&#10;UL6Hi44pgwAI7BoBhPJdW1HMBwRAYA8JIJTv4aJjyiAAArtGAKF811YU8wEBENhDAv8DJhSJR0Ps&#10;0csAAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhANki0XXhAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FqwzAQRO+F/oPYQm+NJJs0rWs5hND2FApNCiE3xdrYJtbKWIrt/H2VU3tc5jH7Jl9OtmUD&#10;9r5xpEDOBDCk0pmGKgU/u4+nF2A+aDK6dYQKruhhWdzf5TozbqRvHLahYrGEfKYV1CF0Gee+rNFq&#10;P3MdUsxOrrc6xLOvuOn1GMttyxMhnrnVDcUPte5wXWN53l6sgs9Rj6tUvg+b82l9PezmX/uNRKUe&#10;H6bVG7CAU/iD4aYf1aGITkd3IeNZqyBJX2VEY5DGTTdALEQC7KgglYs58CLn/zcUvwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI9B&#10;asMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPIJoFAl/M//z2mH//8Kn4pZRdYQde0&#10;IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJSOCtYSolfUma9kMfchEhcmzkkj6We&#10;ycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/PHF5o5DOV3cFYrJUFHgyDh9h10S2&#10;IIdevjw23AEAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAATAgAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD73yJHFQQAAEsJAAAOAAAAAAAA&#10;AAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAAIQDE9LwIzyoAAM8qAAAUAAAA&#10;AAAAAAAAAAAAAHsGAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQItABQABgAIAAAAIQDZItF14QAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAAHwxAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAqiYO&#10;vrwAAAAhAQAAGQAAAAAAAAAAAAAAAACKMgAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYA&#10;AAAABgAGAHwBAAB9MwAAAAA=&#10;">
+                <v:shape id="Picture 1" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;top:1333;width:53816;height:18383;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB/KVycwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8IS9renKrnS7RhGh2pPgv/ujeTZlm5fSxFq//UYQPA4z8xtmvhxsI3rqfO1YweckAUFc&#10;Ol1zpeB0zD9SED4ga2wck4I7eVguRm9zzLS78Z76Q6hEhLDPUIEJoc2k9KUhi37iWuLoXVxnMUTZ&#10;VVJ3eItw28hpksykxZrjgsGW1obKv8PVKujz4muWX8+btdkOu2JzScuffarU+3hY/YIINIRX+Nku&#10;tIJveFyJN0Au/gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB/KVycwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" stroked="t" strokecolor="#156082 [3204]">
+                  <v:imagedata r:id="rId17" o:title=""/>
+                  <v:shadow on="t" color="#333" opacity="42598f" origin="-.5,-.5" offset="2.74397mm,2.74397mm"/>
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:oval id="Oval 2" o:spid="_x0000_s1028" style="position:absolute;left:17526;width:15144;height:4286;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAUTAeYyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4XfIdlhN7qJiqSpK4ighjoQWpFepxmxyQ0Oxuya0z79G5B6HG+/1muB9OInjpXW1YQTyIQxIXV&#10;NZcKTh+7lwSE88gaG8uk4IccrFejpyVm2t74nfqjL0UIYZehgsr7NpPSFRUZdBPbEgfuYjuDPpxd&#10;KXWHtxBuGjmNooU0WHNoqLClbUXF9/FqFPi+vrjNp97qfZ6nv7PDW5Gev5R6Hg+bVxCeBv8vfrhz&#10;HebH6TyJk3k0hb+fAgBydQcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAUTAeYyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" filled="f" strokecolor="#c00000" strokeweight="4.5pt">
+                  <v:stroke joinstyle="miter"/>
+                </v:oval>
+                <w10:wrap type="square"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FCDED07" w14:textId="06BF5A30" w:rsidR="005E2AED" w:rsidRDefault="005E2AED" w:rsidP="000A3E6D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E92DC48" w14:textId="6CBDA3D4" w:rsidR="005E2AED" w:rsidRPr="003C2096" w:rsidRDefault="005E2AED" w:rsidP="000A3E6D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6071DA1E" w14:textId="77777777" w:rsidR="00012C1D" w:rsidRPr="00ED3992" w:rsidRDefault="008C0E5A" w:rsidP="00ED3992">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3992">
+        <w:t>ASSP</w:t>
+      </w:r>
+      <w:r w:rsidR="000A3E6D" w:rsidRPr="00ED3992">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03360877" w14:textId="7E7B6F82" w:rsidR="000A3E6D" w:rsidRPr="00ED3992" w:rsidRDefault="000A3E6D" w:rsidP="00ED3992">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rStyle w:val="BookTitle"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:spacing w:val="0"/>
+        </w:rPr>
+        <w:t>Area Eligible</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0E5A" w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rStyle w:val="BookTitle"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:spacing w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> screen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10825A9C" w14:textId="377C9AEF" w:rsidR="000A3E6D" w:rsidRPr="00D1413C" w:rsidRDefault="000A3E6D" w:rsidP="00D1413C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F508163" w14:textId="3C41BBC5" w:rsidR="00D1413C" w:rsidRDefault="00D1413C" w:rsidP="00AA3B6C">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="00572E1F" w:rsidRPr="00572E1F" w:rsidSect="00075EA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="013B4F01" w14:textId="2186F591" w:rsidR="00F44269" w:rsidRPr="00E77F32" w:rsidRDefault="00F44269" w:rsidP="002D15CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="275A5168" w14:textId="77777777" w:rsidR="00535E4B" w:rsidRPr="00E77F32" w:rsidRDefault="00535E4B" w:rsidP="002D15CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B527AC8" w14:textId="6999E826" w:rsidR="00C05563" w:rsidRPr="00E77F32" w:rsidRDefault="00C05563" w:rsidP="00535E4B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC5A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00535E4B" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0025440B" w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the number of students enrolled in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A035E6" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fter </w:t>
+      </w:r>
+      <w:r w:rsidR="00A035E6" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chool </w:t>
+      </w:r>
+      <w:r w:rsidR="00A035E6" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nack </w:t>
+      </w:r>
+      <w:r w:rsidR="00A035E6" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rogram(s) that are </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>approved for free meal benefits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="063D24F3" w14:textId="7FDA5FA0" w:rsidR="00521643" w:rsidRPr="00E77F32" w:rsidRDefault="00521643" w:rsidP="00535E4B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72BF387E" w14:textId="56E1ED3D" w:rsidR="00521643" w:rsidRPr="00E77F32" w:rsidRDefault="00C05563" w:rsidP="00535E4B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7E3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0025440B" w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the total number of students enrolled in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A035E6" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fter </w:t>
+      </w:r>
+      <w:r w:rsidR="00A035E6" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chool </w:t>
+      </w:r>
+      <w:r w:rsidR="00A035E6" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nack </w:t>
+      </w:r>
+      <w:r w:rsidR="00A035E6" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rogram(s).  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E77F32" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003B2CAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003B2CAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E77F32" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please use the highest enrollment during the month</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CE73F26" w14:textId="77777777" w:rsidR="00521643" w:rsidRPr="00E77F32" w:rsidRDefault="00521643" w:rsidP="00521643">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E6E5492" w14:textId="345714D4" w:rsidR="00521643" w:rsidRPr="00E77F32" w:rsidRDefault="00C05563" w:rsidP="00521643">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7E3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0025440B" w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:r w:rsidR="0025440B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the number of sites participating in the After School Snack Program. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00E77F32" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">NOTE: </w:t>
+      </w:r>
+      <w:r w:rsidR="008A624D" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The number will be one </w:t>
+      </w:r>
+      <w:r w:rsidR="00E77F32" w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="008A624D" w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E77F32" w:rsidRPr="00ED3992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="008A624D" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> since we are requiring a </w:t>
+      </w:r>
+      <w:r w:rsidR="00E77F32" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>site-based</w:t>
+      </w:r>
+      <w:r w:rsidR="008A624D" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> claim.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29AF2E9F" w14:textId="20B17888" w:rsidR="008A624D" w:rsidRPr="00DF7E3B" w:rsidRDefault="008A624D" w:rsidP="008A624D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="409C4B79" w14:textId="728F4894" w:rsidR="00521643" w:rsidRPr="00E77F32" w:rsidRDefault="00C05563" w:rsidP="005B0F72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7E3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0025440B" w:rsidRPr="00B82E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:r w:rsidR="0025440B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Total Monthly Attendance for the school.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00E77F32" w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">NOTE: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This number will be the total (sum) for the entire month.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47084643" w14:textId="77777777" w:rsidR="00521643" w:rsidRPr="00E77F32" w:rsidRDefault="00521643" w:rsidP="00521643">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="237C41FF" w14:textId="7DE04E8C" w:rsidR="00C05563" w:rsidRPr="00E77F32" w:rsidRDefault="00C05563" w:rsidP="005B0F72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7E3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0025440B" w:rsidRPr="00B82E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the number of days snacks were served during the month.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70FC9C51" w14:textId="41C2B5DD" w:rsidR="00521643" w:rsidRPr="00E77F32" w:rsidRDefault="00521643" w:rsidP="00521643">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2605B09C" w14:textId="21324992" w:rsidR="00C05563" w:rsidRPr="00E77F32" w:rsidRDefault="00C05563" w:rsidP="00691938">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7E3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0025440B" w:rsidRPr="00B82E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the number of snacks served during the month.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00C05563" w:rsidRPr="00E77F32" w:rsidSect="008140A6">
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="810" w:right="720" w:bottom="900" w:left="720" w:header="630" w:footer="467" w:gutter="0"/>
+      <w:pgMar w:top="900" w:right="720" w:bottom="900" w:left="720" w:header="720" w:footer="465" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="501E5A77" w14:textId="77777777" w:rsidR="007678E5" w:rsidRDefault="007678E5" w:rsidP="00335C45">
+    <w:p w14:paraId="1FB3BE74" w14:textId="77777777" w:rsidR="001865AE" w:rsidRDefault="001865AE" w:rsidP="0036276A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B082F1A" w14:textId="77777777" w:rsidR="007678E5" w:rsidRDefault="007678E5" w:rsidP="00335C45">
+    <w:p w14:paraId="458ACE96" w14:textId="77777777" w:rsidR="001865AE" w:rsidRDefault="001865AE" w:rsidP="0036276A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4B245122" w14:textId="35D7C228" w:rsidR="00335C45" w:rsidRPr="00335C45" w:rsidRDefault="008C6513" w:rsidP="00572E1F">
+  <w:p w14:paraId="7DC95F8C" w14:textId="0D364820" w:rsidR="0036276A" w:rsidRPr="0036276A" w:rsidRDefault="00F716E8" w:rsidP="008140A6">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="10980"/>
       </w:tabs>
       <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-187" w:right="-187"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="358C3F15" wp14:editId="19320AA2">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FBF7EEB" wp14:editId="23AE86D8">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-635</wp:posOffset>
+                <wp:posOffset>-6350</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7315200" cy="9525"/>
               <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
               <wp:wrapNone/>
               <wp:docPr id="370395077" name="Straight Connector 5"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm flipV="1">
                         <a:off x="0" y="0"/>
                         <a:ext cx="7315200" cy="9525"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="47C57AB7" id="Straight Connector 5" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="0,-.05pt" to="8in,.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWhsLjpwEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x5IdOG0EyzkkSC9F&#10;GvSRO0MtLQJ8YclY8t9nSdlKkQYFWvRC8LEzuzO73FyP1rA9YNTetXy5qDkDJ32n3a7lP3/cnX/i&#10;LCbhOmG8g5YfIPLr7dmHzRAaWPnemw6QEYmLzRBa3qcUmqqKsgcr4sIHcPSoPFqR6Ii7qkMxELs1&#10;1aquL6vBYxfQS4iRbm+nR74t/EqBTF+VipCYaTnVlsqKZX3Ka7XdiGaHIvRaHssQ/1CFFdpR0pnq&#10;ViTBnlH/RmW1RB+9SgvpbeWV0hKKBlKzrN+o+d6LAEULmRPDbFP8f7Tyfn/jHpBsGEJsYnjArGJU&#10;aJkyOjxST4suqpSNxbbDbBuMiUm6/HixXFMvOJP0drVerbOr1cSS2QLG9Bm8ZXnTcqNdFiUasf8S&#10;0xR6CiHcax1llw4GcrBx30Ax3VG+qaIyInBjkO0FNVdICS4tj6lLdIYpbcwMrEvaPwKP8RkKZXz+&#10;BjwjSmbv0gy22nl8L3saTyWrKf7kwKQ7W/Dku0PpULGG5qCYe5zZPGi/ngv89WdtXwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPERm3zbAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfI&#10;SFzQlrYChErTCSHgME4bIG03tzFttcapmqwr/x7vBDc/P+u9z8Vqdr2aaAydZwPpMgFFXHvbcWPg&#10;8+N18QAqRGSLvWcy8EMBVuXlRYG59Sfe0LSNjZIQDjkaaGMccq1D3ZLDsPQDsXjffnQYRY6NtiOe&#10;JNz1OkuSe+2wY2locaDnlurD9ugM7IMPL1/rano7bNYz3rzHbFdbY66v5qdHUJHm+HcMZ3xBh1KY&#10;Kn9kG1RvQB6JBhYpqLOZ3mWyqGS6BV0W+j99+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAWhsLjpwEAAKEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDxEZt82wAAAAUBAAAPAAAAAAAAAAAAAAAAAAEEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAACQUAAAAA&#10;" strokecolor="#156082 [3204]" strokeweight=".5pt">
+            <v:line w14:anchorId="184B7D46" id="Straight Connector 5" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="0,-.5pt" to="8in,.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWhsLjpwEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x5IdOG0EyzkkSC9F&#10;GvSRO0MtLQJ8YclY8t9nSdlKkQYFWvRC8LEzuzO73FyP1rA9YNTetXy5qDkDJ32n3a7lP3/cnX/i&#10;LCbhOmG8g5YfIPLr7dmHzRAaWPnemw6QEYmLzRBa3qcUmqqKsgcr4sIHcPSoPFqR6Ii7qkMxELs1&#10;1aquL6vBYxfQS4iRbm+nR74t/EqBTF+VipCYaTnVlsqKZX3Ka7XdiGaHIvRaHssQ/1CFFdpR0pnq&#10;ViTBnlH/RmW1RB+9SgvpbeWV0hKKBlKzrN+o+d6LAEULmRPDbFP8f7Tyfn/jHpBsGEJsYnjArGJU&#10;aJkyOjxST4suqpSNxbbDbBuMiUm6/HixXFMvOJP0drVerbOr1cSS2QLG9Bm8ZXnTcqNdFiUasf8S&#10;0xR6CiHcax1llw4GcrBx30Ax3VG+qaIyInBjkO0FNVdICS4tj6lLdIYpbcwMrEvaPwKP8RkKZXz+&#10;BjwjSmbv0gy22nl8L3saTyWrKf7kwKQ7W/Dku0PpULGG5qCYe5zZPGi/ngv89WdtXwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAAJflujbAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZ&#10;wYu0mwQqkmZTRNRDPbUq6G2SnSah2dmQ3abx3zs96Wne8Ib3vik2s+vVRGPoPBtIlwko4trbjhsD&#10;H+8viwdQISJb7D2TgR8KsCmvrwrMrT/zjqZ9bJSEcMjRQBvjkGsd6pYchqUfiMU7+NFhlHVstB3x&#10;LOGu11mS3GuHHUtDiwM9tVQf9ydn4Dv48Py5rabX4247491bzL5qa8ztzfy4BhVpjn/HcMEXdCiF&#10;qfIntkH1BuSRaGCRyry46SoTVRlYgS4L/Z++/AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAWhsLjpwEAAKEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQACX5bo2wAAAAUBAAAPAAAAAAAAAAAAAAAAAAEEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAACQUAAAAA&#10;" strokecolor="#156082 [3204]" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="005A1F04">
+    <w:r w:rsidR="00261053">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>How to Submit a Site-Based</w:t>
     </w:r>
-    <w:r w:rsidR="005A1F04" w:rsidRPr="00053FB9">
+    <w:r w:rsidR="0036276A" w:rsidRPr="00053FB9">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> Claim for Reimbursement</w:t>
     </w:r>
-    <w:r w:rsidR="005A1F04">
+    <w:r w:rsidR="00261053">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="005A1F04" w:rsidRPr="00335C45">
+    <w:r w:rsidR="0036276A" w:rsidRPr="00335C45">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">for </w:t>
+      <w:t>for CEP</w:t>
     </w:r>
-    <w:r w:rsidR="005A1F04">
+    <w:r w:rsidR="0036276A">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>NON-</w:t>
+      <w:t xml:space="preserve"> S</w:t>
     </w:r>
-    <w:r w:rsidR="005A1F04" w:rsidRPr="00335C45">
+    <w:r w:rsidR="0061551C">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>CEP</w:t>
+      <w:t xml:space="preserve">chool </w:t>
     </w:r>
-    <w:r w:rsidR="005A1F04">
+    <w:r w:rsidR="0036276A">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> School Food Authorities</w:t>
+      <w:t>F</w:t>
     </w:r>
-    <w:r w:rsidR="00335C45">
+    <w:r w:rsidR="0061551C">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">ood </w:t>
+    </w:r>
+    <w:r w:rsidR="0036276A">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>A</w:t>
+    </w:r>
+    <w:r w:rsidR="0061551C">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>uthoritie</w:t>
+    </w:r>
+    <w:r w:rsidR="0036276A">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>s</w:t>
+    </w:r>
+    <w:r w:rsidR="0036276A">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00335C45" w:rsidRPr="001E0A32">
+    <w:r w:rsidR="0036276A" w:rsidRPr="001E0A32">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>rev.</w:t>
+      <w:t xml:space="preserve">rev. </w:t>
     </w:r>
-    <w:r w:rsidR="00B81E10">
+    <w:r w:rsidR="00D05991">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> October </w:t>
+      <w:t>October</w:t>
     </w:r>
-    <w:r w:rsidR="00335C45" w:rsidRPr="001E0A32">
+    <w:r w:rsidR="0090192B">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="0036276A" w:rsidRPr="001E0A32">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2024</w:t>
     </w:r>
-    <w:r w:rsidR="0021226F">
+    <w:r w:rsidR="00FF782B">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>-dk</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="39D5DF8E" w14:textId="77777777" w:rsidR="007678E5" w:rsidRDefault="007678E5" w:rsidP="00335C45">
+    <w:p w14:paraId="166A28A5" w14:textId="77777777" w:rsidR="001865AE" w:rsidRDefault="001865AE" w:rsidP="0036276A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3377639F" w14:textId="77777777" w:rsidR="007678E5" w:rsidRDefault="007678E5" w:rsidP="00335C45">
+    <w:p w14:paraId="58C76464" w14:textId="77777777" w:rsidR="001865AE" w:rsidRDefault="001865AE" w:rsidP="0036276A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="12948CF7" w14:textId="4DA1BA67" w:rsidR="007E262F" w:rsidRDefault="00075EA4">
+  <w:p w14:paraId="6D7924BD" w14:textId="0B40908D" w:rsidR="00F716E8" w:rsidRDefault="00F716E8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5078D1E4" wp14:editId="72CF0DB8">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46F62705" wp14:editId="0EB72F1F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-114300</wp:posOffset>
+                <wp:posOffset>0</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7315200" cy="9525"/>
               <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
               <wp:wrapNone/>
-              <wp:docPr id="1149559800" name="Straight Connector 5"/>
+              <wp:docPr id="1086333128" name="Straight Connector 5"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm flipV="1">
                         <a:off x="0" y="0"/>
                         <a:ext cx="7315200" cy="9525"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
-                      <a:noFill/>
-[...7 lines deleted...]
-                      <a:effectLst/>
                     </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="1">
+                        <a:schemeClr val="accent1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="tx1"/>
+                      </a:fontRef>
+                    </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="2EF53F0A" id="Straight Connector 5" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="0,-9pt" to="8in,-8.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCprcgJtQEAAFIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPtf7B83ybtKqVETfew1XJB&#10;sBIf96ljJ5b8JY9p2n/P2AllgRsiB2vsGT/Pe/Oyf7xYw84yovau4+tVzZl0wvfaDR3/+uX5fscZ&#10;JnA9GO9kx68S+ePh7s1+Cq3c+NGbXkZGIA7bKXR8TCm0VYVilBZw5YN0lFQ+Wki0jUPVR5gI3Zpq&#10;U9fbavKxD9ELiUinxznJDwVfKSnSJ6VQJmY6Tr2lssaynvJaHfbQDhHCqMXSBvxDFxa0o0dvUEdI&#10;wL5H/ReU1SJ69CqthLeVV0oLWTgQm3X9B5vPIwRZuJA4GG4y4f+DFR/PT+4lkgxTwBbDS8wsLipa&#10;powO32imhRd1yi5FtutNNnlJTNDh24d1Q7PgTFDuXbNpsqrVjJLRQsT0XnrLctBxo10mBS2cP2Ca&#10;S3+W5GPnn7UxZTDGsanj24cmgwPZQxlIFNrQdxzdwBmYgXwnUiyI6I3u8+2Mg3E4PZnIzkCzXzfb&#10;erdZGvutLD99BBznupKaXWF1ImsabTu+q/O33DYuo8tiroXAL+1ydPL9tUha5R0NrqixmCw74/We&#10;4te/wuEHAAAA//8DAFBLAwQUAAYACAAAACEAGca76toAAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bExPy07DMBC8I/EP1iJxQa2TqA1VGqeKkBA9QuED3HhJosbryHba8PdsTnCb3RnNozzMdhBX9KF3&#10;pCBdJyCQGmd6ahV8fb6udiBC1GT04AgV/GCAQ3V/V+rCuBt94PUUW8EmFAqtoItxLKQMTYdWh7Ub&#10;kZj7dt7qyKdvpfH6xuZ2kFmS5NLqnjih0yO+dNhcTpPlXHSbI9XH93l8e6qzyeYb/6yVenyY6z2I&#10;iHP8E8NSn6tDxZ3ObiITxKCAh0QFq3THYKHTbcbovLzyLciqlP8XVL8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAqa3ICbUBAABSAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAGca76toAAAAJAQAADwAAAAAAAAAAAAAAAAAPBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="#156082" strokeweight=".5pt">
+            <v:line w14:anchorId="4A0CA557" id="Straight Connector 5" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="0,0" to="8in,.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWhsLjpwEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x5IdOG0EyzkkSC9F&#10;GvSRO0MtLQJ8YclY8t9nSdlKkQYFWvRC8LEzuzO73FyP1rA9YNTetXy5qDkDJ32n3a7lP3/cnX/i&#10;LCbhOmG8g5YfIPLr7dmHzRAaWPnemw6QEYmLzRBa3qcUmqqKsgcr4sIHcPSoPFqR6Ii7qkMxELs1&#10;1aquL6vBYxfQS4iRbm+nR74t/EqBTF+VipCYaTnVlsqKZX3Ka7XdiGaHIvRaHssQ/1CFFdpR0pnq&#10;ViTBnlH/RmW1RB+9SgvpbeWV0hKKBlKzrN+o+d6LAEULmRPDbFP8f7Tyfn/jHpBsGEJsYnjArGJU&#10;aJkyOjxST4suqpSNxbbDbBuMiUm6/HixXFMvOJP0drVerbOr1cSS2QLG9Bm8ZXnTcqNdFiUasf8S&#10;0xR6CiHcax1llw4GcrBx30Ax3VG+qaIyInBjkO0FNVdICS4tj6lLdIYpbcwMrEvaPwKP8RkKZXz+&#10;BjwjSmbv0gy22nl8L3saTyWrKf7kwKQ7W/Dku0PpULGG5qCYe5zZPGi/ngv89WdtXwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAO7vO/3aAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe9C/8My&#10;BS9iNw1UJGZTpFQP9dSqoLdJdkxCs7Mhu03jv3fqRS/DPN7w5nv5enKdGmkIrWcDy0UCirjytuXa&#10;wNvr0+09qBCRLXaeycA3BVgXs6scM+vPvKfxEGslIRwyNNDE2Gdah6ohh2Hhe2LxvvzgMIocam0H&#10;PEu463SaJHfaYcvyocGeNg1Vx8PJGfgMPmzfd+X4fNzvJrx5ielHZY25nk+PD6AiTfHvGC74gg6F&#10;MJX+xDaozoAUib/z4i1XqehSthXoItf/4YsfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ABaGwuOnAQAAoQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAO7vO/3aAAAABAEAAA8AAAAAAAAAAAAAAAAAAQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAAIBQAAAAA=&#10;" strokecolor="#156082 [3204]" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="425D2C11"/>
+    <w:nsid w:val="012C2CF4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2A3CCEEC"/>
-    <w:lvl w:ilvl="0" w:tplc="AD425350">
+    <w:tmpl w:val="3118D57C"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:color w:val="auto"/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003">
+    <w:lvl w:ilvl="1" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12591C18"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DD84B2B4"/>
+    <w:lvl w:ilvl="0" w:tplc="5554C788">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
@@ -6388,68 +7183,68 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="43984EF0"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1FA66AF8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5D32CCBE"/>
-    <w:lvl w:ilvl="0" w:tplc="2294CEC0">
+    <w:tmpl w:val="DF485F96"/>
+    <w:lvl w:ilvl="0" w:tplc="6C8821BA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
@@ -6502,1503 +7297,1796 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1316880647">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43984EF0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B4C6880E"/>
+    <w:lvl w:ilvl="0" w:tplc="F906FA68">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72A275CA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B790928E"/>
+    <w:lvl w:ilvl="0" w:tplc="F1109D1A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1755" w:hanging="405"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2430" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3150" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3870" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4590" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5310" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6030" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6750" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7470" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1165625740">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="300233537">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1344472711">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1093552977">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1470784615">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F44269"/>
-    <w:rsid w:val="00002A74"/>
+    <w:rsid w:val="000002F5"/>
+    <w:rsid w:val="000010E6"/>
+    <w:rsid w:val="0000601B"/>
     <w:rsid w:val="0000706C"/>
     <w:rsid w:val="00007355"/>
+    <w:rsid w:val="00012C1D"/>
     <w:rsid w:val="00012E5F"/>
-    <w:rsid w:val="00013B2B"/>
     <w:rsid w:val="00013F52"/>
-    <w:rsid w:val="0001465B"/>
-    <w:rsid w:val="00014733"/>
+    <w:rsid w:val="00015EE9"/>
     <w:rsid w:val="000165FB"/>
-    <w:rsid w:val="00016C25"/>
     <w:rsid w:val="00020331"/>
     <w:rsid w:val="00022A79"/>
     <w:rsid w:val="000267C7"/>
     <w:rsid w:val="0003239E"/>
+    <w:rsid w:val="00032D35"/>
     <w:rsid w:val="00034CD4"/>
     <w:rsid w:val="00035487"/>
     <w:rsid w:val="00037C55"/>
     <w:rsid w:val="0004068C"/>
-    <w:rsid w:val="00040B08"/>
-    <w:rsid w:val="00040C39"/>
     <w:rsid w:val="0004104D"/>
     <w:rsid w:val="000414C1"/>
     <w:rsid w:val="000428B9"/>
     <w:rsid w:val="00042DCF"/>
+    <w:rsid w:val="00043DF2"/>
+    <w:rsid w:val="00047BFA"/>
     <w:rsid w:val="0005187E"/>
     <w:rsid w:val="000526E6"/>
     <w:rsid w:val="0005315B"/>
-    <w:rsid w:val="00053B98"/>
+    <w:rsid w:val="00053391"/>
     <w:rsid w:val="00054CED"/>
     <w:rsid w:val="00060911"/>
     <w:rsid w:val="00060E7E"/>
-    <w:rsid w:val="0006244E"/>
-    <w:rsid w:val="000652E4"/>
+    <w:rsid w:val="000633B9"/>
     <w:rsid w:val="00070BAB"/>
     <w:rsid w:val="0007164E"/>
     <w:rsid w:val="00071A4B"/>
     <w:rsid w:val="00072189"/>
     <w:rsid w:val="00072450"/>
-    <w:rsid w:val="00075EA4"/>
+    <w:rsid w:val="00072BD4"/>
     <w:rsid w:val="00076320"/>
-    <w:rsid w:val="00082DB2"/>
+    <w:rsid w:val="00082035"/>
+    <w:rsid w:val="00082B8A"/>
     <w:rsid w:val="0008310A"/>
+    <w:rsid w:val="000847B7"/>
     <w:rsid w:val="00086991"/>
     <w:rsid w:val="00086C65"/>
     <w:rsid w:val="00090C26"/>
     <w:rsid w:val="00092919"/>
     <w:rsid w:val="00092E2C"/>
     <w:rsid w:val="0009456F"/>
     <w:rsid w:val="00094D5A"/>
-    <w:rsid w:val="00095FDD"/>
     <w:rsid w:val="00096DA3"/>
-    <w:rsid w:val="000970AD"/>
     <w:rsid w:val="000A1FB2"/>
     <w:rsid w:val="000A2404"/>
     <w:rsid w:val="000A2F16"/>
+    <w:rsid w:val="000A3E6D"/>
     <w:rsid w:val="000A5B29"/>
+    <w:rsid w:val="000A6C77"/>
     <w:rsid w:val="000A78FE"/>
     <w:rsid w:val="000B0607"/>
-    <w:rsid w:val="000B1661"/>
     <w:rsid w:val="000B1D00"/>
     <w:rsid w:val="000B3D2F"/>
     <w:rsid w:val="000B3D6E"/>
+    <w:rsid w:val="000B4123"/>
     <w:rsid w:val="000B4A5C"/>
     <w:rsid w:val="000B4C43"/>
     <w:rsid w:val="000B57F6"/>
     <w:rsid w:val="000B585B"/>
     <w:rsid w:val="000B6380"/>
     <w:rsid w:val="000B7590"/>
     <w:rsid w:val="000C0DAA"/>
-    <w:rsid w:val="000C3565"/>
-    <w:rsid w:val="000C4150"/>
     <w:rsid w:val="000C41B9"/>
     <w:rsid w:val="000C49FE"/>
     <w:rsid w:val="000C4B25"/>
     <w:rsid w:val="000C551C"/>
     <w:rsid w:val="000C7566"/>
     <w:rsid w:val="000C7707"/>
     <w:rsid w:val="000D0F3D"/>
     <w:rsid w:val="000D1F5F"/>
     <w:rsid w:val="000D3DAB"/>
     <w:rsid w:val="000D426A"/>
     <w:rsid w:val="000D4C3D"/>
     <w:rsid w:val="000D5DBD"/>
     <w:rsid w:val="000D643D"/>
+    <w:rsid w:val="000E2C3C"/>
     <w:rsid w:val="000E5563"/>
+    <w:rsid w:val="000E5A96"/>
     <w:rsid w:val="000E5C4B"/>
-    <w:rsid w:val="000E604F"/>
     <w:rsid w:val="000E73B2"/>
     <w:rsid w:val="000F0A96"/>
     <w:rsid w:val="000F2A6F"/>
     <w:rsid w:val="000F3685"/>
     <w:rsid w:val="000F474D"/>
+    <w:rsid w:val="000F48F3"/>
     <w:rsid w:val="000F4958"/>
     <w:rsid w:val="000F685D"/>
     <w:rsid w:val="000F7E18"/>
     <w:rsid w:val="00102000"/>
     <w:rsid w:val="00103B5F"/>
     <w:rsid w:val="00104C34"/>
     <w:rsid w:val="00105425"/>
-    <w:rsid w:val="00106D64"/>
+    <w:rsid w:val="00106D8A"/>
     <w:rsid w:val="001074BF"/>
     <w:rsid w:val="00111390"/>
     <w:rsid w:val="0011444A"/>
+    <w:rsid w:val="0011538E"/>
     <w:rsid w:val="00115439"/>
     <w:rsid w:val="00120286"/>
     <w:rsid w:val="00121482"/>
+    <w:rsid w:val="0012203D"/>
     <w:rsid w:val="001220CD"/>
     <w:rsid w:val="00123164"/>
     <w:rsid w:val="0012344D"/>
     <w:rsid w:val="00125061"/>
     <w:rsid w:val="00127C9A"/>
-    <w:rsid w:val="00131127"/>
-    <w:rsid w:val="001323A0"/>
+    <w:rsid w:val="0013276C"/>
     <w:rsid w:val="00133091"/>
     <w:rsid w:val="001334A3"/>
     <w:rsid w:val="001335D1"/>
-    <w:rsid w:val="0013369C"/>
     <w:rsid w:val="00136202"/>
+    <w:rsid w:val="001400DA"/>
     <w:rsid w:val="001407D5"/>
     <w:rsid w:val="0014294C"/>
     <w:rsid w:val="00144286"/>
     <w:rsid w:val="00144DD7"/>
-    <w:rsid w:val="0014608A"/>
     <w:rsid w:val="00150D40"/>
+    <w:rsid w:val="001513D6"/>
     <w:rsid w:val="00152743"/>
     <w:rsid w:val="00155074"/>
     <w:rsid w:val="00155830"/>
     <w:rsid w:val="001558C3"/>
     <w:rsid w:val="00155A9C"/>
     <w:rsid w:val="00157B7C"/>
     <w:rsid w:val="00157DAE"/>
     <w:rsid w:val="001617AE"/>
+    <w:rsid w:val="0016281E"/>
     <w:rsid w:val="00163596"/>
     <w:rsid w:val="00164B02"/>
     <w:rsid w:val="00165DA5"/>
-    <w:rsid w:val="00167BD7"/>
+    <w:rsid w:val="001666AF"/>
     <w:rsid w:val="00172C8C"/>
+    <w:rsid w:val="00173DC8"/>
     <w:rsid w:val="001740AD"/>
     <w:rsid w:val="00175072"/>
-    <w:rsid w:val="001763F1"/>
     <w:rsid w:val="00180DF5"/>
     <w:rsid w:val="00186300"/>
-    <w:rsid w:val="00186C3D"/>
+    <w:rsid w:val="001865AE"/>
     <w:rsid w:val="00190305"/>
     <w:rsid w:val="00191DEA"/>
     <w:rsid w:val="00193612"/>
     <w:rsid w:val="001936D8"/>
     <w:rsid w:val="00194383"/>
+    <w:rsid w:val="0019654F"/>
     <w:rsid w:val="00197E98"/>
     <w:rsid w:val="001A12A6"/>
     <w:rsid w:val="001A5CE6"/>
     <w:rsid w:val="001A649F"/>
+    <w:rsid w:val="001A6A27"/>
     <w:rsid w:val="001A6A63"/>
     <w:rsid w:val="001B1CB5"/>
     <w:rsid w:val="001B3AE1"/>
     <w:rsid w:val="001B5363"/>
     <w:rsid w:val="001B78E0"/>
+    <w:rsid w:val="001B7E1F"/>
     <w:rsid w:val="001C07D8"/>
     <w:rsid w:val="001C3BAC"/>
     <w:rsid w:val="001C50D1"/>
     <w:rsid w:val="001C518A"/>
     <w:rsid w:val="001C6355"/>
-    <w:rsid w:val="001C7E78"/>
     <w:rsid w:val="001D0340"/>
     <w:rsid w:val="001D04E9"/>
     <w:rsid w:val="001D069C"/>
     <w:rsid w:val="001D1596"/>
     <w:rsid w:val="001D1EBA"/>
     <w:rsid w:val="001D1F8F"/>
     <w:rsid w:val="001D2546"/>
     <w:rsid w:val="001D4402"/>
-    <w:rsid w:val="001D526C"/>
-    <w:rsid w:val="001D6B00"/>
+    <w:rsid w:val="001D64F3"/>
     <w:rsid w:val="001E037E"/>
+    <w:rsid w:val="001E0B52"/>
     <w:rsid w:val="001E0CF1"/>
-    <w:rsid w:val="001E169F"/>
     <w:rsid w:val="001E3D08"/>
     <w:rsid w:val="001E4958"/>
     <w:rsid w:val="001E566E"/>
     <w:rsid w:val="001E7B32"/>
     <w:rsid w:val="001E7C9C"/>
     <w:rsid w:val="001F2502"/>
     <w:rsid w:val="001F25B4"/>
     <w:rsid w:val="001F7E69"/>
     <w:rsid w:val="00200DD0"/>
+    <w:rsid w:val="002011F4"/>
     <w:rsid w:val="0020165D"/>
     <w:rsid w:val="002020EE"/>
-    <w:rsid w:val="002027C2"/>
     <w:rsid w:val="00203FD4"/>
     <w:rsid w:val="0020565C"/>
     <w:rsid w:val="00205C75"/>
     <w:rsid w:val="0020795D"/>
     <w:rsid w:val="00207FBB"/>
     <w:rsid w:val="002121E9"/>
-    <w:rsid w:val="0021226F"/>
     <w:rsid w:val="002132D2"/>
-    <w:rsid w:val="00213394"/>
     <w:rsid w:val="002146E1"/>
+    <w:rsid w:val="00214BC0"/>
+    <w:rsid w:val="00215156"/>
     <w:rsid w:val="00215F3C"/>
+    <w:rsid w:val="00215FA7"/>
     <w:rsid w:val="00220B14"/>
     <w:rsid w:val="00220CEA"/>
     <w:rsid w:val="002260B9"/>
     <w:rsid w:val="002273FC"/>
-    <w:rsid w:val="0023032D"/>
     <w:rsid w:val="0023253B"/>
     <w:rsid w:val="0023377D"/>
     <w:rsid w:val="00233CB5"/>
     <w:rsid w:val="002347D0"/>
-    <w:rsid w:val="00235606"/>
     <w:rsid w:val="00236AFE"/>
     <w:rsid w:val="00237A34"/>
     <w:rsid w:val="002413BB"/>
     <w:rsid w:val="002436C7"/>
     <w:rsid w:val="00243D00"/>
     <w:rsid w:val="00244259"/>
     <w:rsid w:val="0024454D"/>
     <w:rsid w:val="00244A43"/>
+    <w:rsid w:val="0025440B"/>
+    <w:rsid w:val="002549C7"/>
     <w:rsid w:val="00256984"/>
     <w:rsid w:val="00257771"/>
     <w:rsid w:val="00257B70"/>
     <w:rsid w:val="00257F03"/>
+    <w:rsid w:val="00261053"/>
     <w:rsid w:val="002610EF"/>
+    <w:rsid w:val="00261809"/>
     <w:rsid w:val="002618FD"/>
     <w:rsid w:val="00261D87"/>
     <w:rsid w:val="00262929"/>
-    <w:rsid w:val="00265C75"/>
     <w:rsid w:val="002717CD"/>
-    <w:rsid w:val="00271C9A"/>
     <w:rsid w:val="00272623"/>
-    <w:rsid w:val="002762C5"/>
     <w:rsid w:val="002772FD"/>
-    <w:rsid w:val="002858AB"/>
+    <w:rsid w:val="00283AC5"/>
     <w:rsid w:val="0028598B"/>
     <w:rsid w:val="00286621"/>
     <w:rsid w:val="002869EA"/>
     <w:rsid w:val="00287204"/>
     <w:rsid w:val="00292147"/>
     <w:rsid w:val="00292FD3"/>
     <w:rsid w:val="002951FC"/>
+    <w:rsid w:val="00297BEB"/>
     <w:rsid w:val="002A1672"/>
     <w:rsid w:val="002A19C5"/>
     <w:rsid w:val="002A1B89"/>
     <w:rsid w:val="002A4571"/>
     <w:rsid w:val="002A4B46"/>
     <w:rsid w:val="002A571F"/>
     <w:rsid w:val="002A7E43"/>
-    <w:rsid w:val="002B39B6"/>
+    <w:rsid w:val="002A7E95"/>
+    <w:rsid w:val="002B11B6"/>
     <w:rsid w:val="002B615A"/>
+    <w:rsid w:val="002B6877"/>
     <w:rsid w:val="002B6FEF"/>
+    <w:rsid w:val="002C1530"/>
     <w:rsid w:val="002C5E15"/>
+    <w:rsid w:val="002C6626"/>
+    <w:rsid w:val="002D15CA"/>
     <w:rsid w:val="002D1CB5"/>
+    <w:rsid w:val="002D48A1"/>
     <w:rsid w:val="002D5B12"/>
     <w:rsid w:val="002E0426"/>
+    <w:rsid w:val="002E05A7"/>
     <w:rsid w:val="002E18A1"/>
     <w:rsid w:val="002E19F7"/>
     <w:rsid w:val="002E23BF"/>
     <w:rsid w:val="002E2752"/>
-    <w:rsid w:val="002E3423"/>
     <w:rsid w:val="002E344C"/>
     <w:rsid w:val="002E3C80"/>
     <w:rsid w:val="002E7411"/>
     <w:rsid w:val="002F0414"/>
     <w:rsid w:val="002F5164"/>
+    <w:rsid w:val="002F6D1B"/>
     <w:rsid w:val="00303436"/>
+    <w:rsid w:val="00310049"/>
     <w:rsid w:val="0031078D"/>
+    <w:rsid w:val="00312882"/>
     <w:rsid w:val="0031486C"/>
     <w:rsid w:val="0032116F"/>
+    <w:rsid w:val="0032140A"/>
     <w:rsid w:val="003229CD"/>
+    <w:rsid w:val="00322F26"/>
+    <w:rsid w:val="0032656C"/>
     <w:rsid w:val="00326C26"/>
     <w:rsid w:val="00330958"/>
     <w:rsid w:val="0033149D"/>
     <w:rsid w:val="00332D4C"/>
     <w:rsid w:val="00332E12"/>
     <w:rsid w:val="0033311E"/>
     <w:rsid w:val="00333A94"/>
     <w:rsid w:val="00335770"/>
-    <w:rsid w:val="00335C45"/>
     <w:rsid w:val="00340AD6"/>
     <w:rsid w:val="0034167B"/>
     <w:rsid w:val="00341D42"/>
     <w:rsid w:val="00343563"/>
     <w:rsid w:val="003461ED"/>
     <w:rsid w:val="00346EE6"/>
+    <w:rsid w:val="00347C4E"/>
     <w:rsid w:val="003502A1"/>
     <w:rsid w:val="00351131"/>
-    <w:rsid w:val="0035313E"/>
     <w:rsid w:val="00353F06"/>
     <w:rsid w:val="0035513F"/>
     <w:rsid w:val="003554C1"/>
     <w:rsid w:val="003563F0"/>
     <w:rsid w:val="00357094"/>
     <w:rsid w:val="00357F07"/>
     <w:rsid w:val="003618FD"/>
     <w:rsid w:val="003619E3"/>
+    <w:rsid w:val="0036276A"/>
     <w:rsid w:val="00370F98"/>
     <w:rsid w:val="0037164C"/>
+    <w:rsid w:val="00371A76"/>
     <w:rsid w:val="00374924"/>
     <w:rsid w:val="00381C38"/>
     <w:rsid w:val="00382559"/>
     <w:rsid w:val="00385489"/>
+    <w:rsid w:val="003921C0"/>
     <w:rsid w:val="00392620"/>
-    <w:rsid w:val="00392D31"/>
+    <w:rsid w:val="003931B0"/>
+    <w:rsid w:val="0039540F"/>
     <w:rsid w:val="0039745C"/>
     <w:rsid w:val="003A081A"/>
     <w:rsid w:val="003A1251"/>
     <w:rsid w:val="003A3D07"/>
     <w:rsid w:val="003A4924"/>
+    <w:rsid w:val="003A696C"/>
     <w:rsid w:val="003B1446"/>
     <w:rsid w:val="003B24F9"/>
     <w:rsid w:val="003B2B0D"/>
+    <w:rsid w:val="003B2CAC"/>
     <w:rsid w:val="003B35BD"/>
     <w:rsid w:val="003B3939"/>
     <w:rsid w:val="003B3CAE"/>
-    <w:rsid w:val="003B5C20"/>
-    <w:rsid w:val="003B6F47"/>
     <w:rsid w:val="003C0407"/>
+    <w:rsid w:val="003C2096"/>
     <w:rsid w:val="003C355B"/>
     <w:rsid w:val="003C3D81"/>
     <w:rsid w:val="003C3ECD"/>
-    <w:rsid w:val="003C5843"/>
     <w:rsid w:val="003C5E42"/>
-    <w:rsid w:val="003C5EBF"/>
     <w:rsid w:val="003C71ED"/>
     <w:rsid w:val="003D256D"/>
     <w:rsid w:val="003D374F"/>
     <w:rsid w:val="003D4C2B"/>
     <w:rsid w:val="003E08C1"/>
     <w:rsid w:val="003E0B6D"/>
     <w:rsid w:val="003E1027"/>
     <w:rsid w:val="003E126F"/>
-    <w:rsid w:val="003E31C8"/>
     <w:rsid w:val="003E3D0E"/>
     <w:rsid w:val="003E5AA7"/>
     <w:rsid w:val="003E77B0"/>
     <w:rsid w:val="003F3013"/>
     <w:rsid w:val="003F4A13"/>
     <w:rsid w:val="003F57F9"/>
     <w:rsid w:val="0040092D"/>
     <w:rsid w:val="00401CDA"/>
     <w:rsid w:val="0040283A"/>
     <w:rsid w:val="00402905"/>
     <w:rsid w:val="004029FA"/>
-    <w:rsid w:val="00405222"/>
+    <w:rsid w:val="00404661"/>
     <w:rsid w:val="0040581B"/>
     <w:rsid w:val="00407E66"/>
     <w:rsid w:val="004101E5"/>
     <w:rsid w:val="004103D8"/>
     <w:rsid w:val="0041472D"/>
     <w:rsid w:val="00416734"/>
     <w:rsid w:val="00417119"/>
     <w:rsid w:val="00417587"/>
     <w:rsid w:val="0041762C"/>
-    <w:rsid w:val="0042229C"/>
     <w:rsid w:val="00423A46"/>
     <w:rsid w:val="004301D5"/>
     <w:rsid w:val="004301FE"/>
     <w:rsid w:val="00431427"/>
     <w:rsid w:val="004319A0"/>
     <w:rsid w:val="004328F4"/>
     <w:rsid w:val="00432A4C"/>
     <w:rsid w:val="00433E17"/>
     <w:rsid w:val="00437C0D"/>
     <w:rsid w:val="00437E39"/>
     <w:rsid w:val="00440E80"/>
     <w:rsid w:val="004418EE"/>
     <w:rsid w:val="0044373D"/>
-    <w:rsid w:val="0044392B"/>
     <w:rsid w:val="0044511D"/>
     <w:rsid w:val="00447F13"/>
-    <w:rsid w:val="00450350"/>
     <w:rsid w:val="00451F97"/>
     <w:rsid w:val="0045219A"/>
     <w:rsid w:val="00453238"/>
     <w:rsid w:val="00456E12"/>
     <w:rsid w:val="004604C7"/>
     <w:rsid w:val="00462EFE"/>
     <w:rsid w:val="00463BD2"/>
+    <w:rsid w:val="00463CD4"/>
     <w:rsid w:val="004648E8"/>
-    <w:rsid w:val="00464C0B"/>
     <w:rsid w:val="00464E2D"/>
     <w:rsid w:val="004659D2"/>
     <w:rsid w:val="0046697A"/>
-    <w:rsid w:val="00470D34"/>
     <w:rsid w:val="0047156C"/>
     <w:rsid w:val="0047228D"/>
     <w:rsid w:val="00472EA8"/>
     <w:rsid w:val="004734DA"/>
     <w:rsid w:val="004753BC"/>
+    <w:rsid w:val="00476C73"/>
     <w:rsid w:val="00476FB3"/>
     <w:rsid w:val="00477119"/>
     <w:rsid w:val="00480E2B"/>
     <w:rsid w:val="004826F7"/>
     <w:rsid w:val="0048325F"/>
     <w:rsid w:val="00484DC0"/>
+    <w:rsid w:val="00484E7E"/>
     <w:rsid w:val="00487A2B"/>
     <w:rsid w:val="00490007"/>
     <w:rsid w:val="00490746"/>
+    <w:rsid w:val="00491169"/>
     <w:rsid w:val="00491338"/>
     <w:rsid w:val="004913EF"/>
     <w:rsid w:val="004919E2"/>
     <w:rsid w:val="00497CF3"/>
     <w:rsid w:val="004A0211"/>
     <w:rsid w:val="004A101B"/>
     <w:rsid w:val="004A1540"/>
     <w:rsid w:val="004A2207"/>
     <w:rsid w:val="004A2736"/>
     <w:rsid w:val="004A6206"/>
     <w:rsid w:val="004A687D"/>
     <w:rsid w:val="004A7036"/>
     <w:rsid w:val="004A7844"/>
     <w:rsid w:val="004B03E6"/>
     <w:rsid w:val="004B1A94"/>
     <w:rsid w:val="004B2206"/>
-    <w:rsid w:val="004B2B86"/>
-    <w:rsid w:val="004B3315"/>
     <w:rsid w:val="004B3BC2"/>
     <w:rsid w:val="004B5455"/>
     <w:rsid w:val="004B7394"/>
-    <w:rsid w:val="004C060C"/>
     <w:rsid w:val="004C3C6F"/>
     <w:rsid w:val="004C3F30"/>
-    <w:rsid w:val="004C4CEC"/>
     <w:rsid w:val="004C59D1"/>
-    <w:rsid w:val="004C5A52"/>
     <w:rsid w:val="004D02CE"/>
-    <w:rsid w:val="004D221C"/>
     <w:rsid w:val="004D29FC"/>
+    <w:rsid w:val="004D35DF"/>
     <w:rsid w:val="004D3D23"/>
     <w:rsid w:val="004D6451"/>
     <w:rsid w:val="004D718E"/>
     <w:rsid w:val="004D7800"/>
     <w:rsid w:val="004E0498"/>
     <w:rsid w:val="004E1CCC"/>
     <w:rsid w:val="004E4697"/>
+    <w:rsid w:val="004E4939"/>
     <w:rsid w:val="004E5DCD"/>
     <w:rsid w:val="004E61BF"/>
     <w:rsid w:val="004F00B5"/>
     <w:rsid w:val="004F0ADF"/>
     <w:rsid w:val="004F406C"/>
     <w:rsid w:val="004F4BC4"/>
+    <w:rsid w:val="004F7D8D"/>
     <w:rsid w:val="005033D5"/>
+    <w:rsid w:val="00504C07"/>
     <w:rsid w:val="00505044"/>
+    <w:rsid w:val="00506633"/>
     <w:rsid w:val="005068D8"/>
     <w:rsid w:val="005105CE"/>
+    <w:rsid w:val="0051461A"/>
     <w:rsid w:val="00514B16"/>
     <w:rsid w:val="00521643"/>
     <w:rsid w:val="0052174D"/>
-    <w:rsid w:val="00521E4A"/>
     <w:rsid w:val="00521FDA"/>
     <w:rsid w:val="00522853"/>
     <w:rsid w:val="00524067"/>
     <w:rsid w:val="00524464"/>
     <w:rsid w:val="00530271"/>
     <w:rsid w:val="00530B5A"/>
     <w:rsid w:val="005310A5"/>
     <w:rsid w:val="0053247A"/>
     <w:rsid w:val="0053339B"/>
     <w:rsid w:val="00533FEA"/>
     <w:rsid w:val="00534434"/>
     <w:rsid w:val="00535D40"/>
+    <w:rsid w:val="00535E4B"/>
     <w:rsid w:val="00536DCD"/>
+    <w:rsid w:val="0053784D"/>
     <w:rsid w:val="005379E6"/>
     <w:rsid w:val="00540511"/>
     <w:rsid w:val="00542A22"/>
+    <w:rsid w:val="00542F70"/>
     <w:rsid w:val="0054623C"/>
     <w:rsid w:val="00550700"/>
     <w:rsid w:val="00550A24"/>
     <w:rsid w:val="0055167B"/>
     <w:rsid w:val="005526DE"/>
     <w:rsid w:val="005530C4"/>
     <w:rsid w:val="00554440"/>
     <w:rsid w:val="00554DA6"/>
     <w:rsid w:val="0055508C"/>
-    <w:rsid w:val="00555873"/>
     <w:rsid w:val="005633E2"/>
     <w:rsid w:val="00563AC8"/>
     <w:rsid w:val="00564E3E"/>
+    <w:rsid w:val="005657AA"/>
     <w:rsid w:val="0056585A"/>
     <w:rsid w:val="0057127E"/>
     <w:rsid w:val="0057185C"/>
     <w:rsid w:val="00572323"/>
-    <w:rsid w:val="00572E1F"/>
     <w:rsid w:val="0057429D"/>
     <w:rsid w:val="00574818"/>
     <w:rsid w:val="0057547C"/>
     <w:rsid w:val="00576CAA"/>
     <w:rsid w:val="00581BA4"/>
-    <w:rsid w:val="0058285C"/>
-    <w:rsid w:val="00583146"/>
+    <w:rsid w:val="0058299A"/>
     <w:rsid w:val="00583CF0"/>
     <w:rsid w:val="00584D72"/>
+    <w:rsid w:val="00586539"/>
     <w:rsid w:val="00587297"/>
     <w:rsid w:val="00587829"/>
+    <w:rsid w:val="005900E2"/>
     <w:rsid w:val="00590AFA"/>
     <w:rsid w:val="005945D9"/>
     <w:rsid w:val="00594C90"/>
+    <w:rsid w:val="00596235"/>
     <w:rsid w:val="00596CA5"/>
     <w:rsid w:val="00597219"/>
     <w:rsid w:val="005A066C"/>
-    <w:rsid w:val="005A1F04"/>
     <w:rsid w:val="005A2DE8"/>
     <w:rsid w:val="005A776B"/>
     <w:rsid w:val="005A776E"/>
     <w:rsid w:val="005B0462"/>
     <w:rsid w:val="005B0F72"/>
     <w:rsid w:val="005B1671"/>
     <w:rsid w:val="005B34CB"/>
     <w:rsid w:val="005B49BE"/>
     <w:rsid w:val="005B4F5A"/>
     <w:rsid w:val="005B5130"/>
     <w:rsid w:val="005B58EB"/>
     <w:rsid w:val="005B67AA"/>
-    <w:rsid w:val="005B7128"/>
+    <w:rsid w:val="005B7659"/>
     <w:rsid w:val="005C191A"/>
-    <w:rsid w:val="005C1AFC"/>
     <w:rsid w:val="005C3C85"/>
     <w:rsid w:val="005C449E"/>
     <w:rsid w:val="005C486F"/>
     <w:rsid w:val="005C4A81"/>
     <w:rsid w:val="005C6897"/>
+    <w:rsid w:val="005C7CF5"/>
     <w:rsid w:val="005D073B"/>
     <w:rsid w:val="005D1458"/>
     <w:rsid w:val="005D1496"/>
-    <w:rsid w:val="005D48C2"/>
-    <w:rsid w:val="005D50F7"/>
     <w:rsid w:val="005E209D"/>
     <w:rsid w:val="005E21FD"/>
-    <w:rsid w:val="005E576A"/>
+    <w:rsid w:val="005E2AED"/>
+    <w:rsid w:val="005E3FBA"/>
+    <w:rsid w:val="005E44E5"/>
     <w:rsid w:val="005E6973"/>
-    <w:rsid w:val="005E6F0C"/>
     <w:rsid w:val="005E70B8"/>
     <w:rsid w:val="005E7510"/>
     <w:rsid w:val="005F12EB"/>
+    <w:rsid w:val="005F13C6"/>
     <w:rsid w:val="005F3D57"/>
+    <w:rsid w:val="005F5C4F"/>
     <w:rsid w:val="005F6590"/>
+    <w:rsid w:val="005F67FB"/>
     <w:rsid w:val="005F721B"/>
+    <w:rsid w:val="006021D1"/>
     <w:rsid w:val="006056AD"/>
     <w:rsid w:val="00606E79"/>
-    <w:rsid w:val="0061050C"/>
     <w:rsid w:val="00614272"/>
     <w:rsid w:val="006143FF"/>
     <w:rsid w:val="006147D0"/>
+    <w:rsid w:val="00614F79"/>
+    <w:rsid w:val="0061551C"/>
+    <w:rsid w:val="00615916"/>
+    <w:rsid w:val="0061738C"/>
     <w:rsid w:val="00620007"/>
     <w:rsid w:val="00623679"/>
     <w:rsid w:val="006266FC"/>
     <w:rsid w:val="00627107"/>
+    <w:rsid w:val="00627FE9"/>
     <w:rsid w:val="00630F1A"/>
     <w:rsid w:val="006333D9"/>
     <w:rsid w:val="006342C4"/>
     <w:rsid w:val="00634A9C"/>
+    <w:rsid w:val="00636DDE"/>
     <w:rsid w:val="00637F4E"/>
     <w:rsid w:val="00640BCB"/>
+    <w:rsid w:val="00641971"/>
     <w:rsid w:val="00643801"/>
     <w:rsid w:val="00643AC7"/>
     <w:rsid w:val="00646884"/>
     <w:rsid w:val="006473B4"/>
     <w:rsid w:val="0064757A"/>
     <w:rsid w:val="00650852"/>
     <w:rsid w:val="00650922"/>
     <w:rsid w:val="00650FDD"/>
-    <w:rsid w:val="00651968"/>
     <w:rsid w:val="00651971"/>
     <w:rsid w:val="006530B5"/>
     <w:rsid w:val="00653492"/>
     <w:rsid w:val="00654C10"/>
     <w:rsid w:val="00655415"/>
     <w:rsid w:val="006562CB"/>
+    <w:rsid w:val="00656553"/>
+    <w:rsid w:val="00662019"/>
+    <w:rsid w:val="00662935"/>
+    <w:rsid w:val="006629EF"/>
     <w:rsid w:val="00662FE1"/>
     <w:rsid w:val="00663217"/>
+    <w:rsid w:val="00664648"/>
     <w:rsid w:val="0066656F"/>
     <w:rsid w:val="00667350"/>
     <w:rsid w:val="006702B7"/>
+    <w:rsid w:val="00671F72"/>
     <w:rsid w:val="00672FCE"/>
     <w:rsid w:val="0067315B"/>
     <w:rsid w:val="00673341"/>
     <w:rsid w:val="006752EC"/>
     <w:rsid w:val="006770B2"/>
     <w:rsid w:val="00683A00"/>
     <w:rsid w:val="00684355"/>
     <w:rsid w:val="00685A3C"/>
     <w:rsid w:val="00686FE5"/>
     <w:rsid w:val="006909A2"/>
     <w:rsid w:val="00691938"/>
     <w:rsid w:val="00692FA3"/>
     <w:rsid w:val="00694434"/>
     <w:rsid w:val="006A1823"/>
+    <w:rsid w:val="006A1C67"/>
     <w:rsid w:val="006A1F81"/>
     <w:rsid w:val="006A6341"/>
     <w:rsid w:val="006B16E1"/>
     <w:rsid w:val="006B2BEE"/>
     <w:rsid w:val="006B3E3F"/>
-    <w:rsid w:val="006B591F"/>
+    <w:rsid w:val="006B52A2"/>
+    <w:rsid w:val="006B5BE1"/>
     <w:rsid w:val="006B78CA"/>
     <w:rsid w:val="006C0598"/>
+    <w:rsid w:val="006C0EB5"/>
     <w:rsid w:val="006C11F2"/>
     <w:rsid w:val="006C1795"/>
     <w:rsid w:val="006C1A2F"/>
     <w:rsid w:val="006C3D23"/>
     <w:rsid w:val="006C47B4"/>
     <w:rsid w:val="006C51E8"/>
     <w:rsid w:val="006C63CD"/>
     <w:rsid w:val="006C64CC"/>
     <w:rsid w:val="006D07B6"/>
     <w:rsid w:val="006D0ECB"/>
-    <w:rsid w:val="006D3731"/>
     <w:rsid w:val="006D3A31"/>
-    <w:rsid w:val="006D6CF2"/>
     <w:rsid w:val="006D7988"/>
     <w:rsid w:val="006E0F7C"/>
+    <w:rsid w:val="006E13F0"/>
     <w:rsid w:val="006E4286"/>
     <w:rsid w:val="006F118E"/>
     <w:rsid w:val="006F3FB7"/>
     <w:rsid w:val="006F47CB"/>
     <w:rsid w:val="006F5287"/>
     <w:rsid w:val="006F5C03"/>
-    <w:rsid w:val="006F75E8"/>
     <w:rsid w:val="00702111"/>
     <w:rsid w:val="007023EF"/>
     <w:rsid w:val="007024EB"/>
-    <w:rsid w:val="00703E2D"/>
     <w:rsid w:val="00704CF5"/>
     <w:rsid w:val="007054AD"/>
     <w:rsid w:val="0070565B"/>
     <w:rsid w:val="00706019"/>
     <w:rsid w:val="00707FAD"/>
     <w:rsid w:val="00710055"/>
+    <w:rsid w:val="00710443"/>
     <w:rsid w:val="00710F20"/>
     <w:rsid w:val="00710FC0"/>
     <w:rsid w:val="007118ED"/>
     <w:rsid w:val="007123C0"/>
-    <w:rsid w:val="007133EA"/>
     <w:rsid w:val="007142CE"/>
-    <w:rsid w:val="0071433C"/>
     <w:rsid w:val="007145EF"/>
+    <w:rsid w:val="00714E00"/>
     <w:rsid w:val="00714E23"/>
     <w:rsid w:val="007153EC"/>
     <w:rsid w:val="007222F6"/>
     <w:rsid w:val="007225E4"/>
+    <w:rsid w:val="007245F2"/>
+    <w:rsid w:val="00724DCB"/>
     <w:rsid w:val="00725000"/>
     <w:rsid w:val="007257DF"/>
-    <w:rsid w:val="00727B2A"/>
     <w:rsid w:val="00727C43"/>
     <w:rsid w:val="0073023F"/>
     <w:rsid w:val="00731DFB"/>
+    <w:rsid w:val="00731E1B"/>
+    <w:rsid w:val="00732008"/>
+    <w:rsid w:val="007332D5"/>
     <w:rsid w:val="007340D7"/>
     <w:rsid w:val="00735637"/>
     <w:rsid w:val="00736BDC"/>
+    <w:rsid w:val="00736EDC"/>
     <w:rsid w:val="00742CB9"/>
     <w:rsid w:val="00744D9D"/>
     <w:rsid w:val="00744EC2"/>
     <w:rsid w:val="007451CD"/>
     <w:rsid w:val="0074531F"/>
     <w:rsid w:val="00745753"/>
+    <w:rsid w:val="00746820"/>
     <w:rsid w:val="00752516"/>
     <w:rsid w:val="0075251D"/>
     <w:rsid w:val="00752CB4"/>
     <w:rsid w:val="007531CA"/>
     <w:rsid w:val="007547DE"/>
     <w:rsid w:val="007549E6"/>
     <w:rsid w:val="007616CC"/>
     <w:rsid w:val="00761870"/>
     <w:rsid w:val="00762112"/>
+    <w:rsid w:val="0076345C"/>
     <w:rsid w:val="0076411F"/>
     <w:rsid w:val="007641FC"/>
     <w:rsid w:val="0076621B"/>
-    <w:rsid w:val="007678E5"/>
     <w:rsid w:val="00770597"/>
     <w:rsid w:val="007769A3"/>
     <w:rsid w:val="00780075"/>
     <w:rsid w:val="00782E53"/>
-    <w:rsid w:val="00785B06"/>
     <w:rsid w:val="007867EF"/>
     <w:rsid w:val="00786D69"/>
     <w:rsid w:val="00787D73"/>
     <w:rsid w:val="00791647"/>
     <w:rsid w:val="00791B81"/>
     <w:rsid w:val="00792B01"/>
     <w:rsid w:val="00793A5D"/>
     <w:rsid w:val="007942FB"/>
     <w:rsid w:val="007945BB"/>
     <w:rsid w:val="00795D46"/>
     <w:rsid w:val="00797C94"/>
     <w:rsid w:val="007A0E25"/>
     <w:rsid w:val="007A1FCF"/>
     <w:rsid w:val="007A25D4"/>
     <w:rsid w:val="007A47FB"/>
     <w:rsid w:val="007A7A22"/>
     <w:rsid w:val="007B06E1"/>
-    <w:rsid w:val="007B1740"/>
     <w:rsid w:val="007B25E6"/>
     <w:rsid w:val="007B2FF0"/>
     <w:rsid w:val="007B354F"/>
     <w:rsid w:val="007B4C4B"/>
     <w:rsid w:val="007B53FA"/>
     <w:rsid w:val="007B58FF"/>
-    <w:rsid w:val="007B5D9C"/>
     <w:rsid w:val="007B5E75"/>
+    <w:rsid w:val="007B5EBF"/>
     <w:rsid w:val="007B67E4"/>
     <w:rsid w:val="007B6880"/>
     <w:rsid w:val="007B7626"/>
     <w:rsid w:val="007B7BF8"/>
     <w:rsid w:val="007C1503"/>
+    <w:rsid w:val="007C2E6B"/>
     <w:rsid w:val="007C761D"/>
-    <w:rsid w:val="007C7622"/>
+    <w:rsid w:val="007D11EE"/>
+    <w:rsid w:val="007D1FDA"/>
     <w:rsid w:val="007D3437"/>
     <w:rsid w:val="007D3D5B"/>
     <w:rsid w:val="007D53C6"/>
     <w:rsid w:val="007D582A"/>
+    <w:rsid w:val="007D58D9"/>
     <w:rsid w:val="007D628D"/>
     <w:rsid w:val="007D64B0"/>
     <w:rsid w:val="007E070B"/>
-    <w:rsid w:val="007E262F"/>
     <w:rsid w:val="007E2E3A"/>
     <w:rsid w:val="007E2EFA"/>
     <w:rsid w:val="007E4DAF"/>
     <w:rsid w:val="007E786C"/>
     <w:rsid w:val="007F0408"/>
     <w:rsid w:val="007F19AC"/>
-    <w:rsid w:val="007F1F51"/>
     <w:rsid w:val="007F24B8"/>
     <w:rsid w:val="007F5FC6"/>
-    <w:rsid w:val="008021AB"/>
     <w:rsid w:val="00803F2A"/>
     <w:rsid w:val="00804175"/>
     <w:rsid w:val="008045C5"/>
-    <w:rsid w:val="00805767"/>
+    <w:rsid w:val="0080542F"/>
+    <w:rsid w:val="008061B4"/>
     <w:rsid w:val="00806A5B"/>
-    <w:rsid w:val="00810051"/>
     <w:rsid w:val="008113AD"/>
     <w:rsid w:val="00811602"/>
     <w:rsid w:val="00811E60"/>
     <w:rsid w:val="00811EBC"/>
+    <w:rsid w:val="00812EFE"/>
+    <w:rsid w:val="008140A6"/>
     <w:rsid w:val="0081455C"/>
     <w:rsid w:val="0081476C"/>
     <w:rsid w:val="00815205"/>
     <w:rsid w:val="00823EBB"/>
     <w:rsid w:val="00824527"/>
     <w:rsid w:val="00826844"/>
     <w:rsid w:val="00827163"/>
     <w:rsid w:val="00830923"/>
+    <w:rsid w:val="00831D24"/>
     <w:rsid w:val="00832326"/>
     <w:rsid w:val="00832DEE"/>
     <w:rsid w:val="00834130"/>
     <w:rsid w:val="00834DA9"/>
     <w:rsid w:val="008357A1"/>
     <w:rsid w:val="00837529"/>
     <w:rsid w:val="008377AF"/>
     <w:rsid w:val="0084086E"/>
     <w:rsid w:val="00840B03"/>
     <w:rsid w:val="0084107A"/>
     <w:rsid w:val="00841ADA"/>
     <w:rsid w:val="00841C7E"/>
     <w:rsid w:val="0084211A"/>
     <w:rsid w:val="008424DA"/>
     <w:rsid w:val="008435A8"/>
     <w:rsid w:val="00843826"/>
     <w:rsid w:val="008445A3"/>
     <w:rsid w:val="00844E47"/>
     <w:rsid w:val="008467DB"/>
     <w:rsid w:val="00846B0A"/>
     <w:rsid w:val="00850470"/>
     <w:rsid w:val="00851A34"/>
+    <w:rsid w:val="00853DDF"/>
     <w:rsid w:val="00854F33"/>
     <w:rsid w:val="00855007"/>
     <w:rsid w:val="00855ED2"/>
     <w:rsid w:val="008566BA"/>
     <w:rsid w:val="008572E1"/>
-    <w:rsid w:val="00857D91"/>
     <w:rsid w:val="00857E2B"/>
     <w:rsid w:val="00861887"/>
     <w:rsid w:val="00862078"/>
     <w:rsid w:val="00863181"/>
     <w:rsid w:val="00863ECD"/>
     <w:rsid w:val="0086428B"/>
     <w:rsid w:val="0086735E"/>
     <w:rsid w:val="0087189F"/>
-    <w:rsid w:val="0087268F"/>
     <w:rsid w:val="00873DC5"/>
     <w:rsid w:val="0087494A"/>
     <w:rsid w:val="00874B1F"/>
     <w:rsid w:val="00874D3F"/>
     <w:rsid w:val="00874FEC"/>
     <w:rsid w:val="0087598C"/>
-    <w:rsid w:val="00875E65"/>
+    <w:rsid w:val="008777BB"/>
     <w:rsid w:val="008806B0"/>
     <w:rsid w:val="008852BE"/>
     <w:rsid w:val="00886272"/>
     <w:rsid w:val="008915A8"/>
-    <w:rsid w:val="008917F2"/>
     <w:rsid w:val="0089586F"/>
     <w:rsid w:val="00896921"/>
     <w:rsid w:val="00896C5A"/>
-    <w:rsid w:val="008977EF"/>
+    <w:rsid w:val="008A05DD"/>
     <w:rsid w:val="008A13E3"/>
     <w:rsid w:val="008A1EFE"/>
     <w:rsid w:val="008A31AE"/>
     <w:rsid w:val="008A624D"/>
     <w:rsid w:val="008A7CFC"/>
     <w:rsid w:val="008A7DF1"/>
+    <w:rsid w:val="008B0E36"/>
     <w:rsid w:val="008B1B70"/>
     <w:rsid w:val="008B219F"/>
     <w:rsid w:val="008B2977"/>
     <w:rsid w:val="008B2DE3"/>
     <w:rsid w:val="008B4741"/>
-    <w:rsid w:val="008B51F4"/>
     <w:rsid w:val="008B5B7E"/>
     <w:rsid w:val="008B65FA"/>
+    <w:rsid w:val="008C0E5A"/>
     <w:rsid w:val="008C1A37"/>
     <w:rsid w:val="008C1BCA"/>
     <w:rsid w:val="008C4A79"/>
-    <w:rsid w:val="008C6513"/>
     <w:rsid w:val="008C6EDB"/>
     <w:rsid w:val="008C7C7D"/>
     <w:rsid w:val="008C7FCE"/>
     <w:rsid w:val="008D104B"/>
+    <w:rsid w:val="008D13D5"/>
     <w:rsid w:val="008D2331"/>
+    <w:rsid w:val="008D2CB5"/>
     <w:rsid w:val="008D3769"/>
     <w:rsid w:val="008D47EB"/>
     <w:rsid w:val="008D57A4"/>
     <w:rsid w:val="008D6F2B"/>
-    <w:rsid w:val="008D7BF0"/>
     <w:rsid w:val="008E1C23"/>
     <w:rsid w:val="008E5239"/>
-    <w:rsid w:val="008E7480"/>
     <w:rsid w:val="008F13CC"/>
+    <w:rsid w:val="008F1D8C"/>
     <w:rsid w:val="008F21CC"/>
+    <w:rsid w:val="008F2300"/>
     <w:rsid w:val="008F37E6"/>
+    <w:rsid w:val="008F629C"/>
+    <w:rsid w:val="0090192B"/>
     <w:rsid w:val="009023B1"/>
     <w:rsid w:val="0090386C"/>
     <w:rsid w:val="009050DC"/>
+    <w:rsid w:val="00911558"/>
     <w:rsid w:val="00916EB2"/>
     <w:rsid w:val="0091717B"/>
     <w:rsid w:val="00922CAF"/>
     <w:rsid w:val="00924F8E"/>
     <w:rsid w:val="00930625"/>
+    <w:rsid w:val="00930E6E"/>
     <w:rsid w:val="00932672"/>
     <w:rsid w:val="009338A7"/>
     <w:rsid w:val="00940E82"/>
     <w:rsid w:val="00940F92"/>
     <w:rsid w:val="009412E8"/>
     <w:rsid w:val="00941584"/>
     <w:rsid w:val="009421ED"/>
     <w:rsid w:val="00943647"/>
     <w:rsid w:val="00952951"/>
+    <w:rsid w:val="009542E4"/>
     <w:rsid w:val="00954C4D"/>
     <w:rsid w:val="00956556"/>
     <w:rsid w:val="009566C3"/>
     <w:rsid w:val="00960A5C"/>
     <w:rsid w:val="009636DC"/>
     <w:rsid w:val="0096373B"/>
     <w:rsid w:val="00964509"/>
     <w:rsid w:val="009656B8"/>
+    <w:rsid w:val="009711F7"/>
     <w:rsid w:val="00972974"/>
     <w:rsid w:val="00974178"/>
     <w:rsid w:val="0097511D"/>
     <w:rsid w:val="009801F4"/>
     <w:rsid w:val="00981202"/>
-    <w:rsid w:val="00982E39"/>
-    <w:rsid w:val="00983628"/>
     <w:rsid w:val="009842BD"/>
     <w:rsid w:val="0098622C"/>
     <w:rsid w:val="00987D2A"/>
     <w:rsid w:val="00992733"/>
     <w:rsid w:val="00992C0F"/>
     <w:rsid w:val="009957BA"/>
+    <w:rsid w:val="009A13DA"/>
     <w:rsid w:val="009A166E"/>
     <w:rsid w:val="009A2244"/>
     <w:rsid w:val="009A24B6"/>
     <w:rsid w:val="009A26A8"/>
-    <w:rsid w:val="009A2832"/>
     <w:rsid w:val="009A4B1C"/>
     <w:rsid w:val="009A633B"/>
     <w:rsid w:val="009A6C45"/>
     <w:rsid w:val="009A7DBC"/>
     <w:rsid w:val="009B06B0"/>
-    <w:rsid w:val="009B36FB"/>
     <w:rsid w:val="009B6006"/>
     <w:rsid w:val="009B663F"/>
     <w:rsid w:val="009B7AA5"/>
     <w:rsid w:val="009C11E5"/>
     <w:rsid w:val="009C1CBC"/>
+    <w:rsid w:val="009C596A"/>
     <w:rsid w:val="009C5ECE"/>
     <w:rsid w:val="009C712F"/>
+    <w:rsid w:val="009C727F"/>
     <w:rsid w:val="009C7320"/>
     <w:rsid w:val="009C749D"/>
-    <w:rsid w:val="009D00EC"/>
+    <w:rsid w:val="009C7968"/>
     <w:rsid w:val="009D1CDE"/>
     <w:rsid w:val="009D238D"/>
     <w:rsid w:val="009D356C"/>
     <w:rsid w:val="009D5189"/>
+    <w:rsid w:val="009D576C"/>
     <w:rsid w:val="009D6332"/>
+    <w:rsid w:val="009D69BD"/>
     <w:rsid w:val="009D6ABC"/>
     <w:rsid w:val="009D6DA9"/>
     <w:rsid w:val="009E1575"/>
     <w:rsid w:val="009E1841"/>
     <w:rsid w:val="009E4C6D"/>
     <w:rsid w:val="009E5EB0"/>
     <w:rsid w:val="009E67C3"/>
-    <w:rsid w:val="009E70DB"/>
-    <w:rsid w:val="009F1C51"/>
     <w:rsid w:val="009F337E"/>
     <w:rsid w:val="009F36B1"/>
     <w:rsid w:val="009F7446"/>
     <w:rsid w:val="009F7686"/>
     <w:rsid w:val="00A01C98"/>
-    <w:rsid w:val="00A02106"/>
     <w:rsid w:val="00A0217B"/>
-    <w:rsid w:val="00A06856"/>
+    <w:rsid w:val="00A02EAE"/>
+    <w:rsid w:val="00A035E6"/>
+    <w:rsid w:val="00A05537"/>
     <w:rsid w:val="00A13074"/>
     <w:rsid w:val="00A1340E"/>
     <w:rsid w:val="00A13801"/>
     <w:rsid w:val="00A145BD"/>
     <w:rsid w:val="00A1770F"/>
     <w:rsid w:val="00A17FFA"/>
     <w:rsid w:val="00A2021B"/>
     <w:rsid w:val="00A20512"/>
-    <w:rsid w:val="00A208F0"/>
-    <w:rsid w:val="00A22391"/>
     <w:rsid w:val="00A22761"/>
-    <w:rsid w:val="00A233D5"/>
     <w:rsid w:val="00A2418F"/>
     <w:rsid w:val="00A245F6"/>
     <w:rsid w:val="00A24B05"/>
+    <w:rsid w:val="00A2626E"/>
+    <w:rsid w:val="00A26C36"/>
     <w:rsid w:val="00A26CBA"/>
     <w:rsid w:val="00A276BF"/>
     <w:rsid w:val="00A27C7C"/>
-    <w:rsid w:val="00A324B2"/>
     <w:rsid w:val="00A33361"/>
-    <w:rsid w:val="00A339C0"/>
     <w:rsid w:val="00A33A66"/>
-    <w:rsid w:val="00A36FD1"/>
     <w:rsid w:val="00A375C4"/>
     <w:rsid w:val="00A40277"/>
-    <w:rsid w:val="00A4120A"/>
     <w:rsid w:val="00A425B3"/>
     <w:rsid w:val="00A4607D"/>
     <w:rsid w:val="00A47985"/>
     <w:rsid w:val="00A52618"/>
     <w:rsid w:val="00A527AC"/>
     <w:rsid w:val="00A5326A"/>
     <w:rsid w:val="00A550AA"/>
+    <w:rsid w:val="00A550FD"/>
     <w:rsid w:val="00A559E1"/>
+    <w:rsid w:val="00A56A24"/>
+    <w:rsid w:val="00A61A00"/>
     <w:rsid w:val="00A62E1B"/>
-    <w:rsid w:val="00A63702"/>
     <w:rsid w:val="00A66D1A"/>
+    <w:rsid w:val="00A7055D"/>
+    <w:rsid w:val="00A71E4E"/>
     <w:rsid w:val="00A72F56"/>
     <w:rsid w:val="00A7369A"/>
+    <w:rsid w:val="00A74395"/>
     <w:rsid w:val="00A76D40"/>
+    <w:rsid w:val="00A84938"/>
     <w:rsid w:val="00A84AE0"/>
-    <w:rsid w:val="00A8586C"/>
     <w:rsid w:val="00A86D2C"/>
-    <w:rsid w:val="00A93B45"/>
     <w:rsid w:val="00A95A5C"/>
     <w:rsid w:val="00A96B78"/>
     <w:rsid w:val="00A96FF6"/>
     <w:rsid w:val="00A97DE8"/>
     <w:rsid w:val="00AA040D"/>
     <w:rsid w:val="00AA1227"/>
     <w:rsid w:val="00AA1626"/>
     <w:rsid w:val="00AA389B"/>
     <w:rsid w:val="00AA3B13"/>
+    <w:rsid w:val="00AA3B6C"/>
+    <w:rsid w:val="00AA3B96"/>
     <w:rsid w:val="00AA4764"/>
-    <w:rsid w:val="00AA56BC"/>
     <w:rsid w:val="00AB0222"/>
-    <w:rsid w:val="00AB171E"/>
     <w:rsid w:val="00AB5A3C"/>
     <w:rsid w:val="00AB5B56"/>
     <w:rsid w:val="00AB7814"/>
     <w:rsid w:val="00AC0564"/>
     <w:rsid w:val="00AC3497"/>
     <w:rsid w:val="00AC3E09"/>
     <w:rsid w:val="00AC5914"/>
     <w:rsid w:val="00AC62B8"/>
     <w:rsid w:val="00AD0DE6"/>
     <w:rsid w:val="00AD3B96"/>
+    <w:rsid w:val="00AD57ED"/>
+    <w:rsid w:val="00AD68C2"/>
     <w:rsid w:val="00AD7E91"/>
+    <w:rsid w:val="00AE2719"/>
     <w:rsid w:val="00AE5A4C"/>
-    <w:rsid w:val="00AE6E63"/>
     <w:rsid w:val="00AE7CBD"/>
-    <w:rsid w:val="00AF1B64"/>
     <w:rsid w:val="00AF31FC"/>
     <w:rsid w:val="00AF5078"/>
     <w:rsid w:val="00B020B8"/>
     <w:rsid w:val="00B03169"/>
     <w:rsid w:val="00B03210"/>
     <w:rsid w:val="00B0443F"/>
     <w:rsid w:val="00B05E26"/>
     <w:rsid w:val="00B05EC5"/>
-    <w:rsid w:val="00B103AF"/>
     <w:rsid w:val="00B10896"/>
     <w:rsid w:val="00B11354"/>
     <w:rsid w:val="00B175F9"/>
+    <w:rsid w:val="00B21D74"/>
     <w:rsid w:val="00B231E8"/>
     <w:rsid w:val="00B2366A"/>
     <w:rsid w:val="00B24678"/>
+    <w:rsid w:val="00B252F4"/>
     <w:rsid w:val="00B27C90"/>
     <w:rsid w:val="00B339F1"/>
     <w:rsid w:val="00B3471A"/>
     <w:rsid w:val="00B35813"/>
-    <w:rsid w:val="00B42638"/>
-    <w:rsid w:val="00B505CC"/>
+    <w:rsid w:val="00B36C69"/>
+    <w:rsid w:val="00B40AA3"/>
     <w:rsid w:val="00B50D21"/>
     <w:rsid w:val="00B50DBC"/>
     <w:rsid w:val="00B51B52"/>
     <w:rsid w:val="00B52017"/>
     <w:rsid w:val="00B53AE6"/>
     <w:rsid w:val="00B55196"/>
-    <w:rsid w:val="00B60489"/>
     <w:rsid w:val="00B605BA"/>
+    <w:rsid w:val="00B606F7"/>
     <w:rsid w:val="00B60CA1"/>
     <w:rsid w:val="00B617D9"/>
     <w:rsid w:val="00B61BD2"/>
     <w:rsid w:val="00B625E1"/>
     <w:rsid w:val="00B653CD"/>
     <w:rsid w:val="00B67448"/>
     <w:rsid w:val="00B676A8"/>
     <w:rsid w:val="00B71C7E"/>
     <w:rsid w:val="00B759D3"/>
-    <w:rsid w:val="00B80085"/>
+    <w:rsid w:val="00B75C53"/>
     <w:rsid w:val="00B8061B"/>
-    <w:rsid w:val="00B81E10"/>
+    <w:rsid w:val="00B82B03"/>
     <w:rsid w:val="00B82DB9"/>
+    <w:rsid w:val="00B82E20"/>
     <w:rsid w:val="00B83203"/>
     <w:rsid w:val="00B856E0"/>
     <w:rsid w:val="00B869E4"/>
     <w:rsid w:val="00B904BF"/>
-    <w:rsid w:val="00B9305E"/>
+    <w:rsid w:val="00B94F19"/>
     <w:rsid w:val="00BA2C4C"/>
     <w:rsid w:val="00BA2E49"/>
+    <w:rsid w:val="00BA53D7"/>
     <w:rsid w:val="00BA58FF"/>
     <w:rsid w:val="00BA7376"/>
     <w:rsid w:val="00BB0137"/>
     <w:rsid w:val="00BB01A7"/>
     <w:rsid w:val="00BB0BF0"/>
-    <w:rsid w:val="00BB4E73"/>
+    <w:rsid w:val="00BB1BDF"/>
     <w:rsid w:val="00BB548B"/>
+    <w:rsid w:val="00BB5A19"/>
+    <w:rsid w:val="00BC3331"/>
     <w:rsid w:val="00BC3CFB"/>
-    <w:rsid w:val="00BC67E3"/>
     <w:rsid w:val="00BD1CC3"/>
+    <w:rsid w:val="00BD2245"/>
     <w:rsid w:val="00BD262F"/>
     <w:rsid w:val="00BD4F4C"/>
     <w:rsid w:val="00BE05F2"/>
     <w:rsid w:val="00BE0B0A"/>
     <w:rsid w:val="00BE12DF"/>
     <w:rsid w:val="00BE14C2"/>
     <w:rsid w:val="00BE2002"/>
     <w:rsid w:val="00BE248E"/>
     <w:rsid w:val="00BE6D0F"/>
     <w:rsid w:val="00BF0D16"/>
     <w:rsid w:val="00BF27C8"/>
     <w:rsid w:val="00BF6E56"/>
     <w:rsid w:val="00BF70A5"/>
-    <w:rsid w:val="00C00793"/>
+    <w:rsid w:val="00C01542"/>
     <w:rsid w:val="00C02448"/>
-    <w:rsid w:val="00C03DE1"/>
     <w:rsid w:val="00C05563"/>
     <w:rsid w:val="00C05D26"/>
-    <w:rsid w:val="00C0600F"/>
+    <w:rsid w:val="00C05E42"/>
     <w:rsid w:val="00C1291F"/>
     <w:rsid w:val="00C1295E"/>
     <w:rsid w:val="00C132E2"/>
     <w:rsid w:val="00C160F5"/>
-    <w:rsid w:val="00C168F5"/>
+    <w:rsid w:val="00C17E9F"/>
     <w:rsid w:val="00C2328C"/>
     <w:rsid w:val="00C232C2"/>
     <w:rsid w:val="00C23C55"/>
+    <w:rsid w:val="00C24A66"/>
     <w:rsid w:val="00C2527E"/>
     <w:rsid w:val="00C2533E"/>
     <w:rsid w:val="00C2639E"/>
     <w:rsid w:val="00C30653"/>
     <w:rsid w:val="00C31B35"/>
     <w:rsid w:val="00C323E1"/>
     <w:rsid w:val="00C33393"/>
     <w:rsid w:val="00C35220"/>
     <w:rsid w:val="00C35E0C"/>
     <w:rsid w:val="00C35FE5"/>
     <w:rsid w:val="00C3714E"/>
     <w:rsid w:val="00C37194"/>
     <w:rsid w:val="00C375C7"/>
     <w:rsid w:val="00C43525"/>
     <w:rsid w:val="00C468FB"/>
     <w:rsid w:val="00C46D4A"/>
     <w:rsid w:val="00C512B8"/>
     <w:rsid w:val="00C5205B"/>
-    <w:rsid w:val="00C52C02"/>
-    <w:rsid w:val="00C52D95"/>
     <w:rsid w:val="00C56268"/>
-    <w:rsid w:val="00C57D61"/>
+    <w:rsid w:val="00C60736"/>
     <w:rsid w:val="00C63E05"/>
+    <w:rsid w:val="00C642AB"/>
     <w:rsid w:val="00C64432"/>
     <w:rsid w:val="00C64F5D"/>
     <w:rsid w:val="00C656B3"/>
     <w:rsid w:val="00C65A76"/>
+    <w:rsid w:val="00C67971"/>
     <w:rsid w:val="00C70C2F"/>
     <w:rsid w:val="00C718D5"/>
     <w:rsid w:val="00C764C5"/>
     <w:rsid w:val="00C77F2B"/>
-    <w:rsid w:val="00C814E9"/>
-    <w:rsid w:val="00C81F08"/>
     <w:rsid w:val="00C8348E"/>
     <w:rsid w:val="00C83B51"/>
     <w:rsid w:val="00C84334"/>
     <w:rsid w:val="00C84EAC"/>
     <w:rsid w:val="00C91011"/>
     <w:rsid w:val="00C9240B"/>
     <w:rsid w:val="00C92CDE"/>
     <w:rsid w:val="00C93274"/>
     <w:rsid w:val="00C94788"/>
+    <w:rsid w:val="00C96DFE"/>
     <w:rsid w:val="00CA1C30"/>
     <w:rsid w:val="00CA3BCE"/>
     <w:rsid w:val="00CA4A66"/>
+    <w:rsid w:val="00CA4C0C"/>
     <w:rsid w:val="00CA512F"/>
     <w:rsid w:val="00CA5727"/>
     <w:rsid w:val="00CA7DA1"/>
+    <w:rsid w:val="00CB1820"/>
     <w:rsid w:val="00CB288F"/>
     <w:rsid w:val="00CB2EB4"/>
     <w:rsid w:val="00CB46D5"/>
+    <w:rsid w:val="00CB4E25"/>
     <w:rsid w:val="00CB7159"/>
-    <w:rsid w:val="00CB7AD2"/>
     <w:rsid w:val="00CC0B83"/>
     <w:rsid w:val="00CC1522"/>
     <w:rsid w:val="00CC1CD9"/>
     <w:rsid w:val="00CC3D16"/>
+    <w:rsid w:val="00CC45DA"/>
     <w:rsid w:val="00CC4BA3"/>
     <w:rsid w:val="00CC5C72"/>
     <w:rsid w:val="00CD05FF"/>
     <w:rsid w:val="00CD1471"/>
     <w:rsid w:val="00CD238B"/>
     <w:rsid w:val="00CD26BD"/>
     <w:rsid w:val="00CD54FB"/>
     <w:rsid w:val="00CD7457"/>
     <w:rsid w:val="00CD7F28"/>
     <w:rsid w:val="00CE3FF4"/>
     <w:rsid w:val="00CE50D6"/>
     <w:rsid w:val="00CE74B0"/>
+    <w:rsid w:val="00CE7932"/>
     <w:rsid w:val="00CF2163"/>
     <w:rsid w:val="00CF2CB0"/>
     <w:rsid w:val="00CF38B6"/>
     <w:rsid w:val="00CF41C3"/>
     <w:rsid w:val="00CF56FE"/>
     <w:rsid w:val="00CF5861"/>
     <w:rsid w:val="00CF6653"/>
     <w:rsid w:val="00CF66CC"/>
     <w:rsid w:val="00D0148F"/>
     <w:rsid w:val="00D01A84"/>
     <w:rsid w:val="00D0217D"/>
-    <w:rsid w:val="00D02626"/>
+    <w:rsid w:val="00D02413"/>
     <w:rsid w:val="00D03F8D"/>
+    <w:rsid w:val="00D05991"/>
     <w:rsid w:val="00D10CC1"/>
     <w:rsid w:val="00D112BC"/>
     <w:rsid w:val="00D1135A"/>
     <w:rsid w:val="00D12E2C"/>
     <w:rsid w:val="00D13702"/>
+    <w:rsid w:val="00D1413C"/>
     <w:rsid w:val="00D1465D"/>
     <w:rsid w:val="00D14DB3"/>
     <w:rsid w:val="00D15F53"/>
     <w:rsid w:val="00D17061"/>
     <w:rsid w:val="00D22E61"/>
-    <w:rsid w:val="00D231C2"/>
     <w:rsid w:val="00D264B4"/>
     <w:rsid w:val="00D26B26"/>
     <w:rsid w:val="00D308C2"/>
+    <w:rsid w:val="00D30969"/>
     <w:rsid w:val="00D31714"/>
     <w:rsid w:val="00D322A9"/>
+    <w:rsid w:val="00D32ACF"/>
     <w:rsid w:val="00D3602D"/>
+    <w:rsid w:val="00D41481"/>
     <w:rsid w:val="00D44160"/>
     <w:rsid w:val="00D45C95"/>
     <w:rsid w:val="00D53238"/>
     <w:rsid w:val="00D562C3"/>
     <w:rsid w:val="00D63362"/>
     <w:rsid w:val="00D63789"/>
     <w:rsid w:val="00D66635"/>
     <w:rsid w:val="00D73F4D"/>
     <w:rsid w:val="00D7774B"/>
     <w:rsid w:val="00D828CA"/>
+    <w:rsid w:val="00D8354F"/>
     <w:rsid w:val="00D841D9"/>
     <w:rsid w:val="00D84F22"/>
     <w:rsid w:val="00D85CBC"/>
     <w:rsid w:val="00D86529"/>
     <w:rsid w:val="00D866FC"/>
     <w:rsid w:val="00D91754"/>
     <w:rsid w:val="00D92E71"/>
     <w:rsid w:val="00D932C8"/>
+    <w:rsid w:val="00D95C31"/>
     <w:rsid w:val="00D95CA2"/>
+    <w:rsid w:val="00D95E1F"/>
     <w:rsid w:val="00D97175"/>
     <w:rsid w:val="00D972CB"/>
     <w:rsid w:val="00D97712"/>
     <w:rsid w:val="00DA2D18"/>
     <w:rsid w:val="00DB0DE0"/>
     <w:rsid w:val="00DB2738"/>
     <w:rsid w:val="00DB5391"/>
     <w:rsid w:val="00DB5847"/>
     <w:rsid w:val="00DB5B40"/>
     <w:rsid w:val="00DC0293"/>
-    <w:rsid w:val="00DC3A40"/>
     <w:rsid w:val="00DC4F1B"/>
-    <w:rsid w:val="00DC564D"/>
     <w:rsid w:val="00DC7963"/>
     <w:rsid w:val="00DD08A4"/>
     <w:rsid w:val="00DD11BC"/>
     <w:rsid w:val="00DD314D"/>
     <w:rsid w:val="00DD410A"/>
     <w:rsid w:val="00DD4F5C"/>
     <w:rsid w:val="00DD70AE"/>
     <w:rsid w:val="00DD7179"/>
-    <w:rsid w:val="00DD785D"/>
     <w:rsid w:val="00DE053D"/>
     <w:rsid w:val="00DE121A"/>
+    <w:rsid w:val="00DE226F"/>
     <w:rsid w:val="00DE346B"/>
     <w:rsid w:val="00DE380E"/>
+    <w:rsid w:val="00DE3DBD"/>
     <w:rsid w:val="00DE53E7"/>
     <w:rsid w:val="00DE614A"/>
     <w:rsid w:val="00DE72CE"/>
     <w:rsid w:val="00DF1028"/>
     <w:rsid w:val="00DF354F"/>
     <w:rsid w:val="00DF4AF0"/>
     <w:rsid w:val="00DF7816"/>
+    <w:rsid w:val="00DF7E3B"/>
     <w:rsid w:val="00E00A37"/>
     <w:rsid w:val="00E0177F"/>
     <w:rsid w:val="00E031AE"/>
     <w:rsid w:val="00E0393E"/>
     <w:rsid w:val="00E04663"/>
-    <w:rsid w:val="00E04750"/>
     <w:rsid w:val="00E0501B"/>
     <w:rsid w:val="00E07DF1"/>
     <w:rsid w:val="00E11E76"/>
-    <w:rsid w:val="00E12CDE"/>
     <w:rsid w:val="00E166CA"/>
     <w:rsid w:val="00E170F4"/>
-    <w:rsid w:val="00E20083"/>
     <w:rsid w:val="00E20519"/>
     <w:rsid w:val="00E20637"/>
     <w:rsid w:val="00E20D2A"/>
     <w:rsid w:val="00E21983"/>
     <w:rsid w:val="00E22CF7"/>
+    <w:rsid w:val="00E251A2"/>
     <w:rsid w:val="00E270D8"/>
     <w:rsid w:val="00E270F6"/>
     <w:rsid w:val="00E27B0E"/>
     <w:rsid w:val="00E30362"/>
     <w:rsid w:val="00E31DF6"/>
     <w:rsid w:val="00E32128"/>
     <w:rsid w:val="00E323F3"/>
     <w:rsid w:val="00E3270E"/>
-    <w:rsid w:val="00E369DD"/>
+    <w:rsid w:val="00E3369E"/>
+    <w:rsid w:val="00E33B8D"/>
     <w:rsid w:val="00E36B4B"/>
-    <w:rsid w:val="00E41B17"/>
     <w:rsid w:val="00E42156"/>
+    <w:rsid w:val="00E42316"/>
     <w:rsid w:val="00E42518"/>
     <w:rsid w:val="00E42BE8"/>
     <w:rsid w:val="00E440C4"/>
     <w:rsid w:val="00E4521E"/>
+    <w:rsid w:val="00E46559"/>
     <w:rsid w:val="00E468CC"/>
     <w:rsid w:val="00E501E0"/>
     <w:rsid w:val="00E50BF4"/>
+    <w:rsid w:val="00E51324"/>
     <w:rsid w:val="00E5244F"/>
     <w:rsid w:val="00E54D90"/>
+    <w:rsid w:val="00E565C5"/>
     <w:rsid w:val="00E5689E"/>
     <w:rsid w:val="00E63CF4"/>
     <w:rsid w:val="00E6433F"/>
     <w:rsid w:val="00E7295F"/>
-    <w:rsid w:val="00E73535"/>
     <w:rsid w:val="00E7691E"/>
-    <w:rsid w:val="00E77C48"/>
+    <w:rsid w:val="00E77F32"/>
     <w:rsid w:val="00E77FCB"/>
     <w:rsid w:val="00E80E31"/>
     <w:rsid w:val="00E81D35"/>
     <w:rsid w:val="00E8314D"/>
     <w:rsid w:val="00E834C0"/>
     <w:rsid w:val="00E836BB"/>
-    <w:rsid w:val="00E865BC"/>
     <w:rsid w:val="00E87484"/>
+    <w:rsid w:val="00E9043D"/>
     <w:rsid w:val="00E9335F"/>
     <w:rsid w:val="00E949A7"/>
     <w:rsid w:val="00E972CB"/>
     <w:rsid w:val="00EA0DA9"/>
     <w:rsid w:val="00EA1D92"/>
     <w:rsid w:val="00EA58D3"/>
+    <w:rsid w:val="00EA6049"/>
     <w:rsid w:val="00EA6428"/>
     <w:rsid w:val="00EA6725"/>
     <w:rsid w:val="00EA6AD6"/>
     <w:rsid w:val="00EB0B31"/>
     <w:rsid w:val="00EB2F26"/>
     <w:rsid w:val="00EB60C6"/>
-    <w:rsid w:val="00EC03FA"/>
+    <w:rsid w:val="00EB6BCF"/>
+    <w:rsid w:val="00EB6E95"/>
     <w:rsid w:val="00EC2018"/>
+    <w:rsid w:val="00EC31AA"/>
     <w:rsid w:val="00EC4B2B"/>
+    <w:rsid w:val="00EC5A6D"/>
     <w:rsid w:val="00EC70DF"/>
     <w:rsid w:val="00EC7AC0"/>
+    <w:rsid w:val="00EC7B96"/>
     <w:rsid w:val="00ED091C"/>
-    <w:rsid w:val="00ED0950"/>
+    <w:rsid w:val="00ED138D"/>
     <w:rsid w:val="00ED1F4B"/>
     <w:rsid w:val="00ED2192"/>
     <w:rsid w:val="00ED2DF4"/>
     <w:rsid w:val="00ED36DF"/>
+    <w:rsid w:val="00ED3992"/>
     <w:rsid w:val="00ED43D4"/>
-    <w:rsid w:val="00ED5EB5"/>
     <w:rsid w:val="00ED5F21"/>
     <w:rsid w:val="00ED6CF4"/>
+    <w:rsid w:val="00ED6F0C"/>
     <w:rsid w:val="00ED783B"/>
     <w:rsid w:val="00EE1D57"/>
     <w:rsid w:val="00EE25F1"/>
     <w:rsid w:val="00EE3A1E"/>
     <w:rsid w:val="00EE639F"/>
     <w:rsid w:val="00EE75F6"/>
-    <w:rsid w:val="00EE7766"/>
     <w:rsid w:val="00EF2145"/>
     <w:rsid w:val="00EF4B69"/>
+    <w:rsid w:val="00EF6F9C"/>
     <w:rsid w:val="00EF7AD5"/>
     <w:rsid w:val="00EF7F29"/>
     <w:rsid w:val="00F0369C"/>
     <w:rsid w:val="00F0397D"/>
-    <w:rsid w:val="00F057AC"/>
     <w:rsid w:val="00F103EB"/>
     <w:rsid w:val="00F10426"/>
     <w:rsid w:val="00F10E85"/>
     <w:rsid w:val="00F1450B"/>
-    <w:rsid w:val="00F14F62"/>
     <w:rsid w:val="00F15147"/>
     <w:rsid w:val="00F212FD"/>
     <w:rsid w:val="00F21C8D"/>
     <w:rsid w:val="00F239C7"/>
+    <w:rsid w:val="00F23B6E"/>
     <w:rsid w:val="00F257FF"/>
     <w:rsid w:val="00F26C47"/>
+    <w:rsid w:val="00F30160"/>
     <w:rsid w:val="00F305C2"/>
     <w:rsid w:val="00F306BF"/>
     <w:rsid w:val="00F30C8A"/>
     <w:rsid w:val="00F3728C"/>
+    <w:rsid w:val="00F377F9"/>
     <w:rsid w:val="00F40355"/>
+    <w:rsid w:val="00F41E2C"/>
     <w:rsid w:val="00F44269"/>
     <w:rsid w:val="00F47320"/>
     <w:rsid w:val="00F47A38"/>
     <w:rsid w:val="00F47B53"/>
     <w:rsid w:val="00F47B55"/>
-    <w:rsid w:val="00F510D3"/>
+    <w:rsid w:val="00F50D64"/>
     <w:rsid w:val="00F52A57"/>
     <w:rsid w:val="00F52B6F"/>
     <w:rsid w:val="00F534E0"/>
     <w:rsid w:val="00F5354D"/>
     <w:rsid w:val="00F57B39"/>
+    <w:rsid w:val="00F60107"/>
     <w:rsid w:val="00F61F91"/>
     <w:rsid w:val="00F621D0"/>
     <w:rsid w:val="00F63472"/>
     <w:rsid w:val="00F63616"/>
     <w:rsid w:val="00F63C9B"/>
     <w:rsid w:val="00F63CAE"/>
     <w:rsid w:val="00F64788"/>
     <w:rsid w:val="00F647A3"/>
     <w:rsid w:val="00F65E09"/>
-    <w:rsid w:val="00F66F47"/>
     <w:rsid w:val="00F67DDF"/>
     <w:rsid w:val="00F70088"/>
+    <w:rsid w:val="00F70AD1"/>
+    <w:rsid w:val="00F716E8"/>
     <w:rsid w:val="00F72BF0"/>
-    <w:rsid w:val="00F72CB0"/>
     <w:rsid w:val="00F74162"/>
     <w:rsid w:val="00F744FA"/>
     <w:rsid w:val="00F75E36"/>
+    <w:rsid w:val="00F76A9C"/>
     <w:rsid w:val="00F77563"/>
     <w:rsid w:val="00F80B48"/>
     <w:rsid w:val="00F81DB2"/>
-    <w:rsid w:val="00F8237E"/>
     <w:rsid w:val="00F83344"/>
     <w:rsid w:val="00F879CA"/>
+    <w:rsid w:val="00F91FD8"/>
     <w:rsid w:val="00F92555"/>
     <w:rsid w:val="00F92697"/>
     <w:rsid w:val="00F929D2"/>
     <w:rsid w:val="00F939C2"/>
     <w:rsid w:val="00F93E35"/>
     <w:rsid w:val="00F9556F"/>
+    <w:rsid w:val="00F960C4"/>
+    <w:rsid w:val="00FA1504"/>
     <w:rsid w:val="00FA4C02"/>
     <w:rsid w:val="00FA5B9C"/>
     <w:rsid w:val="00FA77F8"/>
     <w:rsid w:val="00FB170E"/>
     <w:rsid w:val="00FB224C"/>
     <w:rsid w:val="00FB48C2"/>
-    <w:rsid w:val="00FB7AE5"/>
     <w:rsid w:val="00FC1AFB"/>
     <w:rsid w:val="00FC3901"/>
-    <w:rsid w:val="00FC3EAC"/>
     <w:rsid w:val="00FC4A1C"/>
     <w:rsid w:val="00FC6B76"/>
     <w:rsid w:val="00FD2848"/>
     <w:rsid w:val="00FE06AE"/>
     <w:rsid w:val="00FE2A59"/>
     <w:rsid w:val="00FE472D"/>
     <w:rsid w:val="00FE57DE"/>
+    <w:rsid w:val="00FE66B0"/>
+    <w:rsid w:val="00FF05E3"/>
     <w:rsid w:val="00FF11EA"/>
-    <w:rsid w:val="00FF2A18"/>
     <w:rsid w:val="00FF3762"/>
     <w:rsid w:val="00FF4A43"/>
+    <w:rsid w:val="00FF734E"/>
+    <w:rsid w:val="00FF782B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="5D1406BA"/>
+  <w14:docId w14:val="4ACF9E58"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{A3B232A4-ADBA-40C0-ABAE-22A16A141A78}"/>
+  <w15:docId w15:val="{C37335E0-08F5-4266-A4FD-4B35BDEE3801}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8366,62 +9454,84 @@
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00727C43"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00235606"/>
+    <w:rsid w:val="00C96DFE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C642AB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
@@ -8457,196 +9567,200 @@
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00BD4F4C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00691938"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00A550FD"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00335C45"/>
+    <w:rsid w:val="0036276A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00335C45"/>
+    <w:rsid w:val="0036276A"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00335C45"/>
+    <w:rsid w:val="0036276A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00335C45"/>
+    <w:rsid w:val="0036276A"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-    </w:rPr>
-[...9 lines deleted...]
-      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="001C7E78"/>
+    <w:rsid w:val="00B21D74"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="001C7E78"/>
+    <w:rsid w:val="00B21D74"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style1-24">
-[...22 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00235606"/>
+    <w:rsid w:val="00C96DFE"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BookTitle">
     <w:name w:val="Book Title"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
-    <w:rsid w:val="00D02626"/>
+    <w:rsid w:val="00312882"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0076345C"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C642AB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -8922,81 +10036,80 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{925F6FE9-38F8-4DA1-AD27-74CF8BF3AD4F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{83E68B58-B49E-44A1-8254-1D464616B124}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>689</Words>
-  <Characters>3932</Characters>
+  <Words>720</Words>
+  <Characters>4106</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
+  <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>NCDPI</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4612</CharactersWithSpaces>
+  <CharactersWithSpaces>4817</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>jwjohnson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>