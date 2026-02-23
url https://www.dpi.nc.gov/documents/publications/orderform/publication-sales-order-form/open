--- v0 (2026-01-10)
+++ v1 (2026-02-23)
@@ -5,94 +5,108 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11116"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10118"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Volumes/Data4/Shared/PUBLICATION SALES/1-FORMS/2-working files - Excel Form/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{92B01932-08B4-7F45-8F08-ECD4514093D6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7FAB000C-E17C-4043-A7F4-6FA9D96A8EE8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="11680" yWindow="2420" windowWidth="29840" windowHeight="23740" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="15160" yWindow="2860" windowWidth="29840" windowHeight="23680" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Instructions &amp; Ordering" sheetId="2" r:id="rId1"/>
-    <sheet name="Order Form" sheetId="1" r:id="rId2"/>
+    <sheet name="Order Form" sheetId="1" r:id="rId1"/>
+    <sheet name="Instructions &amp; Ordering" sheetId="2" r:id="rId2"/>
     <sheet name="Publications" sheetId="3" state="hidden" r:id="rId3"/>
     <sheet name="Tax &amp; Shipping" sheetId="4" state="hidden" r:id="rId4"/>
     <sheet name="Tax Rates" sheetId="5" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Order Form'!$A$1:$D$39</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Order Form'!$A$1:$D$39</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D36" i="1" l="1"/>
-[...2 lines deleted...]
-  <c r="D7" i="3"/>
+  <c r="D34" i="1" l="1"/>
+  <c r="C14" i="1"/>
+  <c r="C15" i="1"/>
+  <c r="C16" i="1"/>
+  <c r="C17" i="1"/>
+  <c r="C18" i="1"/>
+  <c r="C19" i="1"/>
+  <c r="C20" i="1"/>
+  <c r="C21" i="1"/>
+  <c r="C22" i="1"/>
+  <c r="C23" i="1"/>
+  <c r="C24" i="1"/>
+  <c r="C25" i="1"/>
+  <c r="C26" i="1"/>
+  <c r="C27" i="1"/>
+  <c r="C28" i="1"/>
+  <c r="C29" i="1"/>
+  <c r="D7" i="3" l="1"/>
   <c r="D8" i="3"/>
   <c r="D9" i="3"/>
   <c r="D10" i="3"/>
   <c r="D11" i="3"/>
   <c r="D12" i="3"/>
   <c r="D13" i="3"/>
   <c r="D14" i="3"/>
   <c r="D24" i="3"/>
   <c r="D2" i="3"/>
   <c r="C69" i="5"/>
   <c r="C3" i="5"/>
   <c r="C4" i="5"/>
   <c r="C5" i="5"/>
   <c r="C6" i="5"/>
   <c r="C7" i="5"/>
   <c r="C8" i="5"/>
   <c r="C9" i="5"/>
   <c r="C10" i="5"/>
   <c r="C11" i="5"/>
   <c r="C12" i="5"/>
   <c r="C13" i="5"/>
   <c r="C14" i="5"/>
   <c r="C15" i="5"/>
   <c r="C16" i="5"/>
   <c r="C17" i="5"/>
@@ -223,88 +237,74 @@
   <c r="D75" i="3"/>
   <c r="D5" i="3"/>
   <c r="D64" i="3"/>
   <c r="D65" i="3"/>
   <c r="D30" i="3"/>
   <c r="D31" i="3"/>
   <c r="D32" i="3"/>
   <c r="D33" i="3"/>
   <c r="D34" i="3"/>
   <c r="D35" i="3"/>
   <c r="D36" i="3"/>
   <c r="D37" i="3"/>
   <c r="D4" i="3"/>
   <c r="D42" i="3"/>
   <c r="D66" i="3"/>
   <c r="D67" i="3"/>
   <c r="D68" i="3"/>
   <c r="D69" i="3"/>
   <c r="D72" i="3"/>
   <c r="D73" i="3"/>
   <c r="D60" i="3"/>
   <c r="D61" i="3"/>
   <c r="D39" i="3"/>
   <c r="D6" i="3"/>
   <c r="D76" i="3"/>
-  <c r="C15" i="1" l="1"/>
-[...31 lines deleted...]
-  <c r="D34" i="1" l="1"/>
+  <c r="D15" i="1" l="1"/>
+  <c r="D14" i="1"/>
+  <c r="D19" i="1"/>
+  <c r="D16" i="1"/>
+  <c r="D20" i="1"/>
+  <c r="D26" i="1"/>
+  <c r="D17" i="1"/>
+  <c r="D21" i="1"/>
+  <c r="D29" i="1"/>
+  <c r="D25" i="1"/>
+  <c r="D18" i="1"/>
+  <c r="D22" i="1"/>
+  <c r="D28" i="1"/>
+  <c r="D24" i="1"/>
+  <c r="D23" i="1"/>
+  <c r="D27" i="1"/>
+  <c r="D31" i="1" l="1"/>
+  <c r="D33" i="1" s="1"/>
+  <c r="D36" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="298">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="301" uniqueCount="299">
   <si>
     <t>Price Each</t>
   </si>
   <si>
     <t>Line Total</t>
   </si>
   <si>
     <t>Subtotal</t>
   </si>
   <si>
     <t>Shipping</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>Item No</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
@@ -1344,77 +1344,50 @@
 - You are paying by Purchase Order and your PO process does not require advance ship/tax quotes (which will appear on the invoice)
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Do not mail an order with a check without a shipping quote.</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> State mail delivery can take 3–5 weeks, so ordering by mail is not recommended.</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Accepted from: public institutions, private colleges/universites, college bookstores 
-[...25 lines deleted...]
-    <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Search for vendor listing:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> NC DEPT OF PUBLIC INSTRUCTION
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
@@ -1461,66 +1434,96 @@
 Email your completed form and include a </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>phone number and best time to call</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">. We will email a quote (including shipping and tax) before calling. Expect a call from a (984) 236- phone number. Please allow 
 1–2 business days for packing, weighing, and shipping estimates.
 Accepted: MasterCard, Visa and P-Card. Do not email, mail or fax credit card numbers. </t>
     </r>
   </si>
   <si>
-    <t>Once you receive your invoice, mail checks to (this cell is unlocked for copy/paste): 
+    <t>Once you receive your invoice, mail checks to (this cell unlocked for copy/paste): 
 NCDPI - PUBLICATION SALES
 6336 Mail Service Center
 RALEIGH, NC  27699-6336</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Accepted from: public institutions, private colleges/universites, college bookstores 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Please email us a copy of your order</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>, even if you submit it through the State's eProcurement system. 
+We do not always receive eProcurement notifications and cannot view orders directly in the system.
+You may use this order form, but it is optional if all required information is included on the PO.</t>
+    </r>
+  </si>
+  <si>
+    <t>02.13.26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;###,###,###,###,##0.00"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1542,50 +1545,56 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -1955,62 +1964,62 @@
       <alignment horizontal="left" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-      <protection hidden="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="8">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <name val="Arial"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0" tint="-4.9989318521683403E-2"/>
         </patternFill>
@@ -2024,50 +2033,51 @@
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Arial"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
+      <numFmt numFmtId="34" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0" tint="-4.9989318521683403E-2"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="1" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
@@ -2203,51 +2213,51 @@
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{1DFC2DA4-DCA1-F348-B232-B1C9426AFC3F}" name="Table1" displayName="Table1" ref="A13:D29" totalsRowShown="0" headerRowDxfId="7" dataDxfId="5" headerRowBorderDxfId="6" tableBorderDxfId="4">
   <autoFilter ref="A13:D29" xr:uid="{1DFC2DA4-DCA1-F348-B232-B1C9426AFC3F}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="4">
     <tableColumn id="1" xr3:uid="{E6940D53-830A-AB4A-8E59-7263B2F1FE40}" name="SELECT Item/Title from Orange PULL DOWN Lists in Cells Below" dataDxfId="3"/>
     <tableColumn id="2" xr3:uid="{2A5B8BBA-F35F-E34C-AB6F-40EF26895256}" name="TYPE Quantity Below" dataDxfId="2"/>
     <tableColumn id="3" xr3:uid="{C5BD8352-6E64-C74C-BDAA-2FAD41F6ABB5}" name="Price Each" dataDxfId="1" dataCellStyle="Currency">
-      <calculatedColumnFormula>IF(A14="— Select publication","",_xlfn.XLOOKUP(A14,Publications!D:D,Publications!C:C,""))</calculatedColumnFormula>
+      <calculatedColumnFormula>IF(OR(A14="",A14="— Select publication",A14="– Select publication",A14="Select publication"),0,IFERROR(VALUE(INDEX(Publications!C:C,MATCH(A14,Publications!D:D,0))),0))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="4" xr3:uid="{82149D57-1C2F-EC44-9920-466079934935}" name="Line Total" dataDxfId="0">
       <calculatedColumnFormula>B14*C14</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -2496,179 +2506,81 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-[...96 lines deleted...]
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" zoomScale="138" zoomScaleNormal="123" zoomScalePageLayoutView="138" workbookViewId="0">
-      <selection activeCell="D11" sqref="D11"/>
+      <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="57.33203125" customWidth="1"/>
     <col min="2" max="2" width="32" customWidth="1"/>
     <col min="3" max="3" width="9.1640625" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="16384" width="8.83203125" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="17" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="55" t="s">
+      <c r="A1" s="56" t="s">
         <v>282</v>
       </c>
-      <c r="B1" s="56"/>
-[...1 lines deleted...]
-      <c r="D1" s="56"/>
+      <c r="B1" s="57"/>
+      <c r="C1" s="57"/>
+      <c r="D1" s="57"/>
     </row>
     <row r="2" spans="1:4" ht="8" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:4" ht="17" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="46"/>
       <c r="B3" s="11" t="s">
         <v>235</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="15" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A4" s="47"/>
       <c r="B4" s="43" t="s">
         <v>227</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="39"/>
     </row>
@@ -2728,231 +2640,231 @@
     </row>
     <row r="12" spans="1:4" ht="8" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="2"/>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A13" s="18" t="s">
         <v>284</v>
       </c>
       <c r="B13" s="19" t="s">
         <v>232</v>
       </c>
       <c r="C13" s="19" t="s">
         <v>0</v>
       </c>
       <c r="D13" s="20" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="33"/>
       <c r="B14" s="34"/>
       <c r="C14" s="22">
-        <f>IF(A14="— Select publication","",_xlfn.XLOOKUP(A14,Publications!D:D,Publications!C:C,""))</f>
+        <f>IF(OR(A14="",A14="— Select publication",A14="– Select publication",A14="Select publication"),0,IFERROR(VALUE(INDEX(Publications!C:C,MATCH(A14,Publications!D:D,0))),0))</f>
         <v>0</v>
       </c>
       <c r="D14" s="21">
         <f t="shared" ref="D14:D29" si="0">B14*C14</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A15" s="33"/>
       <c r="B15" s="35"/>
       <c r="C15" s="22">
-        <f>IF(A15="— Select publication","",_xlfn.XLOOKUP(A15,Publications!D:D,Publications!C:C,""))</f>
+        <f>IF(OR(A15="",A15="— Select publication",A15="– Select publication",A15="Select publication"),0,IFERROR(VALUE(INDEX(Publications!C:C,MATCH(A15,Publications!D:D,0))),0))</f>
         <v>0</v>
       </c>
       <c r="D15" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A16" s="33"/>
       <c r="B16" s="35"/>
       <c r="C16" s="22">
-        <f>IF(A16="— Select publication","",_xlfn.XLOOKUP(A16,Publications!D:D,Publications!C:C,""))</f>
+        <f>IF(OR(A16="",A16="— Select publication",A16="– Select publication",A16="Select publication"),0,IFERROR(VALUE(INDEX(Publications!C:C,MATCH(A16,Publications!D:D,0))),0))</f>
         <v>0</v>
       </c>
       <c r="D16" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17" s="33"/>
       <c r="B17" s="35"/>
       <c r="C17" s="22">
-        <f>IF(A17="— Select publication","",_xlfn.XLOOKUP(A17,Publications!D:D,Publications!C:C,""))</f>
+        <f>IF(OR(A17="",A17="— Select publication",A17="– Select publication",A17="Select publication"),0,IFERROR(VALUE(INDEX(Publications!C:C,MATCH(A17,Publications!D:D,0))),0))</f>
         <v>0</v>
       </c>
       <c r="D17" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A18" s="33"/>
       <c r="B18" s="35"/>
       <c r="C18" s="22">
-        <f>IF(A18="— Select publication","",_xlfn.XLOOKUP(A18,Publications!D:D,Publications!C:C,""))</f>
+        <f>IF(OR(A18="",A18="— Select publication",A18="– Select publication",A18="Select publication"),0,IFERROR(VALUE(INDEX(Publications!C:C,MATCH(A18,Publications!D:D,0))),0))</f>
         <v>0</v>
       </c>
       <c r="D18" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A19" s="33"/>
       <c r="B19" s="35"/>
       <c r="C19" s="22">
-        <f>IF(A19="— Select publication","",_xlfn.XLOOKUP(A19,Publications!D:D,Publications!C:C,""))</f>
+        <f>IF(OR(A19="",A19="— Select publication",A19="– Select publication",A19="Select publication"),0,IFERROR(VALUE(INDEX(Publications!C:C,MATCH(A19,Publications!D:D,0))),0))</f>
         <v>0</v>
       </c>
       <c r="D19" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A20" s="33"/>
       <c r="B20" s="35"/>
       <c r="C20" s="22">
-        <f>IF(A20="— Select publication","",_xlfn.XLOOKUP(A20,Publications!D:D,Publications!C:C,""))</f>
+        <f>IF(OR(A20="",A20="— Select publication",A20="– Select publication",A20="Select publication"),0,IFERROR(VALUE(INDEX(Publications!C:C,MATCH(A20,Publications!D:D,0))),0))</f>
         <v>0</v>
       </c>
       <c r="D20" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A21" s="33"/>
       <c r="B21" s="35"/>
       <c r="C21" s="22">
-        <f>IF(A21="— Select publication","",_xlfn.XLOOKUP(A21,Publications!D:D,Publications!C:C,""))</f>
+        <f>IF(OR(A21="",A21="— Select publication",A21="– Select publication",A21="Select publication"),0,IFERROR(VALUE(INDEX(Publications!C:C,MATCH(A21,Publications!D:D,0))),0))</f>
         <v>0</v>
       </c>
       <c r="D21" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A22" s="33"/>
       <c r="B22" s="35"/>
       <c r="C22" s="22">
-        <f>IF(A22="— Select publication","",_xlfn.XLOOKUP(A22,Publications!D:D,Publications!C:C,""))</f>
+        <f>IF(OR(A22="",A22="— Select publication",A22="– Select publication",A22="Select publication"),0,IFERROR(VALUE(INDEX(Publications!C:C,MATCH(A22,Publications!D:D,0))),0))</f>
         <v>0</v>
       </c>
       <c r="D22" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="33"/>
       <c r="B23" s="35"/>
       <c r="C23" s="22">
-        <f>IF(A23="— Select publication","",_xlfn.XLOOKUP(A23,Publications!D:D,Publications!C:C,""))</f>
+        <f>IF(OR(A23="",A23="— Select publication",A23="– Select publication",A23="Select publication"),0,IFERROR(VALUE(INDEX(Publications!C:C,MATCH(A23,Publications!D:D,0))),0))</f>
         <v>0</v>
       </c>
       <c r="D23" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A24" s="33"/>
       <c r="B24" s="35"/>
       <c r="C24" s="22">
-        <f>IF(A24="— Select publication","",_xlfn.XLOOKUP(A24,Publications!D:D,Publications!C:C,""))</f>
+        <f>IF(OR(A24="",A24="— Select publication",A24="– Select publication",A24="Select publication"),0,IFERROR(VALUE(INDEX(Publications!C:C,MATCH(A24,Publications!D:D,0))),0))</f>
         <v>0</v>
       </c>
       <c r="D24" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A25" s="33"/>
       <c r="B25" s="35"/>
       <c r="C25" s="22">
-        <f>IF(A25="— Select publication","",_xlfn.XLOOKUP(A25,Publications!D:D,Publications!C:C,""))</f>
+        <f>IF(OR(A25="",A25="— Select publication",A25="– Select publication",A25="Select publication"),0,IFERROR(VALUE(INDEX(Publications!C:C,MATCH(A25,Publications!D:D,0))),0))</f>
         <v>0</v>
       </c>
       <c r="D25" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A26" s="33"/>
       <c r="B26" s="35"/>
       <c r="C26" s="22">
-        <f>IF(A26="— Select publication","",_xlfn.XLOOKUP(A26,Publications!D:D,Publications!C:C,""))</f>
+        <f>IF(OR(A26="",A26="— Select publication",A26="– Select publication",A26="Select publication"),0,IFERROR(VALUE(INDEX(Publications!C:C,MATCH(A26,Publications!D:D,0))),0))</f>
         <v>0</v>
       </c>
       <c r="D26" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A27" s="33"/>
       <c r="B27" s="35"/>
       <c r="C27" s="22">
-        <f>IF(A27="— Select publication","",_xlfn.XLOOKUP(A27,Publications!D:D,Publications!C:C,""))</f>
+        <f>IF(OR(A27="",A27="— Select publication",A27="– Select publication",A27="Select publication"),0,IFERROR(VALUE(INDEX(Publications!C:C,MATCH(A27,Publications!D:D,0))),0))</f>
         <v>0</v>
       </c>
       <c r="D27" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A28" s="33"/>
       <c r="B28" s="35"/>
       <c r="C28" s="22">
-        <f>IF(A28="— Select publication","",_xlfn.XLOOKUP(A28,Publications!D:D,Publications!C:C,""))</f>
+        <f>IF(OR(A28="",A28="— Select publication",A28="– Select publication",A28="Select publication"),0,IFERROR(VALUE(INDEX(Publications!C:C,MATCH(A28,Publications!D:D,0))),0))</f>
         <v>0</v>
       </c>
       <c r="D28" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="33"/>
       <c r="B29" s="36"/>
       <c r="C29" s="22">
-        <f>IF(A29="— Select publication","",_xlfn.XLOOKUP(A29,Publications!D:D,Publications!C:C,""))</f>
+        <f>IF(OR(A29="",A29="— Select publication",A29="– Select publication",A29="Select publication"),0,IFERROR(VALUE(INDEX(Publications!C:C,MATCH(A29,Publications!D:D,0))),0))</f>
         <v>0</v>
       </c>
       <c r="D29" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A30" s="12" t="s">
         <v>239</v>
       </c>
       <c r="B30" s="12"/>
       <c r="C30" s="23"/>
       <c r="D30" s="23"/>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A31" s="12"/>
       <c r="B31" s="12"/>
       <c r="C31" s="24" t="s">
         <v>2</v>
       </c>
       <c r="D31" s="25">
         <f>SUM(D14:D29)</f>
         <v>0</v>
       </c>
@@ -2965,148 +2877,242 @@
       <c r="C32" s="24" t="s">
         <v>3</v>
       </c>
       <c r="D32" s="37"/>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A33" s="24"/>
       <c r="B33" s="27"/>
       <c r="C33" s="24" t="s">
         <v>2</v>
       </c>
       <c r="D33" s="25">
         <f>SUM(D31:D32)</f>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A34" s="26" t="s">
         <v>234</v>
       </c>
       <c r="B34" s="41"/>
       <c r="C34" s="28" t="s">
         <v>220</v>
       </c>
       <c r="D34" s="29" t="str">
-        <f>IF(B34="","",D33*_xlfn.XLOOKUP(B34,'Tax Rates'!C:C,'Tax Rates'!B:B,0))</f>
+        <f>IF(B34="","",D33*IFERROR(INDEX('Tax Rates'!B:B,MATCH(B34,'Tax Rates'!C:C,0)),0))</f>
         <v/>
       </c>
     </row>
     <row r="35" spans="1:4" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="30" t="s">
         <v>225</v>
       </c>
       <c r="B35" s="30" t="s">
         <v>238</v>
       </c>
       <c r="C35" s="12"/>
       <c r="D35" s="12"/>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A36" s="12"/>
       <c r="B36" s="12"/>
       <c r="C36" s="31" t="s">
         <v>4</v>
       </c>
       <c r="D36" s="32">
         <f>SUM(D33:D34)</f>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:4" ht="10" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="12"/>
       <c r="B37" s="12"/>
       <c r="C37" s="12"/>
       <c r="D37" s="12"/>
     </row>
     <row r="38" spans="1:4" ht="16" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A38" s="12" t="s">
         <v>280</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>231</v>
       </c>
       <c r="C38" s="12"/>
       <c r="D38" s="38"/>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A39" s="7"/>
       <c r="B39" s="7"/>
       <c r="C39" s="7"/>
       <c r="D39" s="7"/>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A40" s="2"/>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
-      <c r="D40" s="2"/>
+      <c r="D40" s="58" t="s">
+        <v>298</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="4BRXt/hIJt6z4JPSeMiNJcUE2zbyy/GqTk9/FFBAxYpmgUgyRQeK7FMxzcUeeen7u4bXQ+Wky7kE3ffcgXlS+Q==" saltValue="iMyYNZXEzKs2oly6YUjLIA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="gwGlIwtsxwBjdmcRGOhKG7D+dSOOeXOn0Jhp+3yQ8rHtdN7WCDZMOyfXzKGWVYX/iyb00che7izEARy3ZV+pcQ==" saltValue="ozojRLk93H6dEgggSorS2g==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" autoFilter="0"/>
   <mergeCells count="1">
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation allowBlank="1" sqref="B33" xr:uid="{BFF2C4E8-FDA3-0342-A053-5E87C5B07E61}"/>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="0.625" bottom="0.25" header="0.3" footer="0.25"/>
   <pageSetup orientation="landscape" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri,Regular"&amp;K000000&amp;G&amp;R&amp;"Arial Bold,Bold"&amp;18&amp;K000000Publication Sales Order/Quote Form</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" xr:uid="{00000000-0002-0000-0000-000001000000}">
           <x14:formula1>
             <xm:f>'Tax &amp; Shipping'!$A$2:$A$4</xm:f>
           </x14:formula1>
           <xm:sqref>B32</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{FBAFA6DD-6D5B-4B46-9F2B-0964D98C01D4}">
           <x14:formula1>
             <xm:f>'Tax Rates'!$C$2:$C$101</xm:f>
           </x14:formula1>
           <xm:sqref>B34</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" xr:uid="{99E98090-E92A-0B45-A6B4-FE4673B34D19}">
           <x14:formula1>
             <xm:f>Publications!$D$2:$D$100</xm:f>
           </x14:formula1>
           <xm:sqref>A14:A29</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1:A19"/>
+  <sheetViews>
+    <sheetView view="pageLayout" topLeftCell="A5" zoomScale="166" zoomScaleNormal="100" zoomScalePageLayoutView="166" workbookViewId="0">
+      <selection activeCell="A11" sqref="A11"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14" zeroHeight="1" x14ac:dyDescent="0.15"/>
+  <cols>
+    <col min="1" max="1" width="83" style="2" customWidth="1"/>
+    <col min="2" max="16384" width="8.83203125" style="2" hidden="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:1" ht="34" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="53" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="2" spans="1:1" ht="17" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A2" s="42" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="3" spans="1:1" ht="66" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="50" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="4" spans="1:1" ht="14" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A4" s="42" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="5" spans="1:1" ht="135" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="50" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="6" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A6" s="42" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="7" spans="1:1" ht="90" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A7" s="51" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="8" spans="1:1" ht="15" x14ac:dyDescent="0.15">
+      <c r="A8" s="52" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="9" spans="1:1" ht="115" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A9" s="54" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="10" spans="1:1" ht="15" x14ac:dyDescent="0.15">
+      <c r="A10" s="52" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="11" spans="1:1" ht="65" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="55" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="12" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A12" s="42" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="13" spans="1:1" ht="113" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="50" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="14" spans="1:1" x14ac:dyDescent="0.15"/>
+    <row r="15" spans="1:1" x14ac:dyDescent="0.15"/>
+    <row r="16" spans="1:1" x14ac:dyDescent="0.15"/>
+    <row r="17" x14ac:dyDescent="0.15"/>
+    <row r="18" x14ac:dyDescent="0.15"/>
+    <row r="19" x14ac:dyDescent="0.15"/>
+  </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="gUNeAgjzX1FV8onx4IXVVJOwqr4RgzbsFmJ0+u3p7IbBrvaQug+zlZHzqOTK4Krkb0A1vBIADISTOgtw8Kgq4w==" saltValue="jB8va+rQEUEiHprjBZwJKA==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <pageMargins left="0.75" right="0.75" top="0.35" bottom="0.25" header="0.25" footer="0.25"/>
+  <pageSetup orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
+</worksheet>
+</file>
+
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:D76"/>
   <sheetViews>
     <sheetView topLeftCell="A31" zoomScale="144" zoomScaleNormal="144" workbookViewId="0">
       <selection activeCell="B52" sqref="B52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="51.6640625" customWidth="1"/>
     <col min="3" max="3" width="10.83203125" customWidth="1"/>
     <col min="4" max="4" width="65.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>7</v>
       </c>
@@ -4216,110 +4222,108 @@
       </c>
       <c r="C75" s="4">
         <v>4</v>
       </c>
       <c r="D75" s="7" t="str">
         <f t="shared" si="2"/>
         <v>SC154 – Scientific &amp; Engineering Concepts Posters – $4</v>
       </c>
     </row>
     <row r="76" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C76" s="4">
         <v>58</v>
       </c>
       <c r="D76" s="7" t="str">
         <f t="shared" si="2"/>
         <v>SL 125 – NC Public School Laws - 2025 Edition – $58</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="ASDpLZX0jrnhNgl50/wMOrkfD9AY77jP7QjXcCzDdJ7nnLwDIb+dstnXwyCSOF70G643Moz0tlmw8ENh1Vun5g==" saltValue="9cAzKsr8pOylrXfBFRLNpA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:D77">
     <sortCondition ref="A1:A77"/>
   </sortState>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:B5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="D37" sqref="D37"/>
+      <selection activeCell="B52" sqref="B52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="14" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="33.6640625" style="2" customWidth="1"/>
     <col min="2" max="16384" width="8.83203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A1" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A3" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A4" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.15">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="2AqRe7zwBYY+OJ3em7H/impkkjpOnTVMSt88YmoyvlHvNr/NiV4ZBYA1rYx1p5B7v8aHm3y+gDdfvORuniJ/BA==" saltValue="g8KHQ9DnEl2U7ZVXDTQSJA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2EAD52E1-8261-9248-BBD1-029E4660788C}">
   <dimension ref="A1:C101"/>
   <sheetViews>
     <sheetView topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="D37" sqref="D37"/>
+      <selection activeCell="B52" sqref="B52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="3" max="3" width="23.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="2" t="s">
         <v>122</v>
       </c>
       <c r="B2" s="8">
         <v>6.7500000000000004E-2</v>
       </c>
@@ -5495,78 +5499,77 @@
     <row r="100" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A100" s="2" t="s">
         <v>217</v>
       </c>
       <c r="B100" s="8">
         <v>6.7500000000000004E-2</v>
       </c>
       <c r="C100" s="2" t="str">
         <f t="shared" si="1"/>
         <v>Yadkin – 0.0675</v>
       </c>
     </row>
     <row r="101" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A101" s="2" t="s">
         <v>218</v>
       </c>
       <c r="B101" s="8">
         <v>6.7500000000000004E-2</v>
       </c>
       <c r="C101" s="2" t="str">
         <f t="shared" si="1"/>
         <v>Yancey – 0.0675</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="jwG4nCqkAU3l9tb6Hd+HFqC8m120kh+8KD/cfoedoP4UadWPNy3lwnl4EfEQ3OShsKVvpWYQE9Cz9+Wb1z/80A==" saltValue="bW4AJwNUwPnyDJETg5jfNQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">
+      <vt:lpstr>Order Form</vt:lpstr>
       <vt:lpstr>Instructions &amp; Ordering</vt:lpstr>
-      <vt:lpstr>Order Form</vt:lpstr>
       <vt:lpstr>Publications</vt:lpstr>
       <vt:lpstr>Tax &amp; Shipping</vt:lpstr>
       <vt:lpstr>Tax Rates</vt:lpstr>
       <vt:lpstr>'Order Form'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>