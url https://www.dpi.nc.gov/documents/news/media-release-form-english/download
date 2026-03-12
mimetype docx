--- v0 (2025-10-04)
+++ v1 (2026-03-12)
@@ -1,99 +1,100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="50AF1838" w14:textId="4B2B8A55" w:rsidR="002C63F1" w:rsidRPr="00E63F1B" w:rsidRDefault="00D0536B" w:rsidP="00B479EF">
+    <w:p w14:paraId="39FFA7E5" w14:textId="3C23B6F7" w:rsidR="00681D33" w:rsidRDefault="00681D33" w:rsidP="00681D33">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-540" w:right="-720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00700B43">
+        <w:t xml:space="preserve">MEDIA USE AND RELEASE PERMISSION </w:t>
+      </w:r>
+      <w:r w:rsidR="00782413" w:rsidRPr="00700B43">
+        <w:t>FORM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69569925" w14:textId="77777777" w:rsidR="00782413" w:rsidRPr="00E63F1B" w:rsidRDefault="00782413" w:rsidP="00782413">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="-547" w:right="-547"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="003A70"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E63F1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="003A70"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>North Carolina Department of Public Instruction</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidR="005B6EAC" w:rsidRPr="00E63F1B">
+        <w:t xml:space="preserve">North Carolina Department of Public Instruction </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E63F1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="003A70"/>
           <w:position w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>|</w:t>
       </w:r>
-      <w:r w:rsidR="005B6EAC" w:rsidRPr="00E63F1B">
+      <w:r w:rsidRPr="00E63F1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="003A70"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> North Carolina State Board of Education</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BCFE9C8" w14:textId="6C106A1A" w:rsidR="00B00AD8" w:rsidRPr="00B479EF" w:rsidRDefault="00B00AD8" w:rsidP="00513043">
       <w:pPr>
         <w:ind w:left="-540" w:right="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="003A70"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B479EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -276,154 +277,115 @@
       </w:r>
       <w:r w:rsidR="00793A91" w:rsidRPr="00B479EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="003A70"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37251539" w14:textId="5CD2D454" w:rsidR="005B6EAC" w:rsidRDefault="005B6EAC" w:rsidP="00513043">
       <w:pPr>
         <w:ind w:left="-540" w:right="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="1C2551"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10F29A85" w14:textId="25255F4A" w:rsidR="00793A91" w:rsidRPr="00B479EF" w:rsidRDefault="00CF77BD" w:rsidP="00304D5D">
+    <w:p w14:paraId="10F29A85" w14:textId="25255F4A" w:rsidR="00793A91" w:rsidRPr="00681D33" w:rsidRDefault="00CF77BD" w:rsidP="00681D33">
       <w:pPr>
-        <w:spacing w:before="60" w:after="120"/>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B479EF">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00681D33">
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00204A68" w:rsidRPr="00B479EF">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00204A68" w:rsidRPr="00681D33">
         <w:t>LEASE CHOOSE ONE:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B0AC01" w14:textId="72158AE1" w:rsidR="00204A68" w:rsidRPr="00B479EF" w:rsidRDefault="00204A68" w:rsidP="00470CBE">
+    <w:p w14:paraId="20B0AC01" w14:textId="72158AE1" w:rsidR="00204A68" w:rsidRPr="00681D33" w:rsidRDefault="00204A68" w:rsidP="00681D33">
       <w:pPr>
-        <w:spacing w:after="120"/>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B479EF">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00681D33">
         <w:t>For anyone younger than 18 years old:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05A3302E" w14:textId="77777777" w:rsidR="00204A68" w:rsidRDefault="00C95C28" w:rsidP="005C6C87">
       <w:pPr>
         <w:spacing w:after="240" w:line="360" w:lineRule="exact"/>
         <w:ind w:left="-273" w:right="-634" w:hanging="274"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Check1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D0536B">
@@ -883,139 +845,109 @@
       <w:r w:rsidR="00513043">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>likenesses</w:t>
       </w:r>
       <w:r w:rsidR="00D0536B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, and voice recordings</w:t>
       </w:r>
       <w:r w:rsidR="00576AE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D1D5C1" w14:textId="389509D5" w:rsidR="00204A68" w:rsidRPr="007B59A0" w:rsidRDefault="00204A68" w:rsidP="00470CBE">
+    <w:p w14:paraId="55D1D5C1" w14:textId="389509D5" w:rsidR="00204A68" w:rsidRPr="00681D33" w:rsidRDefault="00204A68" w:rsidP="00681D33">
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="007B59A0">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00681D33">
         <w:t xml:space="preserve">For anyone </w:t>
       </w:r>
-      <w:r w:rsidR="007B59A0" w:rsidRPr="007B59A0">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="007B59A0" w:rsidRPr="00681D33">
         <w:t xml:space="preserve">18 years of age or older: </w:t>
       </w:r>
-      <w:r w:rsidR="00576AE3" w:rsidRPr="007B59A0">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00576AE3" w:rsidRPr="00681D33">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09E9280F" w14:textId="0AE25524" w:rsidR="00256810" w:rsidRDefault="00204A68" w:rsidP="00470CBE">
       <w:pPr>
         <w:spacing w:after="120" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="-273" w:right="-634" w:hanging="274"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1279,117 +1211,102 @@
       <w:r w:rsidR="00513043">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">other </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">similar forms of media.  </w:t>
       </w:r>
       <w:r w:rsidR="00BA7BA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Finally, I authorize the use of these materials without inspecting or approving the finished product or its specific use. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="619A4322" w14:textId="3ECE4C94" w:rsidR="00B00AD8" w:rsidRPr="00B479EF" w:rsidRDefault="00256810" w:rsidP="00CB774E">
+    <w:p w14:paraId="619A4322" w14:textId="3ECE4C94" w:rsidR="00B00AD8" w:rsidRPr="00681D33" w:rsidRDefault="00256810" w:rsidP="00681D33">
       <w:pPr>
-        <w:ind w:left="-547" w:right="-634"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B479EF">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00681D33">
         <w:t>For either:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E292F37" w14:textId="77777777" w:rsidR="00042453" w:rsidRDefault="00256810" w:rsidP="00042453">
       <w:pPr>
         <w:spacing w:after="120" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="-273" w:right="-634" w:hanging="274"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B00AD8">
         <w:rPr>
@@ -1671,71 +1588,55 @@
           <w:bCs/>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00B00AD8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, to be included in any media whatsoever. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="622DCA68" w14:textId="3D821A96" w:rsidR="00CB774E" w:rsidRPr="00B479EF" w:rsidRDefault="00AB6285" w:rsidP="00B479EF">
+    <w:p w14:paraId="622DCA68" w14:textId="3D821A96" w:rsidR="00CB774E" w:rsidRPr="00B479EF" w:rsidRDefault="00AB6285" w:rsidP="00681D33">
       <w:pPr>
-        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00B479EF">
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>Please fill out all the information below:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04405E71" w14:textId="13083F1A" w:rsidR="001C0A43" w:rsidRDefault="001C0A43" w:rsidP="00E63F1B">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="-270" w:right="-634"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>______________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1936,58 +1837,58 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="NameUsedYes"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="NameUsedYes"/>
       <w:r w:rsidR="00C95C28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidR="00C95C28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidR="00C95C28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C95C28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00C95C28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00626CD0">
@@ -2027,58 +1928,58 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="NameUsedNo"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="NameUsedNo"/>
       <w:r w:rsidR="00C95C28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidR="00C95C28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidR="00C95C28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C95C28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="00C95C28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00626CD0">
@@ -3059,438 +2960,382 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003A2EBD" w:rsidRPr="003A2EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>email@address.com</w:t>
       </w:r>
       <w:r w:rsidR="003A2EBD" w:rsidRPr="003A2EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:sectPr w:rsidR="00666CF8" w:rsidRPr="003A2EBD" w:rsidSect="00304D5D">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="00666CF8" w:rsidRPr="003A2EBD" w:rsidSect="00681D33">
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1309" w:right="1800" w:bottom="187" w:left="1800" w:header="576" w:footer="439" w:gutter="0"/>
+      <w:pgMar w:top="445" w:right="1800" w:bottom="187" w:left="1800" w:header="576" w:footer="439" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D306B36" w14:textId="77777777" w:rsidR="004D3105" w:rsidRDefault="004D3105" w:rsidP="0099582E">
+    <w:p w14:paraId="32283329" w14:textId="77777777" w:rsidR="001B31D2" w:rsidRDefault="001B31D2" w:rsidP="0099582E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="79FF0724" w14:textId="77777777" w:rsidR="004D3105" w:rsidRDefault="004D3105" w:rsidP="0099582E">
+    <w:p w14:paraId="5F4ACB59" w14:textId="77777777" w:rsidR="001B31D2" w:rsidRDefault="001B31D2" w:rsidP="0099582E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="67068867" w14:textId="1BC3D2FF" w:rsidR="00304D5D" w:rsidRPr="00304D5D" w:rsidRDefault="00304D5D" w:rsidP="00304D5D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:left="-864"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="428237DC" wp14:editId="3A5D7D39">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="428237DC" wp14:editId="222532C2">
           <wp:extent cx="1977656" cy="418350"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="2" name="Picture 2" descr="Blue text on a black background&#10;&#10;Description automatically generated"/>
+          <wp:docPr id="2" name="Picture 2" descr="Logo - NC Department of Public Instruction"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="2" name="Picture 2" descr="Blue text on a black background&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPr id="2" name="Picture 2" descr="Logo - NC Department of Public Instruction"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2052307" cy="434142"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C1C2763" w14:textId="77777777" w:rsidR="004D3105" w:rsidRDefault="004D3105" w:rsidP="0099582E">
+    <w:p w14:paraId="72A57033" w14:textId="77777777" w:rsidR="001B31D2" w:rsidRDefault="001B31D2" w:rsidP="0099582E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="374A3DC8" w14:textId="77777777" w:rsidR="004D3105" w:rsidRDefault="004D3105" w:rsidP="0099582E">
+    <w:p w14:paraId="3A057690" w14:textId="77777777" w:rsidR="001B31D2" w:rsidRDefault="001B31D2" w:rsidP="0099582E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...64 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D0536B"/>
     <w:rsid w:val="00007DD8"/>
     <w:rsid w:val="00042453"/>
     <w:rsid w:val="00065006"/>
     <w:rsid w:val="00065106"/>
     <w:rsid w:val="00067729"/>
     <w:rsid w:val="000C0732"/>
     <w:rsid w:val="000F1A8A"/>
     <w:rsid w:val="000F31AD"/>
     <w:rsid w:val="0010494B"/>
+    <w:rsid w:val="001611EA"/>
     <w:rsid w:val="001704B8"/>
     <w:rsid w:val="00182C97"/>
     <w:rsid w:val="00186837"/>
     <w:rsid w:val="00195F62"/>
+    <w:rsid w:val="001B31D2"/>
     <w:rsid w:val="001C0A43"/>
     <w:rsid w:val="001D3A6E"/>
     <w:rsid w:val="00204A68"/>
     <w:rsid w:val="0021171C"/>
     <w:rsid w:val="00256810"/>
     <w:rsid w:val="002B087E"/>
     <w:rsid w:val="002C63F1"/>
     <w:rsid w:val="002D10CD"/>
     <w:rsid w:val="002E05F1"/>
     <w:rsid w:val="00304D5D"/>
     <w:rsid w:val="00333CBA"/>
     <w:rsid w:val="003A2EBD"/>
+    <w:rsid w:val="003D1891"/>
     <w:rsid w:val="004074EC"/>
     <w:rsid w:val="004533E7"/>
+    <w:rsid w:val="00460BE1"/>
     <w:rsid w:val="00470CBE"/>
+    <w:rsid w:val="0047234B"/>
     <w:rsid w:val="00473CEF"/>
     <w:rsid w:val="004A4AF4"/>
     <w:rsid w:val="004A59C6"/>
     <w:rsid w:val="004B1E6B"/>
     <w:rsid w:val="004C1C9F"/>
     <w:rsid w:val="004C3D3D"/>
     <w:rsid w:val="004D3105"/>
     <w:rsid w:val="004E4233"/>
     <w:rsid w:val="005047CF"/>
     <w:rsid w:val="00513043"/>
     <w:rsid w:val="00576AE3"/>
     <w:rsid w:val="005B6EAC"/>
     <w:rsid w:val="005C6C87"/>
     <w:rsid w:val="005D60CE"/>
+    <w:rsid w:val="005D6AC5"/>
     <w:rsid w:val="00626CD0"/>
     <w:rsid w:val="00666CF8"/>
     <w:rsid w:val="00670A69"/>
+    <w:rsid w:val="00681D33"/>
     <w:rsid w:val="00700B43"/>
     <w:rsid w:val="00726295"/>
     <w:rsid w:val="00737273"/>
     <w:rsid w:val="00763114"/>
     <w:rsid w:val="00764589"/>
+    <w:rsid w:val="00782413"/>
     <w:rsid w:val="00793A91"/>
     <w:rsid w:val="007A4117"/>
     <w:rsid w:val="007B59A0"/>
     <w:rsid w:val="007D225A"/>
     <w:rsid w:val="007E5355"/>
     <w:rsid w:val="007F2E65"/>
     <w:rsid w:val="00854561"/>
     <w:rsid w:val="0087020E"/>
     <w:rsid w:val="00897CA9"/>
     <w:rsid w:val="008C1689"/>
     <w:rsid w:val="008E344D"/>
     <w:rsid w:val="00901F4C"/>
     <w:rsid w:val="009754EC"/>
     <w:rsid w:val="0099582E"/>
     <w:rsid w:val="009A2419"/>
     <w:rsid w:val="009F352C"/>
     <w:rsid w:val="00A029D7"/>
     <w:rsid w:val="00A96BA5"/>
     <w:rsid w:val="00AB6285"/>
     <w:rsid w:val="00AC5BC3"/>
     <w:rsid w:val="00AD4FB9"/>
     <w:rsid w:val="00AF1945"/>
     <w:rsid w:val="00B00AD8"/>
     <w:rsid w:val="00B479EF"/>
     <w:rsid w:val="00BA7BA0"/>
     <w:rsid w:val="00BB0BCA"/>
     <w:rsid w:val="00BC12AD"/>
     <w:rsid w:val="00BC14A2"/>
     <w:rsid w:val="00BE1FC8"/>
     <w:rsid w:val="00C07393"/>
     <w:rsid w:val="00C36516"/>
+    <w:rsid w:val="00C719BE"/>
     <w:rsid w:val="00C95C28"/>
     <w:rsid w:val="00CA4CDB"/>
     <w:rsid w:val="00CB053F"/>
     <w:rsid w:val="00CB774E"/>
     <w:rsid w:val="00CC72AC"/>
     <w:rsid w:val="00CF0F61"/>
     <w:rsid w:val="00CF77BD"/>
     <w:rsid w:val="00D049E9"/>
     <w:rsid w:val="00D0536B"/>
     <w:rsid w:val="00D05551"/>
     <w:rsid w:val="00D47EF3"/>
     <w:rsid w:val="00DE0094"/>
+    <w:rsid w:val="00DE2826"/>
     <w:rsid w:val="00E07477"/>
     <w:rsid w:val="00E17B64"/>
     <w:rsid w:val="00E45070"/>
     <w:rsid w:val="00E61EC1"/>
     <w:rsid w:val="00E63F1B"/>
     <w:rsid w:val="00EA6D1C"/>
     <w:rsid w:val="00EC1D0E"/>
     <w:rsid w:val="00ED4C4F"/>
     <w:rsid w:val="00EF1CF3"/>
     <w:rsid w:val="00EF3B97"/>
     <w:rsid w:val="00F1250C"/>
     <w:rsid w:val="00F221E9"/>
     <w:rsid w:val="00F232B5"/>
+    <w:rsid w:val="00F47B4B"/>
     <w:rsid w:val="00FF377A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2A95963D"/>
   <w15:docId w15:val="{23281E0B-0A2C-FC4E-A31B-E2229EF76480}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3852,50 +3697,128 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D0536B"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00681D33"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="4" w:color="1F4E78"/>
+        <w:left w:val="single" w:sz="4" w:space="4" w:color="1F4E78"/>
+        <w:bottom w:val="single" w:sz="4" w:space="4" w:color="1F4E78"/>
+        <w:right w:val="single" w:sz="4" w:space="4" w:color="1F4E78"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="1F4E78"/>
+      <w:spacing w:before="240" w:after="240"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="es-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00681D33"/>
+    <w:pPr>
+      <w:spacing w:before="60" w:after="120"/>
+      <w:ind w:left="-547" w:right="-547"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00681D33"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="-273" w:right="-634" w:hanging="274"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -4063,59 +3986,143 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00042453"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00681D33"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="1F4E78"/>
+      <w:lang w:val="es-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00681D33"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00681D33"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00681D33"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00681D33"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpi.nc.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpi.nc.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -4360,69 +4367,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51AC5DE0-1AC9-4582-822E-D87469F0DF1E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>438</Words>
-  <Characters>2501</Characters>
+  <Words>365</Words>
+  <Characters>2206</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2934</CharactersWithSpaces>
+  <CharactersWithSpaces>2577</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>McKensie Skeens</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>