--- v0 (2025-10-04)
+++ v1 (2025-12-04)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bud\School Allotments\Initial Allotment 2025-26\State Allotment\Initial Web Docs\Initial Adj per HB125 &amp; Release Web Docs\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bud\School Allotments\Initial Allotment 2025-26\State Allotment\Initial Web Docs\Preliminary Initial Adj per HB125 Web Docs\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1E3659F1-F44E-49F5-9A6B-F4AD9603BDC2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6E8A6D19-7C3C-41D3-9731-A6D751B76F27}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-76920" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{FF794FDE-D222-4A9D-950A-030216277655}"/>
+    <workbookView xWindow="-57720" yWindow="-4320" windowWidth="29040" windowHeight="15720" xr2:uid="{FF794FDE-D222-4A9D-950A-030216277655}"/>
   </bookViews>
   <sheets>
     <sheet name="FY26" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'FY26'!$A$1:$F$90</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -332,53 +332,50 @@
         <family val="2"/>
       </rPr>
       <t>(Exceptional Children)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (PRC 0032)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Career Technical Ed. - Program Support (PRC 0014)      </t>
   </si>
   <si>
     <t>K - 2 TAs per every 3 classes; Grades 1-2 - 1 TA for every 2 classes; and Grade 3 - 1 TA for every 3 classes.</t>
   </si>
   <si>
     <t>2025-26</t>
   </si>
   <si>
-    <t>$215.70 per public, charter, private and federal 9th Grade ADM.</t>
-[...1 lines deleted...]
-  <si>
     <t>No funds shall be transferred into or out of this category.</t>
   </si>
   <si>
     <t xml:space="preserve">           Average Daily Membership (ADM) Growth</t>
   </si>
   <si>
     <t xml:space="preserve">           Textbooks</t>
   </si>
   <si>
     <t xml:space="preserve">           Hurricane Relief and Recovery</t>
   </si>
   <si>
     <t>The average Teacher salary increase is n/a at Planning.</t>
   </si>
   <si>
     <t>Schools opening after 7/1/2011 are eligible for 1 per school with at least 100 ADM.</t>
   </si>
   <si>
     <t>1 position per LEA; additional positions per 440.48 ADM rounded to the nearest whole position. PRC change per SL2023-134 (HB259).</t>
   </si>
   <si>
     <t>1 per 429.08 ADM. PRC change per SL2023-134 (HB259).</t>
   </si>
   <si>
     <t>Grade Kindergarten</t>
@@ -432,66 +429,69 @@
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>er asst. ($47,664</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>); remainder based 50% on number of funded LEP students ($575.81) and 50% on an LEA's concentration of LEP students ($3,067.59).</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> State Initial Allotment Formulas Per HB125</t>
   </si>
   <si>
     <t>Initial Allotment per HB125 - Base PRCs</t>
   </si>
   <si>
+    <t>Increase by LEA from 2024-25 Initial Allotments is 1.41%</t>
+  </si>
+  <si>
+    <t>Allotments are provided by Office of Transportation/Operations. 98.95% of the current budget was released at Preliminary Initial Allotments (per Transportation formula). Any reserved funds must be distributed after April 1 of that fiscal year and be allocated to all school units based on efficiency.</t>
+  </si>
+  <si>
+    <t>Each LEA receives the dollar equivalent of one resource officer ($91,310) per high school. Of the remaining funds, 50% is distributed based on ADM ($102.02 per ADM) and 50% is distributed based on number of poverty children, per the federal Title 1 Low Income poverty data ($487.03) per child in poverty). Each LEA receives a minimum of the dollar equivalent of two teachers and two instructional support personnel ($330,758).</t>
+  </si>
+  <si>
     <t xml:space="preserve"> State Initial Allotment Formulas</t>
   </si>
   <si>
-    <t>Increase by LEA from 2024-25 Initial Allotments is 1.41%</t>
-[...4 lines deleted...]
-  <si>
     <t>Initial Allotment per HB125 - Non-Base PRCs</t>
   </si>
   <si>
     <t>$5,593.34 per funded child count. Child count is comprised of the lesser of the December 1 handicapped child count or a 13.00% cap of the allotted ADM.</t>
   </si>
   <si>
-    <t>Allotments are provided by Office of Transportation/Operations. 98.95% of the current budget was released at Preliminary Initial Allotments (per Transportation formula). Any reserved funds must be distributed after April 1 of that fiscal year and be allocated to all school units based on efficiency.</t>
+    <t>$216.84 per public, charter, private and federal 9th Grade ADM.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0_)"/>
     <numFmt numFmtId="165" formatCode="0.0000_)"/>
     <numFmt numFmtId="166" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="87">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <color theme="1"/>
@@ -3305,451 +3305,451 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="6" fontId="10" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="6" fontId="10" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="6" fontId="10" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="6" fontId="10" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="6" fontId="10" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="6" fontId="10" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="14"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="14"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="14"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...334 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
     </xf>
   </cellXfs>
   <cellStyles count="1150">
     <cellStyle name="20% - Accent1" xfId="18" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent1 2" xfId="42" xr:uid="{9C3D46FE-F799-4613-AACE-1ED743DCE694}"/>
     <cellStyle name="20% - Accent1 2 2" xfId="43" xr:uid="{4E9CDEF4-ACDF-429D-9C31-C0E15BADE307}"/>
     <cellStyle name="20% - Accent1 3" xfId="44" xr:uid="{5E4E5615-9130-4F66-BCF1-7E1E24E096A9}"/>
     <cellStyle name="20% - Accent2" xfId="22" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent2 2" xfId="45" xr:uid="{C76F3689-9E60-4075-B53D-AC7E60D5E429}"/>
     <cellStyle name="20% - Accent2 2 2" xfId="46" xr:uid="{86C6FED4-6321-4CE9-84A7-8564607ED89F}"/>
     <cellStyle name="20% - Accent2 3" xfId="47" xr:uid="{BD71E562-ED18-4474-9B68-41E3A0DA9775}"/>
     <cellStyle name="20% - Accent3" xfId="26" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent3 2" xfId="48" xr:uid="{7013E484-81F6-496A-8CB1-3DF201362549}"/>
     <cellStyle name="20% - Accent3 2 2" xfId="49" xr:uid="{F52E841F-E73B-49AC-A530-4BBA1FB42BCC}"/>
     <cellStyle name="20% - Accent3 3" xfId="50" xr:uid="{C1D20C45-617B-4269-9D16-F77F0654C07A}"/>
     <cellStyle name="20% - Accent4" xfId="30" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent4 2" xfId="51" xr:uid="{7034CD99-7464-4BDC-A24D-35014005A57E}"/>
     <cellStyle name="20% - Accent4 2 2" xfId="52" xr:uid="{D73B99FD-44D4-40CA-A334-BD52DFE35D95}"/>
     <cellStyle name="20% - Accent4 3" xfId="53" xr:uid="{17C6B4E8-4BF4-4DA6-88A9-7D9ACF350AED}"/>
     <cellStyle name="20% - Accent5" xfId="34" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent5 2" xfId="54" xr:uid="{345BC78B-B0A9-4681-AC46-5086F711E6A7}"/>
     <cellStyle name="20% - Accent5 2 2" xfId="55" xr:uid="{BAF03497-7080-4A52-9A04-88A2E0DEB6CD}"/>
     <cellStyle name="20% - Accent5 3" xfId="1016" xr:uid="{439B5CE1-6B58-4EB3-BAD5-E358BAF7A528}"/>
     <cellStyle name="20% - Accent6" xfId="38" builtinId="50" customBuiltin="1"/>
     <cellStyle name="20% - Accent6 2" xfId="56" xr:uid="{1FD28BDD-C48B-4AA4-BFE8-F03EDE985678}"/>
@@ -5205,1279 +5205,1279 @@
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{673F4236-F672-46BA-BFED-C011C4DEF203}">
   <dimension ref="A1:I90"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A31" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="G40" sqref="G40"/>
+    <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="H47" sqref="H47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="25.7890625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="48.20703125" customWidth="1"/>
+    <col min="1" max="1" width="25.77734375" customWidth="1"/>
+    <col min="2" max="2" width="25.109375" customWidth="1"/>
+    <col min="5" max="5" width="20.88671875" customWidth="1"/>
+    <col min="6" max="6" width="48.21875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="18.3">
-      <c r="A1" s="72" t="s">
+    <row r="1" spans="1:9" ht="18">
+      <c r="A1" s="133" t="s">
+        <v>115</v>
+      </c>
+      <c r="B1" s="133"/>
+      <c r="C1" s="133"/>
+      <c r="D1" s="133"/>
+      <c r="E1" s="133"/>
+      <c r="F1" s="133"/>
+    </row>
+    <row r="2" spans="1:9" ht="18.600000000000001" thickBot="1">
+      <c r="A2" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="B2" s="134"/>
+      <c r="C2" s="134"/>
+      <c r="D2" s="134"/>
+      <c r="E2" s="134"/>
+      <c r="F2" s="134"/>
+    </row>
+    <row r="3" spans="1:9" ht="19.95" customHeight="1" thickBot="1">
+      <c r="A3" s="72" t="s">
         <v>116</v>
       </c>
-      <c r="B1" s="72"/>
-[...23 lines deleted...]
-      <c r="F3" s="66"/>
+      <c r="B3" s="73"/>
+      <c r="C3" s="73"/>
+      <c r="D3" s="73"/>
+      <c r="E3" s="73"/>
+      <c r="F3" s="74"/>
     </row>
     <row r="4" spans="1:9" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A4" s="133" t="s">
+      <c r="A4" s="75" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="134"/>
-      <c r="C4" s="139" t="s">
+      <c r="B4" s="76"/>
+      <c r="C4" s="77" t="s">
         <v>86</v>
       </c>
-      <c r="D4" s="140"/>
-[...1 lines deleted...]
-      <c r="F4" s="141"/>
+      <c r="D4" s="78"/>
+      <c r="E4" s="78"/>
+      <c r="F4" s="79"/>
     </row>
     <row r="5" spans="1:9" ht="19.95" customHeight="1">
-      <c r="A5" s="135" t="s">
+      <c r="A5" s="48" t="s">
         <v>58</v>
       </c>
-      <c r="B5" s="136"/>
-[...5 lines deleted...]
-      <c r="F5" s="79"/>
+      <c r="B5" s="49"/>
+      <c r="C5" s="135" t="s">
+        <v>95</v>
+      </c>
+      <c r="D5" s="136"/>
+      <c r="E5" s="136"/>
+      <c r="F5" s="137"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
     </row>
     <row r="6" spans="1:9" ht="19.95" customHeight="1">
-      <c r="A6" s="137" t="s">
-[...3 lines deleted...]
-      <c r="C6" s="74" t="s">
+      <c r="A6" s="50" t="s">
+        <v>99</v>
+      </c>
+      <c r="B6" s="51"/>
+      <c r="C6" s="61" t="s">
         <v>1</v>
       </c>
-      <c r="D6" s="75"/>
-[...1 lines deleted...]
-      <c r="F6" s="76"/>
+      <c r="D6" s="62"/>
+      <c r="E6" s="62"/>
+      <c r="F6" s="63"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
     </row>
     <row r="7" spans="1:9" ht="19.95" customHeight="1">
-      <c r="A7" s="137" t="s">
+      <c r="A7" s="50" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="138"/>
-      <c r="C7" s="74" t="s">
+      <c r="B7" s="51"/>
+      <c r="C7" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="D7" s="75"/>
-[...1 lines deleted...]
-      <c r="F7" s="76"/>
+      <c r="D7" s="62"/>
+      <c r="E7" s="62"/>
+      <c r="F7" s="63"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" ht="19.95" customHeight="1">
-      <c r="A8" s="137" t="s">
+      <c r="A8" s="50" t="s">
         <v>4</v>
       </c>
-      <c r="B8" s="138"/>
-      <c r="C8" s="74" t="s">
+      <c r="B8" s="51"/>
+      <c r="C8" s="61" t="s">
         <v>5</v>
       </c>
-      <c r="D8" s="75"/>
-[...1 lines deleted...]
-      <c r="F8" s="76"/>
+      <c r="D8" s="62"/>
+      <c r="E8" s="62"/>
+      <c r="F8" s="63"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
     </row>
     <row r="9" spans="1:9" ht="19.95" customHeight="1">
-      <c r="A9" s="137" t="s">
+      <c r="A9" s="50" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="138"/>
-      <c r="C9" s="74" t="s">
+      <c r="B9" s="51"/>
+      <c r="C9" s="61" t="s">
         <v>7</v>
       </c>
-      <c r="D9" s="75"/>
-[...1 lines deleted...]
-      <c r="F9" s="76"/>
+      <c r="D9" s="62"/>
+      <c r="E9" s="62"/>
+      <c r="F9" s="63"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
     </row>
     <row r="10" spans="1:9" ht="19.95" customHeight="1">
-      <c r="A10" s="137" t="s">
+      <c r="A10" s="50" t="s">
         <v>8</v>
       </c>
-      <c r="B10" s="138"/>
-      <c r="C10" s="74" t="s">
+      <c r="B10" s="51"/>
+      <c r="C10" s="61" t="s">
         <v>9</v>
       </c>
-      <c r="D10" s="75"/>
-[...1 lines deleted...]
-      <c r="F10" s="76"/>
+      <c r="D10" s="62"/>
+      <c r="E10" s="62"/>
+      <c r="F10" s="63"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
     </row>
     <row r="11" spans="1:9" ht="19.95" customHeight="1">
-      <c r="A11" s="137" t="s">
+      <c r="A11" s="50" t="s">
         <v>10</v>
       </c>
-      <c r="B11" s="138"/>
-      <c r="C11" s="74" t="s">
+      <c r="B11" s="51"/>
+      <c r="C11" s="61" t="s">
         <v>11</v>
       </c>
-      <c r="D11" s="75"/>
-[...1 lines deleted...]
-      <c r="F11" s="76"/>
+      <c r="D11" s="62"/>
+      <c r="E11" s="62"/>
+      <c r="F11" s="63"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
     </row>
     <row r="12" spans="1:9" ht="19.95" customHeight="1">
-      <c r="A12" s="137" t="s">
+      <c r="A12" s="50" t="s">
         <v>14</v>
       </c>
-      <c r="B12" s="138"/>
-      <c r="C12" s="74" t="s">
+      <c r="B12" s="51"/>
+      <c r="C12" s="61" t="s">
         <v>12</v>
       </c>
-      <c r="D12" s="75"/>
-[...1 lines deleted...]
-      <c r="F12" s="76"/>
+      <c r="D12" s="62"/>
+      <c r="E12" s="62"/>
+      <c r="F12" s="63"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
     </row>
     <row r="13" spans="1:9" ht="19.95" customHeight="1">
-      <c r="A13" s="137" t="s">
+      <c r="A13" s="50" t="s">
         <v>15</v>
       </c>
-      <c r="B13" s="138"/>
-      <c r="C13" s="74" t="s">
+      <c r="B13" s="51"/>
+      <c r="C13" s="61" t="s">
         <v>13</v>
       </c>
-      <c r="D13" s="75"/>
-[...1 lines deleted...]
-      <c r="F13" s="76"/>
+      <c r="D13" s="62"/>
+      <c r="E13" s="62"/>
+      <c r="F13" s="63"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
     </row>
     <row r="14" spans="1:9" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A14" s="145" t="s">
+      <c r="A14" s="67" t="s">
         <v>44</v>
       </c>
-      <c r="B14" s="146"/>
-[...5 lines deleted...]
-      <c r="F14" s="149"/>
+      <c r="B14" s="68"/>
+      <c r="C14" s="69" t="s">
+        <v>103</v>
+      </c>
+      <c r="D14" s="70"/>
+      <c r="E14" s="70"/>
+      <c r="F14" s="71"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
     </row>
     <row r="15" spans="1:9" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A15" s="27" t="s">
+      <c r="A15" s="52" t="s">
         <v>59</v>
       </c>
-      <c r="B15" s="29"/>
-[...5 lines deleted...]
-      <c r="F15" s="35"/>
+      <c r="B15" s="53"/>
+      <c r="C15" s="54" t="s">
+        <v>117</v>
+      </c>
+      <c r="D15" s="55"/>
+      <c r="E15" s="55"/>
+      <c r="F15" s="56"/>
     </row>
     <row r="16" spans="1:9" ht="19.95" customHeight="1">
-      <c r="A16" s="24" t="s">
+      <c r="A16" s="38" t="s">
         <v>60</v>
       </c>
-      <c r="B16" s="26"/>
-      <c r="C16" s="144" t="s">
+      <c r="B16" s="57"/>
+      <c r="C16" s="58" t="s">
+        <v>104</v>
+      </c>
+      <c r="D16" s="59"/>
+      <c r="E16" s="59"/>
+      <c r="F16" s="60"/>
+    </row>
+    <row r="17" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
+      <c r="A17" s="52"/>
+      <c r="B17" s="53"/>
+      <c r="C17" s="106" t="s">
+        <v>16</v>
+      </c>
+      <c r="D17" s="27"/>
+      <c r="E17" s="27"/>
+      <c r="F17" s="28"/>
+    </row>
+    <row r="18" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
+      <c r="A18" s="42" t="s">
+        <v>101</v>
+      </c>
+      <c r="B18" s="43"/>
+      <c r="C18" s="64" t="s">
+        <v>82</v>
+      </c>
+      <c r="D18" s="65"/>
+      <c r="E18" s="65"/>
+      <c r="F18" s="66"/>
+    </row>
+    <row r="19" spans="1:6" ht="27.6" customHeight="1" thickBot="1">
+      <c r="A19" s="48" t="s">
+        <v>17</v>
+      </c>
+      <c r="B19" s="49"/>
+      <c r="C19" s="64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" s="65"/>
+      <c r="E19" s="65"/>
+      <c r="F19" s="66"/>
+    </row>
+    <row r="20" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
+      <c r="A20" s="92" t="s">
+        <v>19</v>
+      </c>
+      <c r="B20" s="93"/>
+      <c r="C20" s="106" t="s">
+        <v>96</v>
+      </c>
+      <c r="D20" s="27"/>
+      <c r="E20" s="27"/>
+      <c r="F20" s="28"/>
+    </row>
+    <row r="21" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
+      <c r="A21" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="B21" s="47"/>
+      <c r="C21" s="64" t="s">
+        <v>81</v>
+      </c>
+      <c r="D21" s="65"/>
+      <c r="E21" s="65"/>
+      <c r="F21" s="66"/>
+    </row>
+    <row r="22" spans="1:6" ht="25.2" customHeight="1" thickBot="1">
+      <c r="A22" s="80" t="s">
+        <v>61</v>
+      </c>
+      <c r="B22" s="81"/>
+      <c r="C22" s="64" t="s">
+        <v>97</v>
+      </c>
+      <c r="D22" s="65"/>
+      <c r="E22" s="65"/>
+      <c r="F22" s="66"/>
+    </row>
+    <row r="23" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
+      <c r="A23" s="80" t="s">
+        <v>62</v>
+      </c>
+      <c r="B23" s="81"/>
+      <c r="C23" s="64" t="s">
+        <v>98</v>
+      </c>
+      <c r="D23" s="65"/>
+      <c r="E23" s="65"/>
+      <c r="F23" s="66"/>
+    </row>
+    <row r="24" spans="1:6" ht="26.4" customHeight="1" thickBot="1">
+      <c r="A24" s="80" t="s">
+        <v>63</v>
+      </c>
+      <c r="B24" s="81"/>
+      <c r="C24" s="64" t="s">
+        <v>83</v>
+      </c>
+      <c r="D24" s="65"/>
+      <c r="E24" s="65"/>
+      <c r="F24" s="66"/>
+    </row>
+    <row r="25" spans="1:6" ht="27" customHeight="1" thickBot="1">
+      <c r="A25" s="80" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" s="81"/>
+      <c r="C25" s="64" t="s">
         <v>105</v>
       </c>
-      <c r="D16" s="101"/>
-[...107 lines deleted...]
-      <c r="F25" s="38"/>
+      <c r="D25" s="65"/>
+      <c r="E25" s="65"/>
+      <c r="F25" s="66"/>
     </row>
     <row r="26" spans="1:6" ht="19.95" customHeight="1">
-      <c r="A26" s="24" t="s">
+      <c r="A26" s="38" t="s">
         <v>23</v>
       </c>
-      <c r="B26" s="25"/>
-      <c r="C26" s="25"/>
+      <c r="B26" s="39"/>
+      <c r="C26" s="39"/>
       <c r="D26" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="E26" s="39" t="s">
+      <c r="E26" s="153" t="s">
         <v>22</v>
       </c>
-      <c r="F26" s="40"/>
+      <c r="F26" s="154"/>
     </row>
     <row r="27" spans="1:6" ht="19.95" customHeight="1">
-      <c r="A27" s="131"/>
-[...1 lines deleted...]
-      <c r="C27" s="132"/>
+      <c r="A27" s="102"/>
+      <c r="B27" s="103"/>
+      <c r="C27" s="103"/>
       <c r="D27" s="22">
         <v>1300</v>
       </c>
-      <c r="E27" s="41">
+      <c r="E27" s="155">
         <v>1820000</v>
       </c>
-      <c r="F27" s="42"/>
+      <c r="F27" s="156"/>
     </row>
     <row r="28" spans="1:6" ht="19.95" customHeight="1">
-      <c r="A28" s="131"/>
-[...1 lines deleted...]
-      <c r="C28" s="132"/>
+      <c r="A28" s="102"/>
+      <c r="B28" s="103"/>
+      <c r="C28" s="103"/>
       <c r="D28" s="22">
         <v>1700</v>
       </c>
-      <c r="E28" s="41">
+      <c r="E28" s="155">
         <v>1774700</v>
       </c>
-      <c r="F28" s="42"/>
+      <c r="F28" s="156"/>
     </row>
     <row r="29" spans="1:6" ht="19.95" customHeight="1">
-      <c r="A29" s="131"/>
-[...1 lines deleted...]
-      <c r="C29" s="132"/>
+      <c r="A29" s="102"/>
+      <c r="B29" s="103"/>
+      <c r="C29" s="103"/>
       <c r="D29" s="22">
         <v>2000</v>
       </c>
-      <c r="E29" s="41">
+      <c r="E29" s="155">
         <v>1729400</v>
       </c>
-      <c r="F29" s="42"/>
+      <c r="F29" s="156"/>
     </row>
     <row r="30" spans="1:6" ht="19.95" customHeight="1">
-      <c r="A30" s="131"/>
-[...1 lines deleted...]
-      <c r="C30" s="132"/>
+      <c r="A30" s="102"/>
+      <c r="B30" s="103"/>
+      <c r="C30" s="103"/>
       <c r="D30" s="22">
         <v>2300</v>
       </c>
-      <c r="E30" s="41">
+      <c r="E30" s="155">
         <v>1684100</v>
       </c>
-      <c r="F30" s="42"/>
+      <c r="F30" s="156"/>
     </row>
     <row r="31" spans="1:6" ht="19.95" customHeight="1">
-      <c r="A31" s="131"/>
-[...1 lines deleted...]
-      <c r="C31" s="132"/>
+      <c r="A31" s="102"/>
+      <c r="B31" s="103"/>
+      <c r="C31" s="103"/>
       <c r="D31" s="22">
         <v>2600</v>
       </c>
-      <c r="E31" s="41">
+      <c r="E31" s="155">
         <v>1638800</v>
       </c>
-      <c r="F31" s="42"/>
+      <c r="F31" s="156"/>
     </row>
     <row r="32" spans="1:6" ht="19.95" customHeight="1">
-      <c r="A32" s="131"/>
-[...1 lines deleted...]
-      <c r="C32" s="132"/>
+      <c r="A32" s="102"/>
+      <c r="B32" s="103"/>
+      <c r="C32" s="103"/>
       <c r="D32" s="22">
         <v>2800</v>
       </c>
-      <c r="E32" s="41">
+      <c r="E32" s="155">
         <v>1593500</v>
       </c>
-      <c r="F32" s="42"/>
+      <c r="F32" s="156"/>
     </row>
     <row r="33" spans="1:6" ht="19.95" customHeight="1">
-      <c r="A33" s="131"/>
-[...1 lines deleted...]
-      <c r="C33" s="132"/>
+      <c r="A33" s="102"/>
+      <c r="B33" s="103"/>
+      <c r="C33" s="103"/>
       <c r="D33" s="22">
         <v>3300</v>
       </c>
-      <c r="E33" s="41">
+      <c r="E33" s="155">
         <v>1548200</v>
       </c>
-      <c r="F33" s="42"/>
+      <c r="F33" s="156"/>
     </row>
     <row r="34" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A34" s="27"/>
-[...2 lines deleted...]
-      <c r="D34" s="43" t="s">
+      <c r="A34" s="52"/>
+      <c r="B34" s="104"/>
+      <c r="C34" s="104"/>
+      <c r="D34" s="118" t="s">
         <v>24</v>
       </c>
-      <c r="E34" s="44"/>
-      <c r="F34" s="45"/>
+      <c r="E34" s="119"/>
+      <c r="F34" s="157"/>
     </row>
     <row r="35" spans="1:6" ht="33" customHeight="1" thickBot="1">
-      <c r="A35" s="89" t="s">
+      <c r="A35" s="42" t="s">
         <v>64</v>
       </c>
-      <c r="B35" s="90"/>
-[...1 lines deleted...]
-      <c r="D35" s="36" t="s">
+      <c r="B35" s="43"/>
+      <c r="C35" s="43"/>
+      <c r="D35" s="64" t="s">
         <v>25</v>
       </c>
-      <c r="E35" s="37"/>
-      <c r="F35" s="38"/>
+      <c r="E35" s="65"/>
+      <c r="F35" s="66"/>
     </row>
     <row r="36" spans="1:6" ht="25.2" customHeight="1">
-      <c r="A36" s="24" t="s">
+      <c r="A36" s="38" t="s">
         <v>65</v>
       </c>
-      <c r="B36" s="25"/>
-[...1 lines deleted...]
-      <c r="D36" s="30" t="s">
+      <c r="B36" s="39"/>
+      <c r="C36" s="57"/>
+      <c r="D36" s="106" t="s">
+        <v>106</v>
+      </c>
+      <c r="E36" s="27"/>
+      <c r="F36" s="28"/>
+    </row>
+    <row r="37" spans="1:6" ht="28.2" customHeight="1" thickBot="1">
+      <c r="A37" s="52"/>
+      <c r="B37" s="104"/>
+      <c r="C37" s="53"/>
+      <c r="D37" s="54" t="s">
+        <v>89</v>
+      </c>
+      <c r="E37" s="55"/>
+      <c r="F37" s="56"/>
+    </row>
+    <row r="38" spans="1:6" ht="42" customHeight="1" thickBot="1">
+      <c r="A38" s="42" t="s">
+        <v>66</v>
+      </c>
+      <c r="B38" s="43"/>
+      <c r="C38" s="105"/>
+      <c r="D38" s="54" t="s">
+        <v>84</v>
+      </c>
+      <c r="E38" s="55"/>
+      <c r="F38" s="56"/>
+    </row>
+    <row r="39" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
+      <c r="A39" s="42" t="s">
+        <v>67</v>
+      </c>
+      <c r="B39" s="43"/>
+      <c r="C39" s="105"/>
+      <c r="D39" s="54" t="s">
         <v>107</v>
       </c>
-      <c r="E36" s="31"/>
-[...30 lines deleted...]
-      <c r="D39" s="33" t="s">
+      <c r="E39" s="55"/>
+      <c r="F39" s="56"/>
+    </row>
+    <row r="40" spans="1:6" ht="55.8" customHeight="1" thickBot="1">
+      <c r="A40" s="80" t="s">
+        <v>68</v>
+      </c>
+      <c r="B40" s="81"/>
+      <c r="C40" s="82"/>
+      <c r="D40" s="97" t="s">
+        <v>118</v>
+      </c>
+      <c r="E40" s="98"/>
+      <c r="F40" s="99"/>
+    </row>
+    <row r="41" spans="1:6" ht="28.8" customHeight="1" thickBot="1">
+      <c r="A41" s="80" t="s">
+        <v>69</v>
+      </c>
+      <c r="B41" s="81"/>
+      <c r="C41" s="82"/>
+      <c r="D41" s="97" t="s">
         <v>108</v>
       </c>
-      <c r="E39" s="34"/>
-[...20 lines deleted...]
-      <c r="D41" s="80" t="s">
+      <c r="E41" s="98"/>
+      <c r="F41" s="99"/>
+    </row>
+    <row r="42" spans="1:6" ht="60.6" customHeight="1" thickBot="1">
+      <c r="A42" s="138" t="s">
+        <v>70</v>
+      </c>
+      <c r="B42" s="139"/>
+      <c r="C42" s="140"/>
+      <c r="D42" s="141" t="s">
+        <v>119</v>
+      </c>
+      <c r="E42" s="142"/>
+      <c r="F42" s="143"/>
+    </row>
+    <row r="43" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
+      <c r="A43" s="109" t="s">
+        <v>75</v>
+      </c>
+      <c r="B43" s="110"/>
+      <c r="C43" s="111"/>
+      <c r="D43" s="112" t="s">
+        <v>46</v>
+      </c>
+      <c r="E43" s="113"/>
+      <c r="F43" s="114"/>
+    </row>
+    <row r="44" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
+      <c r="A44" s="80" t="s">
+        <v>71</v>
+      </c>
+      <c r="B44" s="81"/>
+      <c r="C44" s="82"/>
+      <c r="D44" s="97" t="s">
         <v>109</v>
       </c>
-      <c r="E41" s="62"/>
-[...36 lines deleted...]
-      <c r="F44" s="81"/>
+      <c r="E44" s="98"/>
+      <c r="F44" s="99"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="11"/>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="8"/>
       <c r="E45" s="8"/>
       <c r="F45" s="8"/>
     </row>
-    <row r="46" spans="1:6" ht="18.600000000000001" thickBot="1">
-[...7 lines deleted...]
-      <c r="F46" s="72"/>
+    <row r="46" spans="1:6" ht="18">
+      <c r="A46" s="133" t="s">
+        <v>120</v>
+      </c>
+      <c r="B46" s="133"/>
+      <c r="C46" s="133"/>
+      <c r="D46" s="133"/>
+      <c r="E46" s="133"/>
+      <c r="F46" s="133"/>
     </row>
     <row r="47" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A47" s="73" t="s">
+      <c r="A47" s="134" t="s">
         <v>90</v>
       </c>
-      <c r="B47" s="73"/>
-[...3 lines deleted...]
-      <c r="F47" s="73"/>
+      <c r="B47" s="134"/>
+      <c r="C47" s="134"/>
+      <c r="D47" s="134"/>
+      <c r="E47" s="134"/>
+      <c r="F47" s="134"/>
     </row>
     <row r="48" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A48" s="64" t="s">
+      <c r="A48" s="72" t="s">
         <v>121</v>
       </c>
-      <c r="B48" s="65"/>
-[...3 lines deleted...]
-      <c r="F48" s="66"/>
+      <c r="B48" s="73"/>
+      <c r="C48" s="73"/>
+      <c r="D48" s="73"/>
+      <c r="E48" s="73"/>
+      <c r="F48" s="74"/>
     </row>
     <row r="49" spans="1:7" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A49" s="126" t="s">
+      <c r="A49" s="29" t="s">
         <v>0</v>
       </c>
-      <c r="B49" s="127"/>
-[...1 lines deleted...]
-      <c r="D49" s="126" t="s">
+      <c r="B49" s="30"/>
+      <c r="C49" s="31"/>
+      <c r="D49" s="29" t="s">
         <v>86</v>
       </c>
-      <c r="E49" s="129"/>
-      <c r="F49" s="130"/>
+      <c r="E49" s="100"/>
+      <c r="F49" s="101"/>
     </row>
     <row r="50" spans="1:7" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A50" s="113" t="s">
+      <c r="A50" s="129" t="s">
         <v>72</v>
       </c>
-      <c r="B50" s="82"/>
-[...5 lines deleted...]
-      <c r="F50" s="63"/>
+      <c r="B50" s="81"/>
+      <c r="C50" s="130"/>
+      <c r="D50" s="131" t="s">
+        <v>123</v>
+      </c>
+      <c r="E50" s="98"/>
+      <c r="F50" s="132"/>
     </row>
     <row r="51" spans="1:7" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A51" s="47" t="s">
+      <c r="A51" s="144" t="s">
         <v>73</v>
       </c>
-      <c r="B51" s="48"/>
-[...1 lines deleted...]
-      <c r="D51" s="61" t="s">
+      <c r="B51" s="145"/>
+      <c r="C51" s="146"/>
+      <c r="D51" s="131" t="s">
+        <v>113</v>
+      </c>
+      <c r="E51" s="98"/>
+      <c r="F51" s="132"/>
+    </row>
+    <row r="52" spans="1:7" ht="31.2" customHeight="1">
+      <c r="A52" s="94" t="s">
+        <v>87</v>
+      </c>
+      <c r="B52" s="95"/>
+      <c r="C52" s="96"/>
+      <c r="D52" s="83"/>
+      <c r="E52" s="84"/>
+      <c r="F52" s="85"/>
+    </row>
+    <row r="53" spans="1:7" ht="32.4" customHeight="1">
+      <c r="A53" s="116" t="s">
+        <v>45</v>
+      </c>
+      <c r="B53" s="117"/>
+      <c r="C53" s="23"/>
+      <c r="D53" s="86" t="s">
+        <v>122</v>
+      </c>
+      <c r="E53" s="87"/>
+      <c r="F53" s="88"/>
+    </row>
+    <row r="54" spans="1:7" ht="37.799999999999997" customHeight="1">
+      <c r="A54" s="116" t="s">
+        <v>26</v>
+      </c>
+      <c r="B54" s="117"/>
+      <c r="C54" s="23"/>
+      <c r="D54" s="86" t="s">
+        <v>112</v>
+      </c>
+      <c r="E54" s="87"/>
+      <c r="F54" s="88"/>
+    </row>
+    <row r="55" spans="1:7" ht="34.200000000000003" customHeight="1" thickBot="1">
+      <c r="A55" s="116" t="s">
+        <v>55</v>
+      </c>
+      <c r="B55" s="117"/>
+      <c r="C55" s="23"/>
+      <c r="D55" s="86" t="s">
+        <v>85</v>
+      </c>
+      <c r="E55" s="87"/>
+      <c r="F55" s="88"/>
+      <c r="G55" s="1"/>
+    </row>
+    <row r="56" spans="1:7" ht="40.200000000000003" customHeight="1" thickBot="1">
+      <c r="A56" s="109" t="s">
+        <v>74</v>
+      </c>
+      <c r="B56" s="110"/>
+      <c r="C56" s="111"/>
+      <c r="D56" s="112" t="s">
         <v>114</v>
       </c>
-      <c r="E51" s="62"/>
-[...59 lines deleted...]
-      <c r="F56" s="99"/>
+      <c r="E56" s="113"/>
+      <c r="F56" s="114"/>
       <c r="G56" s="1"/>
     </row>
     <row r="57" spans="1:7" ht="19.95" customHeight="1" thickBot="1"/>
     <row r="58" spans="1:7" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A58" s="64" t="s">
+      <c r="A58" s="72" t="s">
         <v>32</v>
       </c>
-      <c r="B58" s="65"/>
-[...3 lines deleted...]
-      <c r="F58" s="66"/>
+      <c r="B58" s="73"/>
+      <c r="C58" s="73"/>
+      <c r="D58" s="73"/>
+      <c r="E58" s="73"/>
+      <c r="F58" s="74"/>
     </row>
     <row r="59" spans="1:7" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A59" s="67" t="s">
+      <c r="A59" s="149" t="s">
         <v>0</v>
       </c>
-      <c r="B59" s="68"/>
-      <c r="C59" s="69" t="s">
+      <c r="B59" s="125"/>
+      <c r="C59" s="150" t="s">
         <v>27</v>
       </c>
-      <c r="D59" s="70"/>
-[...1 lines deleted...]
-      <c r="F59" s="71"/>
+      <c r="D59" s="151"/>
+      <c r="E59" s="151"/>
+      <c r="F59" s="152"/>
     </row>
     <row r="60" spans="1:7" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A60" s="52" t="s">
+      <c r="A60" s="80" t="s">
         <v>31</v>
       </c>
-      <c r="B60" s="53"/>
-[...5 lines deleted...]
-      <c r="F60" s="56"/>
+      <c r="B60" s="82"/>
+      <c r="C60" s="89" t="s">
+        <v>111</v>
+      </c>
+      <c r="D60" s="90"/>
+      <c r="E60" s="90"/>
+      <c r="F60" s="91"/>
     </row>
     <row r="61" spans="1:7" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A61" s="52" t="s">
+      <c r="A61" s="80" t="s">
         <v>30</v>
       </c>
-      <c r="B61" s="53"/>
-[...5 lines deleted...]
-      <c r="F61" s="56"/>
+      <c r="B61" s="82"/>
+      <c r="C61" s="89" t="s">
+        <v>110</v>
+      </c>
+      <c r="D61" s="90"/>
+      <c r="E61" s="90"/>
+      <c r="F61" s="91"/>
     </row>
     <row r="62" spans="1:7" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A62" s="52" t="s">
+      <c r="A62" s="80" t="s">
         <v>29</v>
       </c>
-      <c r="B62" s="53"/>
-      <c r="C62" s="54" t="s">
+      <c r="B62" s="82"/>
+      <c r="C62" s="89" t="s">
         <v>28</v>
       </c>
-      <c r="D62" s="55"/>
-[...1 lines deleted...]
-      <c r="F62" s="56"/>
+      <c r="D62" s="90"/>
+      <c r="E62" s="90"/>
+      <c r="F62" s="91"/>
     </row>
     <row r="63" spans="1:7" ht="19.95" customHeight="1" thickBot="1">
       <c r="A63" s="9"/>
       <c r="B63" s="10"/>
       <c r="C63" s="12"/>
       <c r="D63" s="12"/>
       <c r="E63" s="12"/>
       <c r="F63" s="13"/>
     </row>
     <row r="64" spans="1:7" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A64" s="57" t="s">
+      <c r="A64" s="44" t="s">
         <v>56</v>
       </c>
-      <c r="B64" s="58"/>
-[...3 lines deleted...]
-      <c r="F64" s="60"/>
+      <c r="B64" s="45"/>
+      <c r="C64" s="147"/>
+      <c r="D64" s="147"/>
+      <c r="E64" s="147"/>
+      <c r="F64" s="148"/>
     </row>
     <row r="65" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A65" s="57" t="s">
+      <c r="A65" s="44" t="s">
         <v>0</v>
       </c>
-      <c r="B65" s="58"/>
-      <c r="C65" s="126" t="s">
+      <c r="B65" s="45"/>
+      <c r="C65" s="29" t="s">
         <v>76</v>
       </c>
-      <c r="D65" s="127"/>
-      <c r="E65" s="128"/>
+      <c r="D65" s="30"/>
+      <c r="E65" s="31"/>
       <c r="F65" s="14" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="66" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A66" s="89" t="s">
+      <c r="A66" s="42" t="s">
         <v>48</v>
       </c>
-      <c r="B66" s="90"/>
-      <c r="C66" s="150">
+      <c r="B66" s="43"/>
+      <c r="C66" s="32">
         <v>53469</v>
       </c>
-      <c r="D66" s="151"/>
-      <c r="E66" s="152"/>
+      <c r="D66" s="33"/>
+      <c r="E66" s="34"/>
       <c r="F66" s="15">
         <v>79250</v>
       </c>
     </row>
     <row r="67" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A67" s="89" t="s">
+      <c r="A67" s="42" t="s">
         <v>47</v>
       </c>
-      <c r="B67" s="90"/>
-      <c r="C67" s="150">
+      <c r="B67" s="43"/>
+      <c r="C67" s="32">
         <v>53572</v>
       </c>
-      <c r="D67" s="151"/>
-      <c r="E67" s="152"/>
+      <c r="D67" s="33"/>
+      <c r="E67" s="34"/>
       <c r="F67" s="15">
         <v>79386</v>
       </c>
     </row>
     <row r="68" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A68" s="89" t="s">
+      <c r="A68" s="42" t="s">
         <v>19</v>
       </c>
-      <c r="B68" s="90"/>
-      <c r="C68" s="150">
+      <c r="B68" s="43"/>
+      <c r="C68" s="32">
         <v>7782</v>
       </c>
-      <c r="D68" s="151"/>
-      <c r="E68" s="152"/>
+      <c r="D68" s="33"/>
+      <c r="E68" s="34"/>
       <c r="F68" s="15">
         <v>11005</v>
       </c>
     </row>
     <row r="69" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A69" s="89" t="s">
+      <c r="A69" s="42" t="s">
         <v>49</v>
       </c>
-      <c r="B69" s="90"/>
-      <c r="C69" s="150">
+      <c r="B69" s="43"/>
+      <c r="C69" s="32">
         <v>6493</v>
       </c>
-      <c r="D69" s="151"/>
-      <c r="E69" s="152"/>
+      <c r="D69" s="33"/>
+      <c r="E69" s="34"/>
       <c r="F69" s="15">
         <v>9442</v>
       </c>
     </row>
     <row r="70" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A70" s="89" t="s">
+      <c r="A70" s="42" t="s">
         <v>80</v>
       </c>
-      <c r="B70" s="90"/>
-      <c r="C70" s="150">
+      <c r="B70" s="43"/>
+      <c r="C70" s="32">
         <v>60383</v>
       </c>
-      <c r="D70" s="151"/>
-      <c r="E70" s="152"/>
+      <c r="D70" s="33"/>
+      <c r="E70" s="34"/>
       <c r="F70" s="15">
         <v>88398</v>
       </c>
     </row>
     <row r="71" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A71" s="89" t="s">
+      <c r="A71" s="42" t="s">
         <v>51</v>
       </c>
-      <c r="B71" s="90"/>
-      <c r="C71" s="150">
+      <c r="B71" s="43"/>
+      <c r="C71" s="32">
         <v>58668</v>
       </c>
-      <c r="D71" s="151"/>
-      <c r="E71" s="152"/>
+      <c r="D71" s="33"/>
+      <c r="E71" s="34"/>
       <c r="F71" s="15">
         <v>86129</v>
       </c>
     </row>
     <row r="72" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A72" s="89" t="s">
+      <c r="A72" s="42" t="s">
         <v>50</v>
       </c>
-      <c r="B72" s="90"/>
-      <c r="C72" s="150">
+      <c r="B72" s="43"/>
+      <c r="C72" s="32">
         <v>5363</v>
       </c>
-      <c r="D72" s="151"/>
-      <c r="E72" s="152"/>
+      <c r="D72" s="33"/>
+      <c r="E72" s="34"/>
       <c r="F72" s="15">
         <v>7946</v>
       </c>
     </row>
     <row r="73" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A73" s="24" t="s">
+      <c r="A73" s="38" t="s">
         <v>52</v>
       </c>
-      <c r="B73" s="25"/>
-      <c r="C73" s="153">
+      <c r="B73" s="39"/>
+      <c r="C73" s="35">
         <v>62582</v>
       </c>
-      <c r="D73" s="154"/>
-      <c r="E73" s="155"/>
+      <c r="D73" s="36"/>
+      <c r="E73" s="37"/>
       <c r="F73" s="15">
         <v>91310</v>
       </c>
     </row>
     <row r="74" spans="1:6" ht="44.4" customHeight="1" thickBot="1">
-      <c r="A74" s="110" t="s">
-[...6 lines deleted...]
-      <c r="F74" s="112"/>
+      <c r="A74" s="126" t="s">
+        <v>102</v>
+      </c>
+      <c r="B74" s="127"/>
+      <c r="C74" s="127"/>
+      <c r="D74" s="127"/>
+      <c r="E74" s="127"/>
+      <c r="F74" s="128"/>
     </row>
     <row r="75" spans="1:6" ht="19.95" customHeight="1" thickBot="1"/>
     <row r="76" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A76" s="106" t="s">
+      <c r="A76" s="121" t="s">
         <v>57</v>
       </c>
-      <c r="B76" s="107"/>
-[...3 lines deleted...]
-      <c r="F76" s="108"/>
+      <c r="B76" s="122"/>
+      <c r="C76" s="122"/>
+      <c r="D76" s="122"/>
+      <c r="E76" s="122"/>
+      <c r="F76" s="123"/>
     </row>
     <row r="77" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A77" s="64" t="s">
+      <c r="A77" s="72" t="s">
         <v>0</v>
       </c>
-      <c r="B77" s="65"/>
-[...1 lines deleted...]
-      <c r="D77" s="109" t="s">
+      <c r="B77" s="73"/>
+      <c r="C77" s="74"/>
+      <c r="D77" s="124" t="s">
         <v>43</v>
       </c>
-      <c r="E77" s="109"/>
-      <c r="F77" s="68"/>
+      <c r="E77" s="124"/>
+      <c r="F77" s="125"/>
     </row>
     <row r="78" spans="1:6" ht="19.95" customHeight="1">
-      <c r="A78" s="156" t="s">
+      <c r="A78" s="40" t="s">
         <v>42</v>
       </c>
-      <c r="B78" s="157"/>
+      <c r="B78" s="41"/>
       <c r="C78" s="16"/>
-      <c r="D78" s="100" t="s">
+      <c r="D78" s="115" t="s">
         <v>53</v>
       </c>
-      <c r="E78" s="101"/>
-      <c r="F78" s="102"/>
+      <c r="E78" s="59"/>
+      <c r="F78" s="60"/>
     </row>
     <row r="79" spans="1:6" ht="19.95" customHeight="1">
-      <c r="A79" s="50" t="s">
+      <c r="A79" s="24" t="s">
         <v>41</v>
       </c>
-      <c r="B79" s="51"/>
+      <c r="B79" s="25"/>
       <c r="C79" s="17"/>
-      <c r="D79" s="46" t="s">
+      <c r="D79" s="26" t="s">
         <v>54</v>
       </c>
-      <c r="E79" s="31"/>
-      <c r="F79" s="32"/>
+      <c r="E79" s="27"/>
+      <c r="F79" s="28"/>
     </row>
     <row r="80" spans="1:6" ht="19.95" customHeight="1">
-      <c r="A80" s="50" t="s">
+      <c r="A80" s="24" t="s">
         <v>40</v>
       </c>
-      <c r="B80" s="51"/>
+      <c r="B80" s="25"/>
       <c r="C80" s="17"/>
-      <c r="D80" s="46" t="s">
+      <c r="D80" s="26" t="s">
         <v>54</v>
       </c>
-      <c r="E80" s="31"/>
-      <c r="F80" s="32"/>
+      <c r="E80" s="27"/>
+      <c r="F80" s="28"/>
     </row>
     <row r="81" spans="1:6" ht="19.95" customHeight="1">
-      <c r="A81" s="50" t="s">
+      <c r="A81" s="24" t="s">
         <v>39</v>
       </c>
-      <c r="B81" s="51"/>
+      <c r="B81" s="25"/>
       <c r="C81" s="17"/>
-      <c r="D81" s="31" t="s">
+      <c r="D81" s="27" t="s">
         <v>38</v>
       </c>
-      <c r="E81" s="31"/>
-      <c r="F81" s="32"/>
+      <c r="E81" s="27"/>
+      <c r="F81" s="28"/>
     </row>
     <row r="82" spans="1:6" ht="19.95" customHeight="1">
-      <c r="A82" s="50" t="s">
+      <c r="A82" s="24" t="s">
         <v>37</v>
       </c>
-      <c r="B82" s="51"/>
+      <c r="B82" s="25"/>
       <c r="C82" s="17"/>
-      <c r="D82" s="46" t="s">
-[...3 lines deleted...]
-      <c r="F82" s="32"/>
+      <c r="D82" s="26" t="s">
+        <v>91</v>
+      </c>
+      <c r="E82" s="27"/>
+      <c r="F82" s="28"/>
     </row>
     <row r="83" spans="1:6" ht="19.95" customHeight="1">
-      <c r="A83" s="50" t="s">
+      <c r="A83" s="24" t="s">
         <v>36</v>
       </c>
-      <c r="B83" s="51"/>
+      <c r="B83" s="25"/>
       <c r="C83" s="17"/>
-      <c r="D83" s="46" t="s">
+      <c r="D83" s="26" t="s">
         <v>54</v>
       </c>
-      <c r="E83" s="31"/>
-      <c r="F83" s="32"/>
+      <c r="E83" s="27"/>
+      <c r="F83" s="28"/>
     </row>
     <row r="84" spans="1:6" ht="19.95" customHeight="1">
-      <c r="A84" s="50" t="s">
+      <c r="A84" s="24" t="s">
         <v>35</v>
       </c>
-      <c r="B84" s="51"/>
+      <c r="B84" s="25"/>
       <c r="C84" s="17"/>
-      <c r="D84" s="46" t="s">
+      <c r="D84" s="26" t="s">
         <v>54</v>
       </c>
-      <c r="E84" s="31"/>
-      <c r="F84" s="32"/>
+      <c r="E84" s="27"/>
+      <c r="F84" s="28"/>
     </row>
     <row r="85" spans="1:6" ht="19.95" customHeight="1">
-      <c r="A85" s="50" t="s">
+      <c r="A85" s="24" t="s">
         <v>34</v>
       </c>
-      <c r="B85" s="51"/>
+      <c r="B85" s="25"/>
       <c r="C85" s="17"/>
-      <c r="D85" s="46" t="s">
-[...3 lines deleted...]
-      <c r="F85" s="32"/>
+      <c r="D85" s="26" t="s">
+        <v>91</v>
+      </c>
+      <c r="E85" s="27"/>
+      <c r="F85" s="28"/>
     </row>
     <row r="86" spans="1:6" ht="19.95" customHeight="1">
       <c r="A86" s="5" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B86" s="6"/>
       <c r="C86" s="7"/>
-      <c r="D86" s="46" t="s">
+      <c r="D86" s="26" t="s">
         <v>53</v>
       </c>
-      <c r="E86" s="31"/>
-      <c r="F86" s="32"/>
+      <c r="E86" s="27"/>
+      <c r="F86" s="28"/>
     </row>
     <row r="87" spans="1:6" ht="19.95" customHeight="1">
-      <c r="A87" s="46" t="s">
+      <c r="A87" s="26" t="s">
+        <v>93</v>
+      </c>
+      <c r="B87" s="27"/>
+      <c r="C87" s="18"/>
+      <c r="D87" s="26" t="s">
+        <v>91</v>
+      </c>
+      <c r="E87" s="27"/>
+      <c r="F87" s="28"/>
+    </row>
+    <row r="88" spans="1:6" ht="19.95" customHeight="1">
+      <c r="A88" s="26" t="s">
         <v>94</v>
       </c>
-      <c r="B87" s="31"/>
-[...11 lines deleted...]
-      <c r="B88" s="31"/>
+      <c r="B88" s="27"/>
       <c r="C88" s="19"/>
-      <c r="D88" s="46" t="s">
-[...3 lines deleted...]
-      <c r="F88" s="32"/>
+      <c r="D88" s="26" t="s">
+        <v>91</v>
+      </c>
+      <c r="E88" s="27"/>
+      <c r="F88" s="28"/>
     </row>
     <row r="89" spans="1:6" ht="24.6" customHeight="1">
-      <c r="A89" s="50" t="s">
+      <c r="A89" s="24" t="s">
         <v>33</v>
       </c>
-      <c r="B89" s="51"/>
+      <c r="B89" s="25"/>
       <c r="C89" s="17"/>
-      <c r="D89" s="46" t="s">
-[...3 lines deleted...]
-      <c r="F89" s="32"/>
+      <c r="D89" s="26" t="s">
+        <v>100</v>
+      </c>
+      <c r="E89" s="27"/>
+      <c r="F89" s="28"/>
     </row>
     <row r="90" spans="1:6" ht="19.95" customHeight="1" thickBot="1">
-      <c r="A90" s="92" t="s">
+      <c r="A90" s="107" t="s">
         <v>79</v>
       </c>
-      <c r="B90" s="93"/>
+      <c r="B90" s="108"/>
       <c r="C90" s="20"/>
-      <c r="D90" s="43" t="s">
+      <c r="D90" s="118" t="s">
         <v>78</v>
       </c>
-      <c r="E90" s="44"/>
-      <c r="F90" s="105"/>
+      <c r="E90" s="119"/>
+      <c r="F90" s="120"/>
     </row>
   </sheetData>
   <mergeCells count="151">
+    <mergeCell ref="A36:C37"/>
+    <mergeCell ref="D36:F36"/>
+    <mergeCell ref="D37:F37"/>
+    <mergeCell ref="C24:F24"/>
+    <mergeCell ref="C25:F25"/>
+    <mergeCell ref="E26:F26"/>
+    <mergeCell ref="E27:F27"/>
+    <mergeCell ref="E28:F28"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="E31:F31"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="E33:F33"/>
+    <mergeCell ref="D34:F34"/>
+    <mergeCell ref="A88:B88"/>
+    <mergeCell ref="A51:C51"/>
+    <mergeCell ref="D86:F86"/>
+    <mergeCell ref="A81:B81"/>
+    <mergeCell ref="A82:B82"/>
+    <mergeCell ref="A83:B83"/>
+    <mergeCell ref="A84:B84"/>
+    <mergeCell ref="A62:B62"/>
+    <mergeCell ref="C62:F62"/>
+    <mergeCell ref="A64:F64"/>
+    <mergeCell ref="D51:F51"/>
+    <mergeCell ref="A85:B85"/>
+    <mergeCell ref="A58:F58"/>
+    <mergeCell ref="A59:B59"/>
+    <mergeCell ref="C59:F59"/>
+    <mergeCell ref="A60:B60"/>
+    <mergeCell ref="A87:B87"/>
+    <mergeCell ref="A1:F1"/>
+    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="A46:F46"/>
+    <mergeCell ref="A47:F47"/>
+    <mergeCell ref="C8:F8"/>
+    <mergeCell ref="C9:F9"/>
+    <mergeCell ref="C10:F10"/>
+    <mergeCell ref="C11:F11"/>
+    <mergeCell ref="C12:F12"/>
+    <mergeCell ref="C13:F13"/>
+    <mergeCell ref="C5:F5"/>
+    <mergeCell ref="C6:F6"/>
+    <mergeCell ref="D41:F41"/>
+    <mergeCell ref="A44:C44"/>
+    <mergeCell ref="A42:C42"/>
+    <mergeCell ref="D44:F44"/>
+    <mergeCell ref="D42:F42"/>
+    <mergeCell ref="C17:F17"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="A35:C35"/>
+    <mergeCell ref="D35:F35"/>
+    <mergeCell ref="A39:C39"/>
+    <mergeCell ref="C23:F23"/>
+    <mergeCell ref="A90:B90"/>
+    <mergeCell ref="A43:C43"/>
+    <mergeCell ref="D43:F43"/>
+    <mergeCell ref="A77:C77"/>
+    <mergeCell ref="D78:F78"/>
+    <mergeCell ref="D79:F79"/>
+    <mergeCell ref="D80:F80"/>
+    <mergeCell ref="A53:B53"/>
+    <mergeCell ref="A54:B54"/>
+    <mergeCell ref="A55:B55"/>
+    <mergeCell ref="A71:B71"/>
+    <mergeCell ref="A70:B70"/>
+    <mergeCell ref="A68:B68"/>
+    <mergeCell ref="A56:C56"/>
+    <mergeCell ref="D56:F56"/>
+    <mergeCell ref="D90:F90"/>
+    <mergeCell ref="A76:F76"/>
+    <mergeCell ref="D77:F77"/>
+    <mergeCell ref="D81:F81"/>
+    <mergeCell ref="A74:F74"/>
+    <mergeCell ref="D87:F87"/>
+    <mergeCell ref="D88:F88"/>
+    <mergeCell ref="A50:C50"/>
+    <mergeCell ref="D50:F50"/>
+    <mergeCell ref="A41:C41"/>
+    <mergeCell ref="D52:F52"/>
+    <mergeCell ref="D53:F53"/>
+    <mergeCell ref="D54:F54"/>
+    <mergeCell ref="C60:F60"/>
+    <mergeCell ref="A61:B61"/>
+    <mergeCell ref="C61:F61"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="A52:C52"/>
+    <mergeCell ref="D55:F55"/>
+    <mergeCell ref="D38:F38"/>
+    <mergeCell ref="D40:F40"/>
+    <mergeCell ref="A48:F48"/>
+    <mergeCell ref="A49:C49"/>
+    <mergeCell ref="D49:F49"/>
+    <mergeCell ref="A40:C40"/>
+    <mergeCell ref="D39:F39"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="A26:C34"/>
+    <mergeCell ref="A38:C38"/>
+    <mergeCell ref="C20:F20"/>
+    <mergeCell ref="C21:F21"/>
+    <mergeCell ref="C22:F22"/>
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="C4:F4"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="C15:F15"/>
+    <mergeCell ref="A16:B17"/>
+    <mergeCell ref="C16:F16"/>
+    <mergeCell ref="C7:F7"/>
+    <mergeCell ref="C18:F18"/>
+    <mergeCell ref="C19:F19"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="C14:F14"/>
     <mergeCell ref="A89:B89"/>
     <mergeCell ref="D89:F89"/>
     <mergeCell ref="C65:E65"/>
     <mergeCell ref="C66:E66"/>
     <mergeCell ref="C67:E67"/>
     <mergeCell ref="C70:E70"/>
     <mergeCell ref="C68:E68"/>
     <mergeCell ref="C69:E69"/>
     <mergeCell ref="C72:E72"/>
     <mergeCell ref="C71:E71"/>
     <mergeCell ref="C73:E73"/>
     <mergeCell ref="A73:B73"/>
     <mergeCell ref="D82:F82"/>
     <mergeCell ref="D83:F83"/>
     <mergeCell ref="D84:F84"/>
     <mergeCell ref="D85:F85"/>
     <mergeCell ref="A78:B78"/>
     <mergeCell ref="A69:B69"/>
     <mergeCell ref="A72:B72"/>
     <mergeCell ref="A65:B65"/>
     <mergeCell ref="A66:B66"/>
     <mergeCell ref="A67:B67"/>
     <mergeCell ref="A79:B79"/>
     <mergeCell ref="A80:B80"/>
-    <mergeCell ref="A18:B18"/>
-[...125 lines deleted...]
-    <mergeCell ref="D34:F34"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="64" orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="44" max="5" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>