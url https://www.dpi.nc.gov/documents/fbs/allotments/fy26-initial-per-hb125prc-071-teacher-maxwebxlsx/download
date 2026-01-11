--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bud\School Allotments\Initial Allotment 2025-26\State Allotment\Initial Web Docs\Preliminary Initial Adj per HB125 Web Docs\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bud\School Allotments\FY2025-26\Parking Lot\A - Lillian Farhat\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F624D845-E326-4732-AF10-7339AF41300D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1772706E-29D9-4723-8E73-CD95A4220F3A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-57720" yWindow="-4320" windowWidth="29040" windowHeight="15720" xr2:uid="{64D53088-D37B-4EC6-82F0-88D0FC57AE66}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{64D53088-D37B-4EC6-82F0-88D0FC57AE66}"/>
   </bookViews>
   <sheets>
-    <sheet name="FY26 PRELIM INITIAL WEB POSTING" sheetId="1" r:id="rId1"/>
+    <sheet name="FY26 INITIAL WEB POSTING" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_Fill" hidden="1">#REF!</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'FY26 PRELIM INITIAL WEB POSTING'!$A$3:$I$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'FY26 INITIAL WEB POSTING'!$A$3:$I$3</definedName>
     <definedName name="_xlnm._FilterDatabase">#REF!</definedName>
     <definedName name="_Key1" hidden="1">#REF!</definedName>
     <definedName name="_Key2" hidden="1">#REF!</definedName>
     <definedName name="_Order1" hidden="1">255</definedName>
     <definedName name="_Order2" hidden="1">255</definedName>
     <definedName name="_Sort" hidden="1">#REF!</definedName>
     <definedName name="BASIC1">#REF!</definedName>
     <definedName name="BASIC2">#REF!</definedName>
     <definedName name="BASIC3">#REF!</definedName>
     <definedName name="BASIC4">#REF!</definedName>
     <definedName name="CONT1">#REF!</definedName>
     <definedName name="CONT2">#REF!</definedName>
     <definedName name="CONT3">#REF!</definedName>
     <definedName name="DUPS_CS">#REF!</definedName>
     <definedName name="DUPS_LEA">#REF!</definedName>
     <definedName name="PAGE1">#REF!</definedName>
     <definedName name="PAGE2">#REF!</definedName>
     <definedName name="PAGE3">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'FY26 PRELIM INITIAL WEB POSTING'!$A$1:$E$119</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'FY26 INITIAL WEB POSTING'!$A$1:$E$119</definedName>
     <definedName name="_xlnm.Print_Area">#REF!</definedName>
     <definedName name="PRINT_AREA_MI">#REF!</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'FY26 PRELIM INITIAL WEB POSTING'!$1:$3</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'FY26 INITIAL WEB POSTING'!$1:$3</definedName>
     <definedName name="qryChildrenAge5_17_Step_01">#REF!</definedName>
     <definedName name="qryMaster_Step02">#REF!</definedName>
     <definedName name="qryPoverty_Step_03">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -766,190 +766,185 @@
   <si>
     <t>970</t>
   </si>
   <si>
     <t>Wilkes County</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>Wilson County</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>Yadkin County</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>Yancey County</t>
   </si>
   <si>
-    <t>FY26 PRELIMINARY INITIAL PRC 071 SUPPLEMENT FUNDS FOR TEACHER COMPENSATION PER HB125</t>
+    <t>FY26 INITIAL PRC 071 SUPPLEMENT FUNDS FOR TEACHER COMPENSATION PER HB125</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="10">
+  <fonts count="9">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Arial"/>
-[...3 lines deleted...]
-      <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Bookman"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="6" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="6" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="6" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="6" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="6" fontId="6" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="6" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 7" xfId="2" xr:uid="{54467E42-4255-4D2F-BDEF-753DBEAE5FB5}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -1255,51 +1250,51 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DD217BE2-01FA-4429-AEE5-36287C32349F}">
   <dimension ref="A1:I118"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I3" sqref="I3"/>
+      <selection activeCell="D9" sqref="D9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="15.6"/>
   <cols>
     <col min="1" max="1" width="8.88671875" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.77734375" style="2" customWidth="1"/>
     <col min="3" max="3" width="22.88671875" style="3" customWidth="1"/>
     <col min="4" max="4" width="27.33203125" style="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="27" customHeight="1">
       <c r="A1" s="13" t="s">
         <v>234</v>
       </c>
       <c r="B1" s="13"/>
       <c r="C1" s="13"/>
       <c r="D1" s="13"/>
     </row>
     <row r="2" spans="1:9" ht="8.25" customHeight="1"/>
     <row r="3" spans="1:9" s="8" customFormat="1" ht="44.25" customHeight="1">
       <c r="A3" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>1</v>
@@ -3167,47 +3162,47 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
-      <vt:lpstr>FY26 PRELIM INITIAL WEB POSTING</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>'FY26 PRELIM INITIAL WEB POSTING'!Print_Titles</vt:lpstr>
+      <vt:lpstr>FY26 INITIAL WEB POSTING</vt:lpstr>
+      <vt:lpstr>'FY26 INITIAL WEB POSTING'!Print_Area</vt:lpstr>
+      <vt:lpstr>'FY26 INITIAL WEB POSTING'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Susan Holly</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>