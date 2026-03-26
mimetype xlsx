--- v1 (2026-01-22)
+++ v2 (2026-03-26)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29912"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\AndrewSioberg\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/Kimberly.Evans/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{462DFC8F-B739-46B5-BD34-F33831C9D0B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B2A52BB6-1CB1-4DBA-B183-8CBDAB037E03}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="3920" yWindow="1040" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="NC Approved Prog 25-26" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1474" uniqueCount="314">
-[...1 lines deleted...]
-    <t xml:space="preserve">A = Bachelor's Level                                      M = Master's Level                                                                       S = Specialist's Level                                        D = Doctoral Level                                                                       AO =Add On                                                          R= Residency                                                                                                                                   E = Endorsement (computer only)                                                                                                                                                                              </t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1483" uniqueCount="318">
+  <si>
+    <t xml:space="preserve">A = Bachelor's Level                                                M = Master's Level                                                                       S = Specialist's Level                                               D = Doctoral Level                                                                       AO =Add On                                                          R= Residency                                                                                                                                   E = Endorsement (computer only)                                                                                                                                                                              </t>
   </si>
   <si>
     <t xml:space="preserve">Birth - Kindergarten </t>
   </si>
   <si>
     <t>Preschool Add-on</t>
   </si>
   <si>
     <t>Elementary Education  (K-6)</t>
   </si>
   <si>
     <t>Elementary Second Language [ESL], (K-6)</t>
   </si>
   <si>
     <t>Elementary Math (K-6) Add-On</t>
   </si>
   <si>
     <t>Elementary Science (K-6) Add-On</t>
   </si>
   <si>
     <t>Reading (K-6)</t>
   </si>
   <si>
     <t>Special Education: General Curriculum (K-6)</t>
   </si>
@@ -320,66 +320,66 @@
   <si>
     <t>CTE: Health Sciences Education - Biotech</t>
   </si>
   <si>
     <t>CTE: Marketing Education</t>
   </si>
   <si>
     <t>CTE: Technology Education</t>
   </si>
   <si>
     <t>CTE: Trade &amp; Industrial Education</t>
   </si>
   <si>
     <t xml:space="preserve">Administrative: Superintendent </t>
   </si>
   <si>
     <t>Administrative: Principal</t>
   </si>
   <si>
     <t>Administrative: Curriculum Instructional Specialist</t>
   </si>
   <si>
     <t>Administrative: Instructional Technology Specialist-Computers</t>
   </si>
   <si>
-    <t>Administrative: Telecommunications Media Supervisor</t>
+    <t>Media Supervisor</t>
   </si>
   <si>
     <t>Administrative: Exceptional Children's Program Administrator</t>
   </si>
   <si>
     <t>School Counselor</t>
   </si>
   <si>
     <t>School Social Worker</t>
   </si>
   <si>
     <t>School Psychologist</t>
   </si>
   <si>
-    <t>Instructional Technology Specialist</t>
+    <t>Instructional Technology Specialist - Telecommunications</t>
   </si>
   <si>
     <t>Media Coordinator</t>
   </si>
   <si>
     <t>Audiologist</t>
   </si>
   <si>
     <t>Speech-Language Pathologist (NCBOESLPA Licensure)</t>
   </si>
   <si>
     <t>License Code</t>
   </si>
   <si>
     <t>00014</t>
   </si>
   <si>
     <t>00015</t>
   </si>
   <si>
     <t>00025</t>
   </si>
   <si>
     <t>25110</t>
   </si>
@@ -617,65 +617,68 @@
   <si>
     <t>00722</t>
   </si>
   <si>
     <t>00730</t>
   </si>
   <si>
     <t>00820</t>
   </si>
   <si>
     <t>00740</t>
   </si>
   <si>
     <t>00011</t>
   </si>
   <si>
     <t>00012</t>
   </si>
   <si>
     <t>00113</t>
   </si>
   <si>
     <t>00077</t>
   </si>
   <si>
+    <t>00078</t>
+  </si>
+  <si>
+    <t>88099</t>
+  </si>
+  <si>
+    <t>00005</t>
+  </si>
+  <si>
+    <t>00006</t>
+  </si>
+  <si>
+    <t>00026</t>
+  </si>
+  <si>
     <t>00074</t>
   </si>
   <si>
-    <t>88099</t>
-[...10 lines deleted...]
-  <si>
     <t>00076</t>
   </si>
   <si>
     <t>88082</t>
   </si>
   <si>
     <t>#T.E.A.C.H.</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Alamance Community College</t>
   </si>
   <si>
     <t>Appalachian State University</t>
   </si>
   <si>
     <t>A, M, R</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>A</t>
@@ -800,50 +803,53 @@
   <si>
     <t>Fayetteville Technical Community College</t>
   </si>
   <si>
     <t>Forsyth Technical Community College</t>
   </si>
   <si>
     <t>Gardner-Webb University</t>
   </si>
   <si>
     <t>Greensboro College</t>
   </si>
   <si>
     <t>Guilford College</t>
   </si>
   <si>
     <t>Guilford County Schools</t>
   </si>
   <si>
     <t>Guilford Technical Community College</t>
   </si>
   <si>
     <t>High Point University</t>
   </si>
   <si>
+    <t>D</t>
+  </si>
+  <si>
     <t>M, D, AO</t>
   </si>
   <si>
     <t>Jamesd Sprunt Community College</t>
   </si>
   <si>
     <t>Johnston Community College</t>
   </si>
   <si>
     <t>KIPP NC</t>
   </si>
   <si>
     <t>Lees-McRae College</t>
   </si>
   <si>
     <t>Lenoir Community College</t>
   </si>
   <si>
     <t>Lenoir-Rhyne University</t>
   </si>
   <si>
     <t>Livingstone College</t>
   </si>
   <si>
     <t>Mars Hill University</t>
@@ -866,51 +872,51 @@
   <si>
     <t>Moreland University</t>
   </si>
   <si>
     <t>NC A&amp;T State University</t>
   </si>
   <si>
     <t>NC Central University</t>
   </si>
   <si>
     <t>NC State University</t>
   </si>
   <si>
     <t>A, M, S, D, R</t>
   </si>
   <si>
     <t>M, S, D, AO</t>
   </si>
   <si>
     <t>A, M, S, R</t>
   </si>
   <si>
     <t>NC Wesleyan College</t>
   </si>
   <si>
-    <t>Pathways to Practice NC</t>
+    <t>Pathway to Practice NC</t>
   </si>
   <si>
     <t>Pfeiffer University</t>
   </si>
   <si>
     <t>Queens University of Charlotte</t>
   </si>
   <si>
     <t>Richmond Community College</t>
   </si>
   <si>
     <t>Rowan-Cabarrus Community College</t>
   </si>
   <si>
     <t>Saint Andrews University</t>
   </si>
   <si>
     <t>Saint Augustine's University</t>
   </si>
   <si>
     <t>Salem College</t>
   </si>
   <si>
     <t>Sampson Community College</t>
   </si>
@@ -969,138 +975,168 @@
     <t>Wake Forest University - Reynolda</t>
   </si>
   <si>
     <t>Wake Technical Community College</t>
   </si>
   <si>
     <t>Want More Do More</t>
   </si>
   <si>
     <t>Wayne Community College</t>
   </si>
   <si>
     <t>Western Carolina University</t>
   </si>
   <si>
     <t>Western Governor's University</t>
   </si>
   <si>
     <t>Western Piedmont Community College</t>
   </si>
   <si>
     <t>William Peace University</t>
   </si>
   <si>
     <t>Wingate University</t>
+  </si>
+  <si>
+    <t>A, M, R, AO</t>
+  </si>
+  <si>
+    <t>A, R, AO</t>
   </si>
   <si>
     <t>Winston-Salem State University</t>
   </si>
   <si>
     <t>Winston-Salem/Forsyth County Schools</t>
   </si>
   <si>
     <t>iteach NC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3">
+  <fonts count="5">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
-      <charset val="134"/>
+      <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
-      <charset val="134"/>
+      <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <charset val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1366,56 +1402,57 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:CY90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="CL2" sqref="CL2"/>
+      <pane ySplit="1" topLeftCell="A8" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B16" sqref="B16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="35.77734375" customWidth="1"/>
+    <col min="1" max="1" width="35.875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:103" ht="267" customHeight="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="3" t="s">
@@ -1657,66 +1694,66 @@
       </c>
       <c r="CI1" s="3" t="s">
         <v>86</v>
       </c>
       <c r="CJ1" s="3" t="s">
         <v>87</v>
       </c>
       <c r="CK1" s="3" t="s">
         <v>88</v>
       </c>
       <c r="CL1" s="3" t="s">
         <v>89</v>
       </c>
       <c r="CM1" s="3" t="s">
         <v>90</v>
       </c>
       <c r="CN1" s="3" t="s">
         <v>91</v>
       </c>
       <c r="CO1" s="3" t="s">
         <v>92</v>
       </c>
       <c r="CP1" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="CQ1" s="3" t="s">
+      <c r="CQ1" s="6" t="s">
         <v>94</v>
       </c>
       <c r="CR1" s="3" t="s">
         <v>95</v>
       </c>
       <c r="CS1" s="3" t="s">
         <v>96</v>
       </c>
       <c r="CT1" s="3" t="s">
         <v>97</v>
       </c>
       <c r="CU1" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="CV1" s="3" t="s">
+      <c r="CV1" s="6" t="s">
         <v>99</v>
       </c>
       <c r="CW1" s="3" t="s">
         <v>100</v>
       </c>
       <c r="CX1" s="3" t="s">
         <v>101</v>
       </c>
       <c r="CY1" s="3" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="2" spans="1:103" s="1" customFormat="1">
       <c r="A2" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>104</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>105</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>106</v>
       </c>
@@ -1965,4114 +2002,4142 @@
       </c>
       <c r="CH2" s="1" t="s">
         <v>184</v>
       </c>
       <c r="CI2" s="1" t="s">
         <v>185</v>
       </c>
       <c r="CJ2" s="1" t="s">
         <v>186</v>
       </c>
       <c r="CK2" s="1" t="s">
         <v>187</v>
       </c>
       <c r="CL2" s="1" t="s">
         <v>188</v>
       </c>
       <c r="CM2" s="1" t="s">
         <v>189</v>
       </c>
       <c r="CN2" s="1" t="s">
         <v>190</v>
       </c>
       <c r="CO2" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="CP2" s="1" t="s">
+      <c r="CP2" s="5" t="s">
         <v>192</v>
       </c>
-      <c r="CQ2" s="1" t="s">
+      <c r="CQ2" s="8" t="s">
         <v>193</v>
       </c>
-      <c r="CR2" s="1" t="s">
+      <c r="CR2" s="5" t="s">
         <v>194</v>
       </c>
       <c r="CS2" s="1" t="s">
         <v>195</v>
       </c>
       <c r="CT2" s="1" t="s">
         <v>196</v>
       </c>
       <c r="CU2" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="CV2" s="1" t="s">
-        <v>192</v>
+      <c r="CV2" s="8" t="s">
+        <v>198</v>
       </c>
       <c r="CW2" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="CX2" s="1">
         <v>88003</v>
       </c>
       <c r="CY2" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:103">
       <c r="A3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="K3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="L3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="O3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="Q3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="U3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="V3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="W3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="X3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="Y3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="Z3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AA3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AB3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AD3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AG3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AH3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AI3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AJ3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AL3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AM3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AN3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AQ3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AR3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AS3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AT3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AU3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AV3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AW3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AX3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AY3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AZ3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BA3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BB3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BC3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BD3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BE3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BF3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BG3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BH3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BI3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BJ3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BK3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BM3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BN3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BO3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BP3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BQ3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BR3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BS3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BT3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BV3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BX3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CB3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CC3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CD3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CF3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CJ3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CK3" t="s">
-        <v>201</v>
-      </c>
+        <v>202</v>
+      </c>
+      <c r="CV3" s="7"/>
     </row>
     <row r="4" spans="1:103">
       <c r="A4" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D4" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="5" spans="1:103">
       <c r="A5" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D5" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="K5" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="L5" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="N5" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="Q5" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="R5" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="W5" t="s">
+        <v>210</v>
+      </c>
+      <c r="X5" t="s">
+        <v>210</v>
+      </c>
+      <c r="AR5" t="s">
+        <v>208</v>
+      </c>
+      <c r="AS5" t="s">
+        <v>205</v>
+      </c>
+      <c r="AT5" t="s">
+        <v>208</v>
+      </c>
+      <c r="AU5" t="s">
+        <v>210</v>
+      </c>
+      <c r="AV5" t="s">
+        <v>210</v>
+      </c>
+      <c r="AW5" t="s">
+        <v>210</v>
+      </c>
+      <c r="AX5" t="s">
+        <v>210</v>
+      </c>
+      <c r="AY5" t="s">
+        <v>207</v>
+      </c>
+      <c r="BB5" t="s">
+        <v>210</v>
+      </c>
+      <c r="BO5" t="s">
+        <v>205</v>
+      </c>
+      <c r="BP5" t="s">
+        <v>205</v>
+      </c>
+      <c r="BQ5" t="s">
+        <v>205</v>
+      </c>
+      <c r="BR5" t="s">
+        <v>205</v>
+      </c>
+      <c r="BS5" t="s">
+        <v>211</v>
+      </c>
+      <c r="BV5" t="s">
+        <v>208</v>
+      </c>
+      <c r="BW5" t="s">
+        <v>207</v>
+      </c>
+      <c r="BX5" t="s">
+        <v>211</v>
+      </c>
+      <c r="BZ5" t="s">
+        <v>211</v>
+      </c>
+      <c r="CB5" t="s">
+        <v>211</v>
+      </c>
+      <c r="CC5" t="s">
+        <v>205</v>
+      </c>
+      <c r="CD5" t="s">
+        <v>205</v>
+      </c>
+      <c r="CF5" t="s">
+        <v>205</v>
+      </c>
+      <c r="CG5" t="s">
+        <v>212</v>
+      </c>
+      <c r="CH5" t="s">
+        <v>212</v>
+      </c>
+      <c r="CI5" t="s">
+        <v>212</v>
+      </c>
+      <c r="CJ5" t="s">
+        <v>205</v>
+      </c>
+      <c r="CK5" t="s">
+        <v>205</v>
+      </c>
+      <c r="CL5" t="s">
+        <v>205</v>
+      </c>
+      <c r="CN5" t="s">
         <v>209</v>
       </c>
-      <c r="X5" t="s">
-[...41 lines deleted...]
-      <c r="BS5" t="s">
+      <c r="CO5" t="s">
+        <v>211</v>
+      </c>
+      <c r="CP5" t="s">
+        <v>211</v>
+      </c>
+      <c r="CS5" t="s">
+        <v>211</v>
+      </c>
+      <c r="CT5" t="s">
         <v>210</v>
       </c>
-      <c r="BV5" t="s">
-[...23 lines deleted...]
-      <c r="CG5" t="s">
+      <c r="CU5" t="s">
+        <v>213</v>
+      </c>
+      <c r="CW5" t="s">
         <v>211</v>
       </c>
-      <c r="CH5" t="s">
+      <c r="CY5" t="s">
         <v>211</v>
-      </c>
-[...34 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="6" spans="1:103">
       <c r="A6" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="AR6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AS6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AT6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AU6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AV6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AW6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AX6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AY6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AZ6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BA6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BB6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BC6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BD6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BE6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BO6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BP6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BQ6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BR6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BV6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CD6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CF6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CJ6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CK6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="7" spans="1:103">
       <c r="A7" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C7" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D7" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="AR7" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="AS7" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="AT7" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="AY7" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="BO7" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="BP7" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="BQ7" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="BR7" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="BT7" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="BV7" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="BW7" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="CN7" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="8" spans="1:103">
       <c r="A8" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D8" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="9" spans="1:103">
       <c r="A9" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D9" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="10" spans="1:103">
       <c r="A10" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D10" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="11" spans="1:103">
       <c r="A11" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D11" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="K11" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="L11" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="N11" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="Q11" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AR11" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AS11" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AT11" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AY11" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="12" spans="1:103">
       <c r="A12" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D12" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="13" spans="1:103">
       <c r="A13" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C13" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D13" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E13" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="I13" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K13" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="L13" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="N13" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="Q13" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="U13" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="X13" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AR13" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AS13" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AT13" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AV13" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AY13" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AZ13" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BB13" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BO13" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BP13" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BQ13" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BR13" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BT13" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="BV13" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="CN13" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="CO13" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="CP13" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="CS13" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="14" spans="1:103">
       <c r="A14" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D14" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="15" spans="1:103">
       <c r="A15" t="s">
-        <v>225</v>
+        <v>226</v>
+      </c>
+      <c r="B15" t="s">
+        <v>207</v>
       </c>
       <c r="D15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="L15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="N15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="Q15" t="s">
+        <v>207</v>
+      </c>
+      <c r="R15" t="s">
         <v>206</v>
       </c>
-      <c r="R15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AR15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AS15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AT15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AV15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AX15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AY15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BO15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BP15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BQ15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BR15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BV15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="16" spans="1:103">
       <c r="A16" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D16" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="17" spans="1:103">
       <c r="A17" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D17" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="18" spans="1:103">
       <c r="A18" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="I18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="K18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="L18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="Q18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="U18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="W18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="X18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="Y18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="Z18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AD18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AE18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AF18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AG18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AI18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AK18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AR18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AS18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AT18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AU18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AV18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AW18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AX18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AY18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AZ18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BA18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BB18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BC18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BD18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BE18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BF18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BG18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BH18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BI18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BK18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BN18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BO18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BP18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BQ18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BR18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BV18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CC18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CD18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CF18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CG18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CH18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CI18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CJ18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CK18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CL18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="19" spans="1:103">
       <c r="A19" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D19" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="20" spans="1:103">
       <c r="A20" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D20" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="U20" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AR20" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AS20" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AT20" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AY20" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BO20" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BP20" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BQ20" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BR20" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BV20" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BW20" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="21" spans="1:103">
       <c r="A21" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D21" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="L21" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="Q21" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AR21" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AS21" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AT21" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AY21" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="22" spans="1:103">
       <c r="A22" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D22" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="23" spans="1:103">
       <c r="A23" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D23" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="24" spans="1:103">
       <c r="A24" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D24" t="s">
+        <v>207</v>
+      </c>
+      <c r="AR24" t="s">
+        <v>205</v>
+      </c>
+      <c r="AS24" t="s">
+        <v>205</v>
+      </c>
+      <c r="AT24" t="s">
+        <v>205</v>
+      </c>
+      <c r="AY24" t="s">
+        <v>205</v>
+      </c>
+      <c r="BT24" t="s">
         <v>206</v>
-      </c>
-[...13 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="25" spans="1:103">
       <c r="A25" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D25" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="26" spans="1:103">
       <c r="A26" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F26" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="G26" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="K26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="L26" t="s">
+        <v>210</v>
+      </c>
+      <c r="N26" t="s">
+        <v>208</v>
+      </c>
+      <c r="P26" t="s">
+        <v>205</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>208</v>
+      </c>
+      <c r="R26" t="s">
         <v>209</v>
       </c>
-      <c r="N26" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="W26" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="X26" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="Y26" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AO26" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="AR26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AS26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AT26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AY26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BO26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BP26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BQ26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BR26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BS26" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="BT26" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="BV26" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BW26" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BY26" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="BZ26" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="CB26" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="CD26" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CF26" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="CN26" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="CO26" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="CP26" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="CQ26" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="CR26" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="CS26" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="CT26" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="CU26" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="CW26" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="CY26" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="27" spans="1:103">
       <c r="A27" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D27" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="L27" t="s">
+        <v>217</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>243</v>
+      </c>
+      <c r="AR27" t="s">
+        <v>217</v>
+      </c>
+      <c r="AS27" t="s">
+        <v>217</v>
+      </c>
+      <c r="AT27" t="s">
+        <v>217</v>
+      </c>
+      <c r="AV27" t="s">
         <v>216</v>
       </c>
-      <c r="Q27" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="BB27" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="BV27" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="CN27" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="CO27" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="28" spans="1:103">
       <c r="A28" t="s">
+        <v>244</v>
+      </c>
+      <c r="C28" t="s">
+        <v>206</v>
+      </c>
+      <c r="D28" t="s">
+        <v>207</v>
+      </c>
+      <c r="L28" t="s">
+        <v>207</v>
+      </c>
+      <c r="U28" t="s">
+        <v>206</v>
+      </c>
+      <c r="X28" t="s">
+        <v>207</v>
+      </c>
+      <c r="AR28" t="s">
+        <v>207</v>
+      </c>
+      <c r="AS28" t="s">
+        <v>207</v>
+      </c>
+      <c r="AT28" t="s">
+        <v>207</v>
+      </c>
+      <c r="AU28" t="s">
+        <v>207</v>
+      </c>
+      <c r="AV28" t="s">
+        <v>207</v>
+      </c>
+      <c r="AW28" t="s">
+        <v>207</v>
+      </c>
+      <c r="AX28" t="s">
+        <v>207</v>
+      </c>
+      <c r="AY28" t="s">
+        <v>207</v>
+      </c>
+      <c r="BB28" t="s">
+        <v>207</v>
+      </c>
+      <c r="BO28" t="s">
+        <v>207</v>
+      </c>
+      <c r="BP28" t="s">
+        <v>207</v>
+      </c>
+      <c r="BQ28" t="s">
+        <v>207</v>
+      </c>
+      <c r="BR28" t="s">
+        <v>207</v>
+      </c>
+      <c r="BT28" t="s">
+        <v>206</v>
+      </c>
+      <c r="BV28" t="s">
         <v>243</v>
-      </c>
-[...58 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="29" spans="1:103">
       <c r="A29" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="K29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="L29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="Q29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="R29" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="U29" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="X29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="AR29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="AS29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="AT29" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="AV29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="AY29" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="BO29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="BP29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="BQ29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="BR29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="BV29" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="CN29" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="30" spans="1:103">
       <c r="A30" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D30" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="31" spans="1:103">
       <c r="A31" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D31" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="32" spans="1:103">
       <c r="A32" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D32" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="L32" t="s">
+        <v>207</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>208</v>
+      </c>
+      <c r="U32" t="s">
+        <v>207</v>
+      </c>
+      <c r="W32" t="s">
+        <v>207</v>
+      </c>
+      <c r="X32" t="s">
+        <v>207</v>
+      </c>
+      <c r="AO32" t="s">
+        <v>238</v>
+      </c>
+      <c r="AR32" t="s">
+        <v>207</v>
+      </c>
+      <c r="AY32" t="s">
+        <v>207</v>
+      </c>
+      <c r="BB32" t="s">
+        <v>207</v>
+      </c>
+      <c r="BT32" t="s">
         <v>206</v>
       </c>
-      <c r="Q32" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="BV32" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="CN32" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="CO32" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="CP32" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="CS32" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="33" spans="1:98">
       <c r="A33" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D33" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K33" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="L33" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="N33" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="Q33" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="U33" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AR33" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AS33" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AT33" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AY33" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BO33" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BP33" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BQ33" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BR33" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BV33" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BW33" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="34" spans="1:98">
       <c r="A34" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D34" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AR34" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AY34" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="35" spans="1:98">
       <c r="A35" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="K35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="L35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="O35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="Q35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="U35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="V35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="W35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="X35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="Y35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="Z35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AD35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AG35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AK35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AR35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AS35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AT35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AU35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AV35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AW35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AX35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AY35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AZ35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BA35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BB35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BC35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BD35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BE35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BM35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BO35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BP35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BQ35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BR35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BU35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BV35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CC35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CD35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CF35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CG35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CH35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CI35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CJ35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CK35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CL35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="36" spans="1:98">
       <c r="A36" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D36" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="37" spans="1:98">
       <c r="A37" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D37" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K37" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="L37" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="Q37" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="X37" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AR37" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AS37" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AT37" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AV37" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AY37" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BB37" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BG37" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BO37" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BP37" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BQ37" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BR37" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BT37" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="BV37" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BW37" t="s">
-        <v>204</v>
+        <v>205</v>
+      </c>
+      <c r="CM37" t="s">
+        <v>255</v>
       </c>
       <c r="CN37" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="CR37" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="38" spans="1:98">
       <c r="A38" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D38" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="39" spans="1:98">
       <c r="A39" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D39" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="40" spans="1:98">
       <c r="A40" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D40" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BO40" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BP40" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="41" spans="1:98">
       <c r="A41" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="D41" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AR41" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="AV41" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="AY41" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="BV41" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="CD41" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="CJ41" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="42" spans="1:98">
       <c r="A42" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="D42" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="43" spans="1:98">
       <c r="A43" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D43" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="I43" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="L43" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="Q43" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="X43" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="AO43" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="AR43" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AS43" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AT43" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AY43" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BB43" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BO43" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BP43" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BQ43" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BR43" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BV43" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="CN43" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="CS43" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="44" spans="1:98">
       <c r="A44" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="D44" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="L44" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AR44" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AS44" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AY44" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="45" spans="1:98">
       <c r="A45" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="D45" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="L45" t="s">
+        <v>207</v>
+      </c>
+      <c r="N45" t="s">
+        <v>211</v>
+      </c>
+      <c r="P45" t="s">
+        <v>210</v>
+      </c>
+      <c r="R45" t="s">
         <v>206</v>
       </c>
-      <c r="N45" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AR45" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="AS45" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="AT45" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="AY45" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="BO45" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="BP45" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="BQ45" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="BR45" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="BV45" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="CD45" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="46" spans="1:98">
       <c r="A46" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="D46" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="47" spans="1:98">
       <c r="A47" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D47" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="K47" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="L47" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="M47" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="N47" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="Q47" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="R47" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="U47" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="X47" t="s">
+        <v>207</v>
+      </c>
+      <c r="AR47" t="s">
+        <v>207</v>
+      </c>
+      <c r="AS47" t="s">
+        <v>207</v>
+      </c>
+      <c r="AT47" t="s">
+        <v>207</v>
+      </c>
+      <c r="AV47" t="s">
+        <v>207</v>
+      </c>
+      <c r="AX47" t="s">
+        <v>207</v>
+      </c>
+      <c r="AY47" t="s">
+        <v>207</v>
+      </c>
+      <c r="BO47" t="s">
+        <v>207</v>
+      </c>
+      <c r="BP47" t="s">
+        <v>207</v>
+      </c>
+      <c r="BQ47" t="s">
+        <v>207</v>
+      </c>
+      <c r="BR47" t="s">
+        <v>207</v>
+      </c>
+      <c r="BT47" t="s">
+        <v>209</v>
+      </c>
+      <c r="BV47" t="s">
+        <v>246</v>
+      </c>
+      <c r="CF47" t="s">
+        <v>208</v>
+      </c>
+      <c r="CO47" t="s">
         <v>206</v>
-      </c>
-[...40 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="48" spans="1:98">
       <c r="A48" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="D48" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I48" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="K48" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="L48" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="Q48" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AR48" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AS48" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AT48" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AY48" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BO48" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BP48" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BQ48" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BR48" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BV48" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="CT48" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="49" spans="1:103">
       <c r="A49" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="D49" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AT49" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="50" spans="1:103">
       <c r="A50" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D50" t="s">
-        <v>207</v>
+        <v>208</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>202</v>
+      </c>
+      <c r="AR50" t="s">
+        <v>202</v>
+      </c>
+      <c r="BB50" t="s">
+        <v>202</v>
       </c>
     </row>
     <row r="51" spans="1:103">
       <c r="A51" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="D51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="U51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="W51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="X51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="Y51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AD51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AK51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AR51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AS51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AT51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AV51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AW51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AX51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AY51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BO51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BP51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BQ51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BR51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BV51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="52" spans="1:103">
       <c r="A52" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="D52" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F52" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="K52" t="s">
+        <v>207</v>
+      </c>
+      <c r="L52" t="s">
+        <v>207</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>212</v>
+      </c>
+      <c r="R52" t="s">
+        <v>211</v>
+      </c>
+      <c r="AR52" t="s">
+        <v>205</v>
+      </c>
+      <c r="AS52" t="s">
+        <v>205</v>
+      </c>
+      <c r="AV52" t="s">
+        <v>205</v>
+      </c>
+      <c r="AW52" t="s">
+        <v>207</v>
+      </c>
+      <c r="AX52" t="s">
+        <v>205</v>
+      </c>
+      <c r="AY52" t="s">
+        <v>205</v>
+      </c>
+      <c r="BV52" t="s">
+        <v>246</v>
+      </c>
+      <c r="CC52" t="s">
+        <v>205</v>
+      </c>
+      <c r="CD52" t="s">
+        <v>212</v>
+      </c>
+      <c r="CF52" t="s">
+        <v>212</v>
+      </c>
+      <c r="CK52" t="s">
+        <v>212</v>
+      </c>
+      <c r="CL52" t="s">
         <v>206</v>
       </c>
-      <c r="L52" t="s">
-[...2 lines deleted...]
-      <c r="Q52" t="s">
+      <c r="CN52" t="s">
+        <v>209</v>
+      </c>
+      <c r="CS52" t="s">
+        <v>213</v>
+      </c>
+      <c r="CT52" t="s">
         <v>211</v>
       </c>
-      <c r="R52" t="s">
-[...26 lines deleted...]
-      <c r="CD52" t="s">
+      <c r="CW52" t="s">
         <v>211</v>
-      </c>
-[...19 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="53" spans="1:103">
       <c r="A53" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D53" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E53" t="s">
+        <v>207</v>
+      </c>
+      <c r="F53" t="s">
         <v>206</v>
       </c>
-      <c r="F53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G53" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H53" t="s">
+        <v>207</v>
+      </c>
+      <c r="L53" t="s">
+        <v>205</v>
+      </c>
+      <c r="M53" t="s">
+        <v>205</v>
+      </c>
+      <c r="N53" t="s">
+        <v>205</v>
+      </c>
+      <c r="P53" t="s">
+        <v>205</v>
+      </c>
+      <c r="U53" t="s">
         <v>206</v>
       </c>
-      <c r="L53" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X53" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AO53" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="AR53" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AS53" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AT53" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AY53" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BO53" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="BP53" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="BQ53" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="BR53" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="BS53" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="BT53" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="BV53" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="BW53" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="CA53" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="CB53" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="CF53" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="CN53" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="CP53" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="CS53" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="CW53" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="CY53" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="54" spans="1:103">
       <c r="A54" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D54" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="F54" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="G54" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="R54" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="U54" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="W54" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="X54" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="Y54" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AD54" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AR54" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="AS54" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="AT54" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="AY54" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="BO54" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="BP54" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="BQ54" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="BR54" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="BS54" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="BV54" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="BZ54" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="CB54" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="CC54" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="CD54" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="CJ54" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="CK54" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="CN54" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="CO54" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="CP54" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="CS54" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="CT54" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="CU54" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="55" spans="1:103">
       <c r="A55" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="D55" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AR55" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AS55" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AV55" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BB55" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BO55" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BP55" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BQ55" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BR55" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BV55" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="56" spans="1:103">
       <c r="A56" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D56" t="s">
-        <v>201</v>
+        <v>208</v>
+      </c>
+      <c r="I56" t="s">
+        <v>207</v>
       </c>
       <c r="AR56" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="AS56" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="AT56" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="AY56" t="s">
-        <v>201</v>
-[...11 lines deleted...]
-        <v>201</v>
+        <v>208</v>
+      </c>
+      <c r="BO56" s="9" t="s">
+        <v>208</v>
+      </c>
+      <c r="BP56" s="9" t="s">
+        <v>208</v>
+      </c>
+      <c r="BQ56" s="9" t="s">
+        <v>208</v>
+      </c>
+      <c r="BR56" s="9" t="s">
+        <v>208</v>
       </c>
       <c r="BV56" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="57" spans="1:103">
       <c r="A57" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D57" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="L57" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P57" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="Q57" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AR57" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AS57" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AT57" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AY57" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BO57" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="BP57" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="BQ57" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="BR57" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="BT57" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="BV57" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="58" spans="1:103">
       <c r="A58" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="D58" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I58" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="R58" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="W58" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="X58" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AR58" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AS58" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AT58" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AU58" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AV58" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AW58" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AX58" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AY58" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BB58" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BT58" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="BV58" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="CN58" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="CO58" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="CP58" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="59" spans="1:103">
       <c r="A59" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D59" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="60" spans="1:103">
       <c r="A60" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D60" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="61" spans="1:103">
       <c r="A61" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="D61" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P61" t="s">
+        <v>207</v>
+      </c>
+      <c r="AR61" t="s">
+        <v>208</v>
+      </c>
+      <c r="AS61" t="s">
+        <v>208</v>
+      </c>
+      <c r="AT61" t="s">
+        <v>208</v>
+      </c>
+      <c r="AY61" t="s">
+        <v>208</v>
+      </c>
+      <c r="BO61" t="s">
+        <v>208</v>
+      </c>
+      <c r="BP61" t="s">
+        <v>208</v>
+      </c>
+      <c r="BQ61" t="s">
+        <v>208</v>
+      </c>
+      <c r="BR61" t="s">
+        <v>208</v>
+      </c>
+      <c r="BT61" t="s">
         <v>206</v>
       </c>
-      <c r="AR61" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="BV61" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="CO61" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="62" spans="1:103">
       <c r="A62" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D62" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="L62" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="Q62" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="63" spans="1:103">
       <c r="A63" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="D63" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K63" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="X63" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AR63" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AS63" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AT63" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AY63" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BO63" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BP63" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BQ63" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BR63" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BV63" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="CS63" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="64" spans="1:103">
       <c r="A64" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D64" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="65" spans="1:103">
       <c r="A65" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="D65" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="66" spans="1:103">
       <c r="A66" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D66" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="67" spans="1:103">
       <c r="A67" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="D67" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="68" spans="1:103">
       <c r="A68" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="D68" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="69" spans="1:103">
       <c r="A69" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="D69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="K69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="L69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="O69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="Q69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="U69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="W69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="X69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AR69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AS69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AT69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AU69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AV69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AW69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AX69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AY69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AZ69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BA69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BB69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BC69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BO69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BP69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BQ69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BR69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BV69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BX69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CB69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CC69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CD69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CF69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CJ69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CK69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="70" spans="1:103">
       <c r="A70" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="D70" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="K70" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="N70" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AR70" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AS70" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AT70" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AU70" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AV70" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AW70" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AX70" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AY70" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="BO70" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="BP70" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="BQ70" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="BR70" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="BV70" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="71" spans="1:103">
       <c r="A71" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="C71" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D71" t="s">
-        <v>245</v>
+        <v>216</v>
       </c>
       <c r="L71" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="R71" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="U71" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="AR71" t="s">
+        <v>212</v>
+      </c>
+      <c r="AS71" t="s">
+        <v>205</v>
+      </c>
+      <c r="AT71" t="s">
+        <v>205</v>
+      </c>
+      <c r="AU71" t="s">
+        <v>207</v>
+      </c>
+      <c r="AV71" t="s">
+        <v>207</v>
+      </c>
+      <c r="AW71" t="s">
+        <v>207</v>
+      </c>
+      <c r="AX71" t="s">
+        <v>207</v>
+      </c>
+      <c r="AY71" t="s">
+        <v>212</v>
+      </c>
+      <c r="BO71" t="s">
+        <v>212</v>
+      </c>
+      <c r="BP71" t="s">
+        <v>212</v>
+      </c>
+      <c r="BQ71" t="s">
+        <v>212</v>
+      </c>
+      <c r="BR71" t="s">
+        <v>212</v>
+      </c>
+      <c r="BV71" t="s">
+        <v>216</v>
+      </c>
+      <c r="CN71" t="s">
+        <v>209</v>
+      </c>
+      <c r="CO71" t="s">
+        <v>239</v>
+      </c>
+      <c r="CP71" t="s">
         <v>211</v>
       </c>
-      <c r="AS71" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="CS71" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="CT71" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="CU71" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="CW71" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="CY71" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="72" spans="1:103">
       <c r="A72" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D72" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F72" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="I72" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="K72" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="L72" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M72" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="N72" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="R72" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="U72" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="V72" t="s">
+        <v>212</v>
+      </c>
+      <c r="W72" t="s">
+        <v>205</v>
+      </c>
+      <c r="X72" t="s">
+        <v>205</v>
+      </c>
+      <c r="Y72" t="s">
+        <v>205</v>
+      </c>
+      <c r="Z72" t="s">
+        <v>205</v>
+      </c>
+      <c r="AA72" t="s">
+        <v>212</v>
+      </c>
+      <c r="AB72" t="s">
+        <v>212</v>
+      </c>
+      <c r="AC72" t="s">
+        <v>212</v>
+      </c>
+      <c r="AD72" t="s">
+        <v>212</v>
+      </c>
+      <c r="AE72" t="s">
+        <v>212</v>
+      </c>
+      <c r="AF72" t="s">
+        <v>212</v>
+      </c>
+      <c r="AG72" t="s">
+        <v>212</v>
+      </c>
+      <c r="AH72" t="s">
+        <v>212</v>
+      </c>
+      <c r="AI72" t="s">
+        <v>212</v>
+      </c>
+      <c r="AJ72" t="s">
+        <v>212</v>
+      </c>
+      <c r="AK72" t="s">
+        <v>212</v>
+      </c>
+      <c r="AL72" t="s">
+        <v>212</v>
+      </c>
+      <c r="AM72" t="s">
+        <v>212</v>
+      </c>
+      <c r="AN72" t="s">
+        <v>212</v>
+      </c>
+      <c r="AO72" t="s">
+        <v>238</v>
+      </c>
+      <c r="AR72" t="s">
+        <v>205</v>
+      </c>
+      <c r="AS72" t="s">
+        <v>205</v>
+      </c>
+      <c r="AT72" t="s">
+        <v>205</v>
+      </c>
+      <c r="AY72" t="s">
+        <v>205</v>
+      </c>
+      <c r="BK72" t="s">
+        <v>202</v>
+      </c>
+      <c r="BO72" t="s">
+        <v>205</v>
+      </c>
+      <c r="BP72" t="s">
+        <v>205</v>
+      </c>
+      <c r="BQ72" t="s">
+        <v>205</v>
+      </c>
+      <c r="BR72" t="s">
+        <v>205</v>
+      </c>
+      <c r="BT72" t="s">
+        <v>209</v>
+      </c>
+      <c r="BV72" t="s">
+        <v>205</v>
+      </c>
+      <c r="BW72" t="s">
+        <v>205</v>
+      </c>
+      <c r="CD72" t="s">
+        <v>212</v>
+      </c>
+      <c r="CF72" t="s">
+        <v>212</v>
+      </c>
+      <c r="CJ72" t="s">
+        <v>212</v>
+      </c>
+      <c r="CK72" t="s">
+        <v>212</v>
+      </c>
+      <c r="CN72" t="s">
+        <v>209</v>
+      </c>
+      <c r="CO72" t="s">
+        <v>256</v>
+      </c>
+      <c r="CP72" t="s">
+        <v>209</v>
+      </c>
+      <c r="CR72" t="s">
         <v>211</v>
       </c>
-      <c r="W72" t="s">
-[...113 lines deleted...]
-      <c r="CR72" t="s">
+      <c r="CS72" t="s">
+        <v>213</v>
+      </c>
+      <c r="CT72" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="73" spans="1:103">
       <c r="A73" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D73" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F73" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="G73" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="K73" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="L73" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="M73" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="N73" t="s">
+        <v>207</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>207</v>
+      </c>
+      <c r="R73" t="s">
+        <v>209</v>
+      </c>
+      <c r="U73" t="s">
+        <v>216</v>
+      </c>
+      <c r="W73" t="s">
+        <v>208</v>
+      </c>
+      <c r="X73" t="s">
+        <v>208</v>
+      </c>
+      <c r="AO73" t="s">
+        <v>238</v>
+      </c>
+      <c r="AR73" t="s">
+        <v>205</v>
+      </c>
+      <c r="AS73" t="s">
+        <v>205</v>
+      </c>
+      <c r="AT73" t="s">
+        <v>205</v>
+      </c>
+      <c r="AY73" t="s">
+        <v>205</v>
+      </c>
+      <c r="BO73" t="s">
+        <v>205</v>
+      </c>
+      <c r="BP73" t="s">
+        <v>205</v>
+      </c>
+      <c r="BQ73" t="s">
+        <v>205</v>
+      </c>
+      <c r="BR73" t="s">
+        <v>205</v>
+      </c>
+      <c r="BU73" t="s">
+        <v>217</v>
+      </c>
+      <c r="BV73" t="s">
+        <v>208</v>
+      </c>
+      <c r="CN73" t="s">
+        <v>256</v>
+      </c>
+      <c r="CP73" t="s">
+        <v>209</v>
+      </c>
+      <c r="CQ73" t="s">
         <v>206</v>
       </c>
-      <c r="Q73" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="CS73" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="CT73" t="s">
+        <v>210</v>
+      </c>
+      <c r="CW73" t="s">
         <v>209</v>
       </c>
-      <c r="CW73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="CY73" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="74" spans="1:103">
       <c r="A74" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C74" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D74" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K74" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="L74" t="s">
+        <v>207</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>205</v>
+      </c>
+      <c r="R74" t="s">
+        <v>211</v>
+      </c>
+      <c r="U74" t="s">
         <v>206</v>
       </c>
-      <c r="Q74" t="s">
-[...2 lines deleted...]
-      <c r="R74" t="s">
+      <c r="X74" t="s">
+        <v>205</v>
+      </c>
+      <c r="AR74" t="s">
+        <v>205</v>
+      </c>
+      <c r="AS74" t="s">
+        <v>205</v>
+      </c>
+      <c r="AT74" t="s">
+        <v>205</v>
+      </c>
+      <c r="AY74" t="s">
+        <v>205</v>
+      </c>
+      <c r="BO74" t="s">
+        <v>205</v>
+      </c>
+      <c r="BP74" t="s">
+        <v>205</v>
+      </c>
+      <c r="BQ74" t="s">
+        <v>205</v>
+      </c>
+      <c r="BR74" t="s">
+        <v>205</v>
+      </c>
+      <c r="BT74" t="s">
+        <v>206</v>
+      </c>
+      <c r="BV74" t="s">
+        <v>205</v>
+      </c>
+      <c r="CN74" t="s">
+        <v>209</v>
+      </c>
+      <c r="CS74" t="s">
+        <v>224</v>
+      </c>
+      <c r="CT74" t="s">
         <v>210</v>
-      </c>
-[...43 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="75" spans="1:103">
       <c r="A75" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C75" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D75" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F75" t="s">
-        <v>205</v>
+        <v>206</v>
+      </c>
+      <c r="J75" t="s">
+        <v>202</v>
       </c>
       <c r="K75" t="s">
+        <v>211</v>
+      </c>
+      <c r="L75" t="s">
+        <v>207</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>205</v>
+      </c>
+      <c r="R75" t="s">
+        <v>209</v>
+      </c>
+      <c r="U75" t="s">
+        <v>246</v>
+      </c>
+      <c r="W75" t="s">
+        <v>207</v>
+      </c>
+      <c r="X75" t="s">
+        <v>205</v>
+      </c>
+      <c r="AO75" t="s">
+        <v>238</v>
+      </c>
+      <c r="AR75" t="s">
+        <v>205</v>
+      </c>
+      <c r="AS75" t="s">
+        <v>205</v>
+      </c>
+      <c r="AT75" t="s">
+        <v>205</v>
+      </c>
+      <c r="AY75" t="s">
+        <v>205</v>
+      </c>
+      <c r="BO75" t="s">
+        <v>205</v>
+      </c>
+      <c r="BP75" t="s">
+        <v>205</v>
+      </c>
+      <c r="BQ75" t="s">
+        <v>205</v>
+      </c>
+      <c r="BR75" t="s">
+        <v>205</v>
+      </c>
+      <c r="BT75" t="s">
+        <v>209</v>
+      </c>
+      <c r="BV75" t="s">
+        <v>205</v>
+      </c>
+      <c r="BW75" t="s">
+        <v>205</v>
+      </c>
+      <c r="CN75" t="s">
+        <v>209</v>
+      </c>
+      <c r="CO75" t="s">
+        <v>209</v>
+      </c>
+      <c r="CP75" t="s">
+        <v>211</v>
+      </c>
+      <c r="CT75" t="s">
         <v>210</v>
-      </c>
-[...64 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="76" spans="1:103">
       <c r="A76" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="D76" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AR76" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AS76" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AT76" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AU76" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AV76" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AW76" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AX76" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AY76" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AZ76" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BA76" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BB76" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BC76" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BD76" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BE76" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BV76" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="77" spans="1:103">
       <c r="A77" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="D77" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K77" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="L77" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="Q77" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AR77" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AS77" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AT77" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AY77" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BV77" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="CC77" t="s">
-        <v>207</v>
+        <v>208</v>
+      </c>
+      <c r="CM77" t="s">
+        <v>255</v>
       </c>
       <c r="CN77" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="78" spans="1:103">
       <c r="A78" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="CN78" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="CO78" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="79" spans="1:103">
       <c r="A79" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D79" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="W79" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="X79" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="Y79" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AR79" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="AS79" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="AT79" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="AV79" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="AW79" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="AX79" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="AY79" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="CS79" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="80" spans="1:103">
       <c r="A80" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D80" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="81" spans="1:103">
       <c r="A81" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D81" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AR81" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AS81" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AT81" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AY81" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BO81" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BP81" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BQ81" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BR81" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="82" spans="1:103">
       <c r="A82" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D82" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="83" spans="1:103">
       <c r="A83" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D83" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="I83" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="K83" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="L83" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="Q83" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="U83" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="AR83" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="AS83" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AT83" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AU83" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AV83" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AW83" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AX83" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AY83" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="BO83" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="BP83" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BQ83" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BR83" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="BT83" t="s">
+        <v>296</v>
+      </c>
+      <c r="BV83" t="s">
+        <v>205</v>
+      </c>
+      <c r="BW83" t="s">
+        <v>216</v>
+      </c>
+      <c r="BY83" t="s">
+        <v>211</v>
+      </c>
+      <c r="CN83" t="s">
+        <v>256</v>
+      </c>
+      <c r="CS83" t="s">
+        <v>213</v>
+      </c>
+      <c r="CT83" t="s">
+        <v>211</v>
+      </c>
+      <c r="CU83" t="s">
         <v>294</v>
       </c>
-      <c r="BV83" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="CY83" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="84" spans="1:103">
       <c r="A84" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D84" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E84" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="I84" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="U84" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="AR84" t="s">
+        <v>212</v>
+      </c>
+      <c r="AS84" t="s">
+        <v>205</v>
+      </c>
+      <c r="AU84" t="s">
+        <v>205</v>
+      </c>
+      <c r="AV84" t="s">
+        <v>205</v>
+      </c>
+      <c r="AW84" t="s">
+        <v>205</v>
+      </c>
+      <c r="AX84" t="s">
+        <v>205</v>
+      </c>
+      <c r="AY84" t="s">
         <v>211</v>
       </c>
-      <c r="AS84" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="BP84" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BQ84" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="BV84" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BX84" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="CN84" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="85" spans="1:103">
       <c r="A85" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D85" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="86" spans="1:103">
       <c r="A86" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="D86" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BV86" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="BW86" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="87" spans="1:103">
       <c r="A87" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D87" t="s">
-        <v>204</v>
+        <v>313</v>
       </c>
       <c r="L87" t="s">
+        <v>207</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>207</v>
+      </c>
+      <c r="R87" t="s">
         <v>206</v>
       </c>
-      <c r="Q87" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="X87" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AR87" t="s">
-        <v>207</v>
+        <v>314</v>
       </c>
       <c r="AS87" t="s">
-        <v>207</v>
+        <v>314</v>
       </c>
       <c r="AV87" t="s">
-        <v>207</v>
+        <v>314</v>
       </c>
       <c r="BB87" t="s">
-        <v>207</v>
+        <v>314</v>
       </c>
       <c r="BO87" t="s">
-        <v>207</v>
+        <v>314</v>
       </c>
       <c r="BP87" t="s">
-        <v>207</v>
+        <v>314</v>
       </c>
       <c r="BQ87" t="s">
-        <v>207</v>
+        <v>314</v>
       </c>
       <c r="BR87" t="s">
-        <v>207</v>
+        <v>314</v>
       </c>
       <c r="CN87" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="88" spans="1:103">
       <c r="A88" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="D88" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="L88" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="Q88" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AR88" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AS88" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="BO88" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BP88" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BQ88" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="BR88" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="BV88" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="89" spans="1:103">
       <c r="A89" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="D89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="K89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="L89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="U89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AR89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AS89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AT89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AY89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BO89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BP89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BQ89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BR89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BV89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BW89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CC89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CD89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CF89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CH89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CJ89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CK89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CL89" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="90" spans="1:103">
       <c r="A90" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="D90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="I90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="K90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="L90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="O90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="Q90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="R90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="T90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="U90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="V90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="W90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="X90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="Y90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="Z90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AA90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AB90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AC90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AD90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AE90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AF90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AG90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AH90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AI90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AJ90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AK90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AL90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AM90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AN90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AQ90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AR90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AS90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AT90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AU90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AV90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AW90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AX90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AY90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AZ90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BA90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BB90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BC90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BD90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BE90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BL90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BO90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BP90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BQ90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BR90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BT90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BV90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BW90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="BX90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CC90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CD90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CF90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CG90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CH90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CI90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CJ90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CK90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="CL90" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Hyperlink xmlns="404c62fe-d53b-4c4c-bd74-31be39dd2526">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </Hyperlink>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="e31a3ada-991a-4791-8793-04cdc4dbe385" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="404c62fe-d53b-4c4c-bd74-31be39dd2526">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E62A21D40257D247B88A41B77A45A13C" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fbc5b0f255740d53b0cb86a7ba9ef99a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="e31a3ada-991a-4791-8793-04cdc4dbe385" xmlns:ns3="404c62fe-d53b-4c4c-bd74-31be39dd2526" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="05adf819d7ca1c6fe32e57fe759bed78" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="e31a3ada-991a-4791-8793-04cdc4dbe385"/>
     <xsd:import namespace="404c62fe-d53b-4c4c-bd74-31be39dd2526"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
@@ -6291,123 +6356,75 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4090E850-B750-4F50-8F12-9C3E615C31E5}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D43CE2AD-8476-4FDA-AC75-137341A55BB9}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D43CE2AD-8476-4FDA-AC75-137341A55BB9}">
-[...7 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4090E850-B750-4F50-8F12-9C3E615C31E5}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AFEC932-A9DE-482C-9030-0CA11FEE58D6}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AFEC932-A9DE-482C-9030-0CA11FEE58D6}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...16 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>Susan Ruiz</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
     <vt:lpwstr>886D1D106CDA446088FA0A8F6B47D691_13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
     <vt:lpwstr>1033-12.2.0.22549</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ContentTypeId">
     <vt:lpwstr>0x010100E62A21D40257D247B88A41B77A45A13C</vt:lpwstr>
   </property>
 </Properties>
 </file>