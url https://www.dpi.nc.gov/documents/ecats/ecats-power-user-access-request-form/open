--- v0 (2025-10-10)
+++ v1 (2025-11-21)
@@ -6,71 +6,72 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="12EDB347" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00386A86">
-[...6 lines deleted...]
-    <w:p w14:paraId="440358F3" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00D80D1F">
+    <w:p w14:paraId="440358F3" w14:textId="12873794" w:rsidR="00386A86" w:rsidRPr="005063D3" w:rsidRDefault="005063D3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D80D1F" w:rsidRPr="005063D3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ECATS Power User Access Request Form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F7837EB" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00D80D1F">
       <w:r>
         <w:t xml:space="preserve">Thank you for your interest in being an ECATS Power User. Please complete the form with your EC Administrator’s approval signature and email to </w:t>
       </w:r>
       <w:hyperlink r:id="rId7">
         <w:r>
           <w:rPr>
             <w:color w:val="467886"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>ecats.poweruser@dpi.nc.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> with your EC Admin. cc’d. The form can be submitted in PDF, JPG, or PNG formats.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="520623D0" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00D80D1F">
       <w:pPr>
         <w:rPr>
           <w:b/>
@@ -190,50 +191,128 @@
           <w:p w14:paraId="35F9584C" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00386A86"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00386A86" w14:paraId="116AB3F0" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2179" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BE34100" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00D80D1F">
             <w:r>
               <w:t>PSU Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7171" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48416FCC" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00386A86"/>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="005063D3" w14:paraId="69D12B59" w14:textId="77777777" w:rsidTr="00FC1367">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="576"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:id w:val="2064452633"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2179" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="279B4F29" w14:textId="46589825" w:rsidR="005063D3" w:rsidRDefault="005063D3" w:rsidP="005063D3">
+                <w:pPr>
+                  <w:spacing w:before="240"/>
+                  <w:jc w:val="center"/>
+                </w:pPr>
+                <w:r w:rsidRPr="005063D3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7171" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C38A2C0" w14:textId="3C0B89FB" w:rsidR="005063D3" w:rsidRDefault="00127CD2" w:rsidP="00FC1367">
+            <w:r>
+              <w:t xml:space="preserve">I have </w:t>
+            </w:r>
+            <w:r w:rsidR="002776CA" w:rsidRPr="002776CA">
+              <w:t xml:space="preserve">confirmed that I </w:t>
+            </w:r>
+            <w:r w:rsidR="002776CA" w:rsidRPr="002776CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>can log into</w:t>
+            </w:r>
+            <w:r w:rsidR="002776CA" w:rsidRPr="002776CA">
+              <w:t xml:space="preserve"> ECATS</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005063D3">
+              <w:t>in my current user role for the above PSU.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73C864D5" w14:textId="77777777" w:rsidR="005063D3" w:rsidRDefault="005063D3" w:rsidP="00FC1367">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00386A86" w14:paraId="73E7C089" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2179" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4585B4F6" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00D80D1F">
             <w:r>
               <w:t>School Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7171" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="357C12BE" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00386A86"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00386A86" w14:paraId="45B9C745" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
@@ -243,59 +322,57 @@
           <w:tcPr>
             <w:tcW w:w="2179" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CD24CD8" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00D80D1F">
             <w:r>
               <w:t>School Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7171" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4ADAC4B9" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00386A86"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00386A86" w14:paraId="7F186F71" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2179" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="031E88A6" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00D80D1F">
+          <w:p w14:paraId="031E88A6" w14:textId="0301D4F6" w:rsidR="00386A86" w:rsidRDefault="00D80D1F">
             <w:r>
               <w:t xml:space="preserve">Current </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...1 lines deleted...]
-              <w:t>Staff  Role</w:t>
+            <w:r w:rsidR="009B7626">
+              <w:t>Staff Role</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7171" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="456CEEF8" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00386A86"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00386A86" w14:paraId="159F5530" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2179" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6778409A" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00D80D1F">
             <w:r>
               <w:t>Staff Email Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -320,51 +397,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7171" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E445AD9" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00D80D1F">
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(e.g. LEA Admin 4, LEA Admin 4-All Programs, LEA Admin 4 - BTA, etc.)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="68C9102D" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00386A86"/>
     <w:p w14:paraId="047E6F75" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00D80D1F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>EC Administrator’s Information:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a0"/>
         <w:tblW w:w="9350" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
@@ -435,155 +511,171 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2155" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DA995F2" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00D80D1F">
             <w:r>
               <w:t>Staff Email Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7195" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DEA3529" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00386A86">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4BB2237D" w14:textId="607B8A67" w:rsidR="00386A86" w:rsidRDefault="00BE4ED4">
+    <w:p w14:paraId="0C0861FB" w14:textId="7DAB1AC2" w:rsidR="00386A86" w:rsidRDefault="00BE4ED4">
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00D80D1F">
-        <w:t>EC Administrator’s Signature ____________________________________________________</w:t>
+        <w:t>EC Administrator’s Signature ______________________________________</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:t>Date __________________________</w:t>
+      <w:r w:rsidR="005063D3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80D1F">
+        <w:t>Date _____________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00386A86">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7DE4FB37" w14:textId="77777777" w:rsidR="00D80D1F" w:rsidRDefault="00D80D1F">
+    <w:p w14:paraId="79B95D46" w14:textId="77777777" w:rsidR="00674173" w:rsidRDefault="00674173">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44E38CB7" w14:textId="77777777" w:rsidR="00D80D1F" w:rsidRDefault="00D80D1F">
+    <w:p w14:paraId="3BB6E5E5" w14:textId="77777777" w:rsidR="00674173" w:rsidRDefault="00674173">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{E6766318-B1A4-4F62-A62F-B5E8015FE2DA}"/>
-[...1 lines deleted...]
-    <w:embedItalic r:id="rId3" w:fontKey="{E293523D-EE5B-4C3E-BF82-FBE94B11405D}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{4478771D-3A12-45DD-ACC2-95A41B8D93D6}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{6D654436-6F88-4C55-86A5-6C78A15E376D}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{3FE05459-91EE-43B4-A95D-ED7CCF52FF87}"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId4" w:fontKey="{E8B550CF-505B-4EFB-AA00-01B543803C2A}"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{88676D09-4A45-47A9-9BF4-7933CED17BB2}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId5" w:subsetted="1" w:fontKey="{821A652C-DCF5-49A6-9894-677D95AADC94}"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1C8DCA9D" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00D80D1F">
+  <w:p w14:paraId="1C8DCA9D" w14:textId="26859B9D" w:rsidR="00386A86" w:rsidRDefault="00D80D1F">
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
-      <w:t>Rev. 4/15/2025</w:t>
+      <w:t xml:space="preserve">Rev. </w:t>
+    </w:r>
+    <w:r w:rsidR="004C294C">
+      <w:t>11</w:t>
+    </w:r>
+    <w:r>
+      <w:t>/5/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78279F6A" w14:textId="77777777" w:rsidR="00D80D1F" w:rsidRDefault="00D80D1F">
+    <w:p w14:paraId="2D13BFCA" w14:textId="77777777" w:rsidR="00674173" w:rsidRDefault="00674173">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73FC481B" w14:textId="77777777" w:rsidR="00D80D1F" w:rsidRDefault="00D80D1F">
+    <w:p w14:paraId="58E66180" w14:textId="77777777" w:rsidR="00674173" w:rsidRDefault="00674173">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A8E27B1" w14:textId="77777777" w:rsidR="00386A86" w:rsidRDefault="00D80D1F">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
@@ -618,78 +710,90 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5943600" cy="881380"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:embedTrueTypeFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00386A86"/>
+    <w:rsid w:val="000F61A2"/>
     <w:rsid w:val="000F7999"/>
+    <w:rsid w:val="00127CD2"/>
+    <w:rsid w:val="002776CA"/>
+    <w:rsid w:val="002B7B37"/>
     <w:rsid w:val="00386A86"/>
+    <w:rsid w:val="0040755B"/>
+    <w:rsid w:val="00440E6C"/>
+    <w:rsid w:val="004C294C"/>
+    <w:rsid w:val="005063D3"/>
+    <w:rsid w:val="00674173"/>
+    <w:rsid w:val="009B7626"/>
     <w:rsid w:val="00AB027B"/>
+    <w:rsid w:val="00B771EA"/>
     <w:rsid w:val="00BE4ED4"/>
     <w:rsid w:val="00D80D1F"/>
+    <w:rsid w:val="00F71EA9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7EB83338"/>
@@ -1277,51 +1381,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00237AA4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
@@ -1708,51 +1811,51 @@
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a0">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ecats.poweruser@dpi.nc.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -2023,61 +2126,76 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mi0p7KGXdB0Ie5M700a6ffNSzKYBg==">CgMxLjA4AHIhMW9rckxFdUt2R2s3X1RlczNiVFZ5VE4yc0NNUHJwYnQx</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>118</Words>
-  <Characters>673</Characters>
+  <Words>134</Words>
+  <Characters>728</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>790</CharactersWithSpaces>
+  <CharactersWithSpaces>836</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Yolanda Wilson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>