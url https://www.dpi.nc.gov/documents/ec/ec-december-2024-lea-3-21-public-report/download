--- v0 (2025-10-08)
+++ v1 (2026-03-01)
@@ -1,768 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10222"/>
   <fileSharing readOnlyRecommended="1"/>
   <workbookPr saveExternalLinkValues="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://dpincgov-my.sharepoint.com/personal/wendy_stevens_dpi_nc_gov/Documents/SPD Section/Federal Reporting/Data Team Folder/Active Child Count/Active Child Count_December/December 2024/Final Reports/Public Reports/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/Joshua.Barton/Documents/EC Site files/Data and State Performance Plans Page/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="13_ncr:1_{5ADB8E30-CE16-4340-9BAD-A6777FD1F7E5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{86A61C2E-D130-46BD-A588-9C0DEB0EED00}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1B2D1548-72A8-EA46-807A-F56FD095DD46}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="25180" windowHeight="16140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-27780" yWindow="10920" windowWidth="18920" windowHeight="11960" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="December 2024" sheetId="2" r:id="rId1"/>
-    <sheet name="Year to Year" sheetId="3" r:id="rId2"/>
+    <sheet name="Information" sheetId="5" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...639 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1977" uniqueCount="705">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1969" uniqueCount="704">
   <si>
     <t>PSU CODE</t>
   </si>
   <si>
     <t>PSU NAME</t>
   </si>
   <si>
     <t>ADM</t>
   </si>
   <si>
-    <t>6-21</t>
-[...7 lines deleted...]
-  <si>
     <t>Early Childhood (Age 3-5) (PRC619) Total</t>
   </si>
   <si>
     <t xml:space="preserve">5K-21 (State) Total </t>
   </si>
   <si>
     <t>5K-21% EC/ADM</t>
   </si>
   <si>
     <t xml:space="preserve">3-21 (PRC060) Total </t>
   </si>
   <si>
     <t>3-21 (PRC060) Total  %ADM</t>
   </si>
   <si>
-    <t>3-21 12.75 % of ADM</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">5K-21 Total </t>
   </si>
   <si>
     <t>010</t>
   </si>
   <si>
     <t>Alamance-Burlington Schools</t>
   </si>
   <si>
     <t>Early Childhood Total (3,4,5)</t>
   </si>
   <si>
     <t>020</t>
   </si>
   <si>
     <t>Alexander County Schools</t>
   </si>
   <si>
     <t>Age 5 - Not PK or KI (Not included)</t>
   </si>
   <si>
     <t>030</t>
   </si>
   <si>
     <t>Alleghany County Schools</t>
@@ -788,53 +134,50 @@
   <si>
     <t>Age 22 (Not included)</t>
   </si>
   <si>
     <t>060</t>
   </si>
   <si>
     <t>Avery County Schools</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>070</t>
   </si>
   <si>
     <t>Beaufort County Schools</t>
   </si>
   <si>
     <t>080</t>
   </si>
   <si>
     <t>Bertie County Schools</t>
   </si>
   <si>
-    <t xml:space="preserve">This report does not include any students age 2 or age 22, any student marked in grade Pre-K that is over the age of 5, or any student age 5 that is not in grade Pre-K or K. This report is used for planning allotments and comes from the OSEP Certified Database for December 2024 in the ECATS system. The ADM numbers come from the Average Daily Membership (24-25, Month 2) by PSU posted on https://www.dpi.nc.gov/districts-schools/district-operations/financial-and-business-services/demographics-and-finances/student-accounting-data.  All PSUs are responsible to ensure that the data submitted is correct at the time of certifcation. </t>
-[...1 lines deleted...]
-  <si>
     <t>090</t>
   </si>
   <si>
     <t>Bladen County Schools</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Brunswick County Schools</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Buncombe County Schools</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Asheville City Schools</t>
   </si>
   <si>
     <t>120</t>
@@ -2771,219 +2114,217 @@
   <si>
     <t>Wayne Preparatory</t>
   </si>
   <si>
     <t>96G</t>
   </si>
   <si>
     <t>Wayne STEM Academy</t>
   </si>
   <si>
     <t>98A</t>
   </si>
   <si>
     <t>Sallie B Howard School</t>
   </si>
   <si>
     <t>98B</t>
   </si>
   <si>
     <t>Wilson Preparatory Academy</t>
   </si>
   <si>
     <t>Grand Total</t>
   </si>
   <si>
-    <t xml:space="preserve"> </t>
-[...19 lines deleted...]
-  <si>
     <t>*</t>
+  </si>
+  <si>
+    <t>Ages
+6-21</t>
+  </si>
+  <si>
+    <t>Age 
+3</t>
+  </si>
+  <si>
+    <t>Age
+4</t>
+  </si>
+  <si>
+    <t>Age 5 in 
+Kindergarten</t>
+  </si>
+  <si>
+    <t>Age 5 in 
+Preschool</t>
+  </si>
+  <si>
+    <t>State</t>
+  </si>
+  <si>
+    <t>This report does not include any students age 2 or 22, any student marked in grade Pre-K that is over the age of 5, or any student age 5 that is not in grade Pre-K or K.</t>
+  </si>
+  <si>
+    <t>The ADM numbers come from the Average Daily Membership (24-25, Month 2) by PSU posted on https://www.dpi.nc.gov/districts-schools/district-operations/financial-and-business-services/demographics-and-finances/student-accounting-data.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">All PSUs are responsible to ensure that the data submitted is correct at the time of certifcation. </t>
+  </si>
+  <si>
+    <t>203415</t>
+  </si>
+  <si>
+    <t>This report is used for planning allotments and comes from the OSEP Certified Database for December 2024 in the ECATS system.</t>
+  </si>
+  <si>
+    <t>Information</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="4">
+  <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
-    <numFmt numFmtId="165" formatCode="0.0"/>
-    <numFmt numFmtId="166" formatCode="0.000000"/>
   </numFmts>
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...21 lines deleted...]
-    <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
-[...1 lines deleted...]
-      <name val="Calibri"/>
+      <sz val="12"/>
+      <name val="Arial"/>
       <family val="2"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
-      <color rgb="FFFF0000"/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="12">
+  <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFF00"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="7" tint="0.59999389629810485"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="6"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFD9D9D9"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF003A70"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="29">
+  <borders count="27">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
@@ -3028,144 +2369,58 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...69 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
-        <color indexed="64"/>
-[...13 lines deleted...]
-      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
@@ -3191,457 +2446,1147 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...58 lines deleted...]
-      </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="medium">
-[...10 lines deleted...]
-      <right style="medium">
+      <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="89">
+  <cellXfs count="74">
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="5" fillId="5" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="5" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="3" fontId="9" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="5" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="4" borderId="5" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="6" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="6" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="6" borderId="8" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="4" fillId="6" borderId="5" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    <xf numFmtId="3" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="7" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="8" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="7" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="4" fillId="8" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="165" fontId="1" fillId="7" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="7" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="5" fillId="7" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="5" fillId="7" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="3" fontId="9" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="5" fillId="7" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="5" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="5" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="6" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="6" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="5" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="8" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="1" fontId="4" fillId="10" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="5" fillId="7" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="1" fontId="4" fillId="10" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="1" fontId="4" fillId="10" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="6" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="1" fontId="4" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="5" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="5" fillId="5" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="4" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="4" borderId="25" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="7" fillId="5" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="4" borderId="18" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...47 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...59 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Comma 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Comma 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Percent" xfId="5" builtinId="5"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="25">
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="0"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FF003A70"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom/>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="0.0%"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="9" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="9" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="14" formatCode="0.00%"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="1" formatCode="0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0" tint="-0.14999847407452621"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="1" formatCode="0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="medium">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="medium">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00B5D4F0"/>
       <rgbColor rgb="00C8D4F0"/>
       <rgbColor rgb="00F2F4F9"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
       <rgbColor rgb="00800080"/>
       <rgbColor rgb="00008080"/>
@@ -3666,64 +3611,111 @@
       <rgbColor rgb="0000CCFF"/>
       <rgbColor rgb="00CCFFFF"/>
       <rgbColor rgb="00CCFFCC"/>
       <rgbColor rgb="00FFFF99"/>
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
+    <mruColors>
+      <color rgb="FF003A70"/>
+      <color rgb="FFD9D9D9"/>
+    </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{6615418C-BBC2-4F8A-8ADB-9FFB385FAD25}" name="Table1" displayName="Table1" ref="A1:M339" totalsRowShown="0" headerRowBorderDxfId="24" tableBorderDxfId="23">
+  <autoFilter ref="A1:M339" xr:uid="{6615418C-BBC2-4F8A-8ADB-9FFB385FAD25}"/>
+  <tableColumns count="13">
+    <tableColumn id="1" xr3:uid="{60AF2609-57A7-49AF-B2F6-CB16DCD2CC62}" name="PSU CODE" dataDxfId="22"/>
+    <tableColumn id="2" xr3:uid="{72E696B2-167B-48BA-9F1B-B8B0228CD89E}" name="PSU NAME" dataDxfId="21"/>
+    <tableColumn id="3" xr3:uid="{9E4ED85A-9536-4104-A95C-B82F6677A65C}" name="ADM" dataDxfId="20"/>
+    <tableColumn id="4" xr3:uid="{32E08D23-FA62-4750-BE96-32432D2419D0}" name="Ages_x000a_6-21" dataDxfId="19"/>
+    <tableColumn id="5" xr3:uid="{015B644D-D392-4CA6-9A63-E926F62A16EA}" name="Age _x000a_3" dataDxfId="18"/>
+    <tableColumn id="6" xr3:uid="{6DE5A3E0-1B1B-41BA-B9E7-D8ABA3950E34}" name="Age_x000a_4" dataDxfId="17"/>
+    <tableColumn id="7" xr3:uid="{FD4DED8C-6960-415B-8A92-367D942CE9E7}" name="Age 5 in _x000a_Preschool" dataDxfId="16"/>
+    <tableColumn id="8" xr3:uid="{62737416-0850-43C4-BDB6-D4E09587A2FE}" name="Age 5 in _x000a_Kindergarten" dataDxfId="15"/>
+    <tableColumn id="9" xr3:uid="{54FF504B-5F63-451F-8CA8-B6A01920BF60}" name="Early Childhood (Age 3-5) (PRC619) Total" dataDxfId="14"/>
+    <tableColumn id="10" xr3:uid="{7C00DD41-9E73-4F75-8513-36FB090F8852}" name="5K-21 (State) Total " dataDxfId="13"/>
+    <tableColumn id="11" xr3:uid="{21BC409F-F4F8-44F9-B293-8B79E9EBC73B}" name="5K-21% EC/ADM" dataDxfId="12"/>
+    <tableColumn id="12" xr3:uid="{EAE05BDD-5902-4B20-BE68-3CB47F508F23}" name="3-21 (PRC060) Total " dataDxfId="11"/>
+    <tableColumn id="13" xr3:uid="{496DD9B2-280A-42F0-ABD5-F82EEE790287}" name="3-21 (PRC060) Total  %ADM" dataDxfId="10" dataCellStyle="Percent"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{B26FCA7C-3E74-4C97-9939-66079D63658B}" name="Table3" displayName="Table3" ref="O1:P7" totalsRowShown="0" headerRowDxfId="9" dataDxfId="7" headerRowBorderDxfId="8" tableBorderDxfId="6" totalsRowBorderDxfId="5">
+  <autoFilter ref="O1:P7" xr:uid="{B26FCA7C-3E74-4C97-9939-66079D63658B}"/>
+  <tableColumns count="2">
+    <tableColumn id="1" xr3:uid="{E407F9D4-6CEF-44B2-9820-3331D08C0D8A}" name="5K-21 Total " dataDxfId="4"/>
+    <tableColumn id="2" xr3:uid="{7C66B82B-F9AD-4494-B1A0-94E4F66ECADA}" name="203415" dataDxfId="3"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{CD4CF873-B564-4BE9-95FD-CC4D7FEF3390}" name="Table4" displayName="Table4" ref="A1:A5" totalsRowShown="0" headerRowDxfId="2" dataDxfId="1">
+  <autoFilter ref="A1:A5" xr:uid="{CD4CF873-B564-4BE9-95FD-CC4D7FEF3390}"/>
+  <tableColumns count="1">
+    <tableColumn id="1" xr3:uid="{ED5D0D34-1689-41B7-96A2-F6EBACE81EF8}" name="Information" dataDxfId="0"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3973,17029 +3965,14104 @@
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:Q342"/>
+  <dimension ref="A1:P340"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="J2" sqref="I2:J2"/>
+      <selection pane="bottomLeft" activeCell="B8" sqref="B8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.81640625" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.83203125" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="9.81640625" style="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="18" max="16384" width="9.81640625" style="1"/>
+    <col min="1" max="1" width="14.1640625" style="11" customWidth="1"/>
+    <col min="2" max="2" width="65.5" style="11" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="9.5" style="11" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="8.33203125" style="11" bestFit="1" customWidth="1"/>
+    <col min="5" max="6" width="6.5" style="11" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="12.83203125" style="11" customWidth="1"/>
+    <col min="8" max="8" width="15" style="11" customWidth="1"/>
+    <col min="9" max="9" width="22.33203125" style="42" customWidth="1"/>
+    <col min="10" max="10" width="21.83203125" style="11" customWidth="1"/>
+    <col min="11" max="11" width="19.6640625" style="44" customWidth="1"/>
+    <col min="12" max="12" width="23.33203125" style="11" customWidth="1"/>
+    <col min="13" max="13" width="30.83203125" style="46" customWidth="1"/>
+    <col min="14" max="14" width="4.6640625" style="11" customWidth="1"/>
+    <col min="15" max="15" width="39.33203125" style="11" customWidth="1"/>
+    <col min="16" max="16" width="20" style="11" customWidth="1"/>
+    <col min="17" max="16384" width="9.83203125" style="11"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" s="14" customFormat="1" ht="63.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="11" t="s">
+    <row r="1" spans="1:16" s="1" customFormat="1" ht="63.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="59" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="12" t="s">
+      <c r="B1" s="56" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="67" t="s">
+      <c r="C1" s="57" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="17" t="s">
+      <c r="D1" s="58" t="s">
+        <v>692</v>
+      </c>
+      <c r="E1" s="59" t="s">
+        <v>693</v>
+      </c>
+      <c r="F1" s="60" t="s">
+        <v>694</v>
+      </c>
+      <c r="G1" s="60" t="s">
+        <v>696</v>
+      </c>
+      <c r="H1" s="56" t="s">
+        <v>695</v>
+      </c>
+      <c r="I1" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="11">
-[...2 lines deleted...]
-      <c r="F1" s="13">
+      <c r="J1" s="62" t="s">
         <v>4</v>
       </c>
-      <c r="G1" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H1" s="12" t="s">
+      <c r="K1" s="63" t="s">
         <v>5</v>
       </c>
-      <c r="I1" s="81" t="s">
+      <c r="L1" s="64" t="s">
         <v>6</v>
       </c>
-      <c r="J1" s="68" t="s">
+      <c r="M1" s="65" t="s">
         <v>7</v>
       </c>
-      <c r="K1" s="69" t="s">
+      <c r="O1" s="71" t="s">
         <v>8</v>
       </c>
-      <c r="L1" s="16" t="s">
+      <c r="P1" s="71" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="M1" s="22" t="s">
+      <c r="B2" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="N1" s="27" t="s">
-[...19 lines deleted...]
-      <c r="C2" s="62">
+      <c r="C2" s="4">
         <v>22338</v>
       </c>
       <c r="D2" s="45">
         <v>2841</v>
       </c>
-      <c r="E2" s="6">
+      <c r="E2" s="5">
         <v>102</v>
       </c>
-      <c r="F2" s="7">
+      <c r="F2" s="2">
         <v>132</v>
       </c>
-      <c r="G2" s="7">
+      <c r="G2" s="2">
         <v>35</v>
       </c>
-      <c r="H2" s="9">
+      <c r="H2" s="3">
         <v>152</v>
       </c>
-      <c r="I2" s="82">
+      <c r="I2" s="6">
         <v>269</v>
       </c>
-      <c r="J2" s="32">
+      <c r="J2" s="7">
         <v>2993</v>
       </c>
-      <c r="K2" s="33">
+      <c r="K2" s="8">
         <v>0.13398692810457516</v>
       </c>
-      <c r="L2" s="20">
+      <c r="L2" s="9">
         <v>3262</v>
       </c>
-      <c r="M2" s="23">
+      <c r="M2" s="10">
         <v>0.14602918793088013</v>
       </c>
-      <c r="N2" s="77">
-[...7 lines deleted...]
-      <c r="P2" s="25" t="s">
+      <c r="O2" s="66" t="s">
+        <v>11</v>
+      </c>
+      <c r="P2" s="67">
+        <v>14606</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A3" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="14">
+        <v>4183</v>
+      </c>
+      <c r="D3" s="15">
+        <v>684</v>
+      </c>
+      <c r="E3" s="16">
+        <v>21</v>
+      </c>
+      <c r="F3" s="12">
+        <v>34</v>
+      </c>
+      <c r="G3" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H3" s="13">
+        <v>33</v>
+      </c>
+      <c r="I3" s="6">
+        <v>63</v>
+      </c>
+      <c r="J3" s="7">
+        <v>717</v>
+      </c>
+      <c r="K3" s="8">
+        <v>0.1714080803251255</v>
+      </c>
+      <c r="L3" s="9">
+        <v>780</v>
+      </c>
+      <c r="M3" s="10">
+        <v>0.18646904135787712</v>
+      </c>
+      <c r="O3" s="68" t="s">
+        <v>14</v>
+      </c>
+      <c r="P3" s="18">
         <v>16</v>
       </c>
-      <c r="Q2" s="8">
+    </row>
+    <row r="4" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A4" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="C4" s="14">
+        <v>1279</v>
+      </c>
+      <c r="D4" s="15">
+        <v>162</v>
+      </c>
+      <c r="E4" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F4" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G4" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H4" s="13">
+        <v>14</v>
+      </c>
+      <c r="I4" s="6">
+        <v>20</v>
+      </c>
+      <c r="J4" s="7">
+        <v>176</v>
+      </c>
+      <c r="K4" s="8">
+        <v>0.1376075058639562</v>
+      </c>
+      <c r="L4" s="9">
+        <v>196</v>
+      </c>
+      <c r="M4" s="10">
+        <v>0.15324472243940579</v>
+      </c>
+      <c r="O4" s="68" t="s">
+        <v>17</v>
+      </c>
+      <c r="P4" s="18">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A5" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="C5" s="14">
+        <v>2888</v>
+      </c>
+      <c r="D5" s="15">
+        <v>411</v>
+      </c>
+      <c r="E5" s="16">
+        <v>11</v>
+      </c>
+      <c r="F5" s="12">
+        <v>25</v>
+      </c>
+      <c r="G5" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H5" s="13">
+        <v>23</v>
+      </c>
+      <c r="I5" s="6">
+        <v>46</v>
+      </c>
+      <c r="J5" s="7">
+        <v>434</v>
+      </c>
+      <c r="K5" s="8">
+        <v>0.15027700831024932</v>
+      </c>
+      <c r="L5" s="9">
+        <v>480</v>
+      </c>
+      <c r="M5" s="10">
+        <v>0.16620498614958448</v>
+      </c>
+      <c r="O5" s="68" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A6" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6" s="13" t="s">
+        <v>22</v>
+      </c>
+      <c r="C6" s="14">
+        <v>2555</v>
+      </c>
+      <c r="D6" s="15">
+        <v>383</v>
+      </c>
+      <c r="E6" s="16">
+        <v>14</v>
+      </c>
+      <c r="F6" s="12">
+        <v>33</v>
+      </c>
+      <c r="G6" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H6" s="13">
+        <v>30</v>
+      </c>
+      <c r="I6" s="6">
+        <v>52</v>
+      </c>
+      <c r="J6" s="7">
+        <v>413</v>
+      </c>
+      <c r="K6" s="8">
+        <v>0.16164383561643836</v>
+      </c>
+      <c r="L6" s="9">
+        <v>465</v>
+      </c>
+      <c r="M6" s="10">
+        <v>0.18199608610567514</v>
+      </c>
+      <c r="O6" s="68" t="s">
+        <v>23</v>
+      </c>
+      <c r="P6" s="18">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="C7" s="14">
+        <v>1686</v>
+      </c>
+      <c r="D7" s="15">
+        <v>316</v>
+      </c>
+      <c r="E7" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F7" s="12">
+        <v>18</v>
+      </c>
+      <c r="G7" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H7" s="13">
+        <v>13</v>
+      </c>
+      <c r="I7" s="6">
+        <v>29</v>
+      </c>
+      <c r="J7" s="7">
+        <v>329</v>
+      </c>
+      <c r="K7" s="8">
+        <v>0.19513641755634639</v>
+      </c>
+      <c r="L7" s="9">
+        <v>358</v>
+      </c>
+      <c r="M7" s="10">
+        <v>0.21233689205219455</v>
+      </c>
+      <c r="O7" s="69" t="s">
+        <v>26</v>
+      </c>
+      <c r="P7" s="70">
+        <v>218151</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A8" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="C8" s="14">
+        <v>5460</v>
+      </c>
+      <c r="D8" s="15">
+        <v>758</v>
+      </c>
+      <c r="E8" s="16">
+        <v>27</v>
+      </c>
+      <c r="F8" s="12">
+        <v>45</v>
+      </c>
+      <c r="G8" s="12">
+        <v>14</v>
+      </c>
+      <c r="H8" s="13">
+        <v>45</v>
+      </c>
+      <c r="I8" s="6">
+        <v>86</v>
+      </c>
+      <c r="J8" s="7">
+        <v>803</v>
+      </c>
+      <c r="K8" s="8">
+        <v>0.14706959706959707</v>
+      </c>
+      <c r="L8" s="9">
+        <v>889</v>
+      </c>
+      <c r="M8" s="10">
+        <v>0.16282051282051282</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A9" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="C9" s="14">
+        <v>1607</v>
+      </c>
+      <c r="D9" s="15">
+        <v>257</v>
+      </c>
+      <c r="E9" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F9" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G9" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H9" s="13">
+        <v>21</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J9" s="7">
+        <v>278</v>
+      </c>
+      <c r="K9" s="8">
+        <v>0.1729931549471064</v>
+      </c>
+      <c r="L9" s="9">
+        <v>288</v>
+      </c>
+      <c r="M9" s="10">
+        <v>0.179215930304916</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A10" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="B10" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="C10" s="14">
+        <v>3772</v>
+      </c>
+      <c r="D10" s="15">
+        <v>584</v>
+      </c>
+      <c r="E10" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F10" s="12">
+        <v>21</v>
+      </c>
+      <c r="G10" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H10" s="13">
+        <v>23</v>
+      </c>
+      <c r="I10" s="6">
+        <v>31</v>
+      </c>
+      <c r="J10" s="7">
+        <v>607</v>
+      </c>
+      <c r="K10" s="8">
+        <v>0.16092258748674443</v>
+      </c>
+      <c r="L10" s="9">
+        <v>638</v>
+      </c>
+      <c r="M10" s="10">
+        <v>0.16914103923647933</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A11" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="B11" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="C11" s="14">
+        <v>13475</v>
+      </c>
+      <c r="D11" s="15">
+        <v>1888</v>
+      </c>
+      <c r="E11" s="16">
+        <v>52</v>
+      </c>
+      <c r="F11" s="12">
+        <v>82</v>
+      </c>
+      <c r="G11" s="12">
+        <v>23</v>
+      </c>
+      <c r="H11" s="13">
+        <v>88</v>
+      </c>
+      <c r="I11" s="6">
+        <v>157</v>
+      </c>
+      <c r="J11" s="7">
+        <v>1976</v>
+      </c>
+      <c r="K11" s="8">
+        <v>0.14664192949907234</v>
+      </c>
+      <c r="L11" s="9">
+        <v>2133</v>
+      </c>
+      <c r="M11" s="10">
+        <v>0.15829313543599258</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A12" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="C12" s="14">
+        <v>21715</v>
+      </c>
+      <c r="D12" s="15">
+        <v>2490</v>
+      </c>
+      <c r="E12" s="16">
+        <v>57</v>
+      </c>
+      <c r="F12" s="12">
+        <v>103</v>
+      </c>
+      <c r="G12" s="12">
+        <v>32</v>
+      </c>
+      <c r="H12" s="13">
+        <v>113</v>
+      </c>
+      <c r="I12" s="6">
+        <v>192</v>
+      </c>
+      <c r="J12" s="7">
+        <v>2603</v>
+      </c>
+      <c r="K12" s="8">
+        <v>0.11987105687312917</v>
+      </c>
+      <c r="L12" s="9">
+        <v>2795</v>
+      </c>
+      <c r="M12" s="10">
+        <v>0.12871287128712872</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A13" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="C13" s="14">
+        <v>3719</v>
+      </c>
+      <c r="D13" s="15">
+        <v>514</v>
+      </c>
+      <c r="E13" s="16">
+        <v>15</v>
+      </c>
+      <c r="F13" s="12">
+        <v>24</v>
+      </c>
+      <c r="G13" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H13" s="13">
+        <v>27</v>
+      </c>
+      <c r="I13" s="6">
+        <v>45</v>
+      </c>
+      <c r="J13" s="7">
+        <v>541</v>
+      </c>
+      <c r="K13" s="8">
+        <v>0.14546921215380479</v>
+      </c>
+      <c r="L13" s="9">
+        <v>586</v>
+      </c>
+      <c r="M13" s="10">
+        <v>0.15756923904275344</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A14" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="B14" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="C14" s="14">
+        <v>11173</v>
+      </c>
+      <c r="D14" s="15">
+        <v>1655</v>
+      </c>
+      <c r="E14" s="16">
+        <v>45</v>
+      </c>
+      <c r="F14" s="12">
+        <v>89</v>
+      </c>
+      <c r="G14" s="12">
+        <v>20</v>
+      </c>
+      <c r="H14" s="13">
+        <v>113</v>
+      </c>
+      <c r="I14" s="6">
+        <v>154</v>
+      </c>
+      <c r="J14" s="7">
+        <v>1768</v>
+      </c>
+      <c r="K14" s="8">
+        <v>0.15823861093708047</v>
+      </c>
+      <c r="L14" s="9">
+        <v>1922</v>
+      </c>
+      <c r="M14" s="10">
+        <v>0.17202183836033294</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A15" s="12" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" s="14">
+        <v>35142</v>
+      </c>
+      <c r="D15" s="15">
+        <v>3824</v>
+      </c>
+      <c r="E15" s="16">
+        <v>106</v>
+      </c>
+      <c r="F15" s="12">
+        <v>164</v>
+      </c>
+      <c r="G15" s="12">
+        <v>47</v>
+      </c>
+      <c r="H15" s="13">
+        <v>176</v>
+      </c>
+      <c r="I15" s="6">
+        <v>317</v>
+      </c>
+      <c r="J15" s="7">
+        <v>4000</v>
+      </c>
+      <c r="K15" s="8">
+        <v>0.11382391440441637</v>
+      </c>
+      <c r="L15" s="9">
+        <v>4317</v>
+      </c>
+      <c r="M15" s="10">
+        <v>0.12284445962096636</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A16" s="12" t="s">
+        <v>43</v>
+      </c>
+      <c r="B16" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" s="14">
+        <v>5357</v>
+      </c>
+      <c r="D16" s="15">
+        <v>663</v>
+      </c>
+      <c r="E16" s="16">
+        <v>20</v>
+      </c>
+      <c r="F16" s="12">
+        <v>28</v>
+      </c>
+      <c r="G16" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H16" s="13">
+        <v>36</v>
+      </c>
+      <c r="I16" s="6">
+        <v>57</v>
+      </c>
+      <c r="J16" s="7">
+        <v>699</v>
+      </c>
+      <c r="K16" s="8">
+        <v>0.13048347955945491</v>
+      </c>
+      <c r="L16" s="9">
+        <v>756</v>
+      </c>
+      <c r="M16" s="10">
+        <v>0.14112376330035467</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A17" s="12" t="s">
+        <v>45</v>
+      </c>
+      <c r="B17" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="C17" s="14">
+        <v>10272</v>
+      </c>
+      <c r="D17" s="15">
+        <v>1403</v>
+      </c>
+      <c r="E17" s="16">
+        <v>49</v>
+      </c>
+      <c r="F17" s="12">
+        <v>81</v>
+      </c>
+      <c r="G17" s="12">
+        <v>20</v>
+      </c>
+      <c r="H17" s="13">
+        <v>102</v>
+      </c>
+      <c r="I17" s="6">
+        <v>150</v>
+      </c>
+      <c r="J17" s="7">
+        <v>1505</v>
+      </c>
+      <c r="K17" s="8">
+        <v>0.14651479750778817</v>
+      </c>
+      <c r="L17" s="9">
+        <v>1655</v>
+      </c>
+      <c r="M17" s="10">
+        <v>0.16111760124610591</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A18" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="B18" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="C18" s="14">
+        <v>1911</v>
+      </c>
+      <c r="D18" s="15">
+        <v>212</v>
+      </c>
+      <c r="E18" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F18" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G18" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H18" s="13">
+        <v>18</v>
+      </c>
+      <c r="I18" s="6">
+        <v>15</v>
+      </c>
+      <c r="J18" s="7">
+        <v>230</v>
+      </c>
+      <c r="K18" s="8">
+        <v>0.12035583464154893</v>
+      </c>
+      <c r="L18" s="9">
+        <v>245</v>
+      </c>
+      <c r="M18" s="10">
+        <v>0.12820512820512819</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A19" s="12" t="s">
+        <v>49</v>
+      </c>
+      <c r="B19" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="C19" s="14">
+        <v>7728</v>
+      </c>
+      <c r="D19" s="15">
+        <v>949</v>
+      </c>
+      <c r="E19" s="16">
+        <v>27</v>
+      </c>
+      <c r="F19" s="12">
+        <v>28</v>
+      </c>
+      <c r="G19" s="12">
+        <v>11</v>
+      </c>
+      <c r="H19" s="13">
+        <v>36</v>
+      </c>
+      <c r="I19" s="6">
+        <v>66</v>
+      </c>
+      <c r="J19" s="7">
+        <v>985</v>
+      </c>
+      <c r="K19" s="8">
+        <v>0.12745859213250518</v>
+      </c>
+      <c r="L19" s="9">
+        <v>1051</v>
+      </c>
+      <c r="M19" s="10">
+        <v>0.13599896480331264</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A20" s="12" t="s">
+        <v>51</v>
+      </c>
+      <c r="B20" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="C20" s="14">
+        <v>2025</v>
+      </c>
+      <c r="D20" s="15">
+        <v>332</v>
+      </c>
+      <c r="E20" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F20" s="12">
+        <v>15</v>
+      </c>
+      <c r="G20" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H20" s="13">
+        <v>11</v>
+      </c>
+      <c r="I20" s="6">
+        <v>30</v>
+      </c>
+      <c r="J20" s="7">
+        <v>343</v>
+      </c>
+      <c r="K20" s="8">
+        <v>0.16938271604938271</v>
+      </c>
+      <c r="L20" s="9">
+        <v>373</v>
+      </c>
+      <c r="M20" s="10">
+        <v>0.18419753086419752</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B21" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="C21" s="14">
+        <v>15754</v>
+      </c>
+      <c r="D21" s="15">
+        <v>1961</v>
+      </c>
+      <c r="E21" s="16">
+        <v>58</v>
+      </c>
+      <c r="F21" s="12">
+        <v>79</v>
+      </c>
+      <c r="G21" s="12">
+        <v>16</v>
+      </c>
+      <c r="H21" s="13">
+        <v>117</v>
+      </c>
+      <c r="I21" s="6">
+        <v>153</v>
+      </c>
+      <c r="J21" s="7">
+        <v>2078</v>
+      </c>
+      <c r="K21" s="8">
+        <v>0.13190300875968008</v>
+      </c>
+      <c r="L21" s="9">
+        <v>2231</v>
+      </c>
+      <c r="M21" s="10">
+        <v>0.14161482798019551</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A22" s="12" t="s">
+        <v>55</v>
+      </c>
+      <c r="B22" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="C22" s="14">
+        <v>3625</v>
+      </c>
+      <c r="D22" s="15">
+        <v>462</v>
+      </c>
+      <c r="E22" s="16">
+        <v>16</v>
+      </c>
+      <c r="F22" s="12">
+        <v>27</v>
+      </c>
+      <c r="G22" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H22" s="13">
+        <v>28</v>
+      </c>
+      <c r="I22" s="6">
+        <v>47</v>
+      </c>
+      <c r="J22" s="7">
+        <v>490</v>
+      </c>
+      <c r="K22" s="8">
+        <v>0.13517241379310344</v>
+      </c>
+      <c r="L22" s="9">
+        <v>537</v>
+      </c>
+      <c r="M22" s="10">
+        <v>0.14813793103448275</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A23" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="B23" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="C23" s="14">
+        <v>2573</v>
+      </c>
+      <c r="D23" s="15">
+        <v>354</v>
+      </c>
+      <c r="E23" s="16">
+        <v>16</v>
+      </c>
+      <c r="F23" s="12">
+        <v>21</v>
+      </c>
+      <c r="G23" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H23" s="13">
+        <v>22</v>
+      </c>
+      <c r="I23" s="6">
+        <v>44</v>
+      </c>
+      <c r="J23" s="7">
+        <v>376</v>
+      </c>
+      <c r="K23" s="8">
+        <v>0.14613291877186163</v>
+      </c>
+      <c r="L23" s="9">
+        <v>420</v>
+      </c>
+      <c r="M23" s="10">
+        <v>0.16323357947920716</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A24" s="12" t="s">
+        <v>59</v>
+      </c>
+      <c r="B24" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="C24" s="14">
+        <v>8790</v>
+      </c>
+      <c r="D24" s="15">
+        <v>1180</v>
+      </c>
+      <c r="E24" s="16">
+        <v>27</v>
+      </c>
+      <c r="F24" s="12">
+        <v>63</v>
+      </c>
+      <c r="G24" s="12">
+        <v>16</v>
+      </c>
+      <c r="H24" s="13">
+        <v>58</v>
+      </c>
+      <c r="I24" s="6">
+        <v>106</v>
+      </c>
+      <c r="J24" s="7">
+        <v>1238</v>
+      </c>
+      <c r="K24" s="8">
+        <v>0.14084186575654153</v>
+      </c>
+      <c r="L24" s="9">
+        <v>1344</v>
+      </c>
+      <c r="M24" s="10">
+        <v>0.15290102389078497</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A25" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B25" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="C25" s="14">
+        <v>2924</v>
+      </c>
+      <c r="D25" s="15">
+        <v>486</v>
+      </c>
+      <c r="E25" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F25" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G25" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H25" s="13">
+        <v>18</v>
+      </c>
+      <c r="I25" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J25" s="7">
+        <v>504</v>
+      </c>
+      <c r="K25" s="8">
+        <v>0.17236662106703146</v>
+      </c>
+      <c r="L25" s="9">
+        <v>514</v>
+      </c>
+      <c r="M25" s="10">
+        <v>0.17578659370725033</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A26" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B26" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="C26" s="14">
+        <v>1672</v>
+      </c>
+      <c r="D26" s="15">
+        <v>228</v>
+      </c>
+      <c r="E26" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F26" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G26" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H26" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I26" s="6">
+        <v>22</v>
+      </c>
+      <c r="J26" s="7">
+        <v>237</v>
+      </c>
+      <c r="K26" s="8">
+        <v>0.14174641148325359</v>
+      </c>
+      <c r="L26" s="9">
+        <v>259</v>
+      </c>
+      <c r="M26" s="10">
+        <v>0.15490430622009568</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A27" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B27" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C27" s="14">
+        <v>1254</v>
+      </c>
+      <c r="D27" s="15">
+        <v>174</v>
+      </c>
+      <c r="E27" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F27" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G27" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H27" s="13">
+        <v>12</v>
+      </c>
+      <c r="I27" s="6">
+        <v>11</v>
+      </c>
+      <c r="J27" s="7">
+        <v>186</v>
+      </c>
+      <c r="K27" s="8">
+        <v>0.14832535885167464</v>
+      </c>
+      <c r="L27" s="9">
+        <v>197</v>
+      </c>
+      <c r="M27" s="10">
+        <v>0.15709728867623604</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A28" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B28" s="13" t="s">
+        <v>68</v>
+      </c>
+      <c r="C28" s="14">
+        <v>13985</v>
+      </c>
+      <c r="D28" s="15">
+        <v>2237</v>
+      </c>
+      <c r="E28" s="16">
+        <v>47</v>
+      </c>
+      <c r="F28" s="12">
+        <v>72</v>
+      </c>
+      <c r="G28" s="12">
+        <v>26</v>
+      </c>
+      <c r="H28" s="13">
+        <v>113</v>
+      </c>
+      <c r="I28" s="6">
+        <v>145</v>
+      </c>
+      <c r="J28" s="7">
+        <v>2350</v>
+      </c>
+      <c r="K28" s="8">
+        <v>0.16803718269574544</v>
+      </c>
+      <c r="L28" s="9">
+        <v>2495</v>
+      </c>
+      <c r="M28" s="10">
+        <v>0.17840543439399356</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A29" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B29" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="C29" s="14">
+        <v>5201</v>
+      </c>
+      <c r="D29" s="15">
+        <v>570</v>
+      </c>
+      <c r="E29" s="16">
+        <v>17</v>
+      </c>
+      <c r="F29" s="12">
+        <v>16</v>
+      </c>
+      <c r="G29" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H29" s="13">
+        <v>32</v>
+      </c>
+      <c r="I29" s="6">
+        <v>40</v>
+      </c>
+      <c r="J29" s="7">
+        <v>602</v>
+      </c>
+      <c r="K29" s="8">
+        <v>0.11574697173620457</v>
+      </c>
+      <c r="L29" s="9">
+        <v>642</v>
+      </c>
+      <c r="M29" s="10">
+        <v>0.12343780042299558</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A30" s="12" t="s">
+        <v>71</v>
+      </c>
+      <c r="B30" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C30" s="14">
+        <v>1989</v>
+      </c>
+      <c r="D30" s="15">
+        <v>246</v>
+      </c>
+      <c r="E30" s="16">
+        <v>13</v>
+      </c>
+      <c r="F30" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G30" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H30" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I30" s="6">
+        <v>19</v>
+      </c>
+      <c r="J30" s="7">
+        <v>253</v>
+      </c>
+      <c r="K30" s="8">
+        <v>0.12719959778783307</v>
+      </c>
+      <c r="L30" s="9">
+        <v>272</v>
+      </c>
+      <c r="M30" s="10">
+        <v>0.13675213675213677</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A31" s="12" t="s">
+        <v>73</v>
+      </c>
+      <c r="B31" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C31" s="14">
+        <v>11822</v>
+      </c>
+      <c r="D31" s="15">
+        <v>1628</v>
+      </c>
+      <c r="E31" s="16">
+        <v>39</v>
+      </c>
+      <c r="F31" s="12">
+        <v>87</v>
+      </c>
+      <c r="G31" s="12">
+        <v>28</v>
+      </c>
+      <c r="H31" s="13">
+        <v>86</v>
+      </c>
+      <c r="I31" s="6">
+        <v>154</v>
+      </c>
+      <c r="J31" s="7">
+        <v>1714</v>
+      </c>
+      <c r="K31" s="8">
+        <v>0.14498392826932838</v>
+      </c>
+      <c r="L31" s="9">
+        <v>1868</v>
+      </c>
+      <c r="M31" s="10">
+        <v>0.15801048891896463</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A32" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="B32" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="C32" s="14">
+        <v>48374</v>
+      </c>
+      <c r="D32" s="15">
+        <v>6454</v>
+      </c>
+      <c r="E32" s="16">
+        <v>116</v>
+      </c>
+      <c r="F32" s="12">
+        <v>206</v>
+      </c>
+      <c r="G32" s="12">
+        <v>56</v>
+      </c>
+      <c r="H32" s="13">
+        <v>198</v>
+      </c>
+      <c r="I32" s="6">
+        <v>378</v>
+      </c>
+      <c r="J32" s="7">
+        <v>6652</v>
+      </c>
+      <c r="K32" s="8">
+        <v>0.13751188655062638</v>
+      </c>
+      <c r="L32" s="9">
+        <v>7030</v>
+      </c>
+      <c r="M32" s="10">
+        <v>0.14532600157109191</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A33" s="12" t="s">
+        <v>77</v>
+      </c>
+      <c r="B33" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="C33" s="14">
+        <v>4518</v>
+      </c>
+      <c r="D33" s="15">
+        <v>479</v>
+      </c>
+      <c r="E33" s="16">
+        <v>28</v>
+      </c>
+      <c r="F33" s="12">
+        <v>26</v>
+      </c>
+      <c r="G33" s="12">
+        <v>13</v>
+      </c>
+      <c r="H33" s="13">
+        <v>36</v>
+      </c>
+      <c r="I33" s="6">
+        <v>67</v>
+      </c>
+      <c r="J33" s="7">
+        <v>515</v>
+      </c>
+      <c r="K33" s="8">
+        <v>0.11398849048251439</v>
+      </c>
+      <c r="L33" s="9">
+        <v>582</v>
+      </c>
+      <c r="M33" s="10">
+        <v>0.12881806108897742</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A34" s="12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B34" s="13" t="s">
+        <v>80</v>
+      </c>
+      <c r="C34" s="14">
+        <v>4771</v>
+      </c>
+      <c r="D34" s="15">
+        <v>655</v>
+      </c>
+      <c r="E34" s="16">
+        <v>25</v>
+      </c>
+      <c r="F34" s="12">
+        <v>46</v>
+      </c>
+      <c r="G34" s="12">
+        <v>12</v>
+      </c>
+      <c r="H34" s="13">
+        <v>45</v>
+      </c>
+      <c r="I34" s="6">
+        <v>83</v>
+      </c>
+      <c r="J34" s="7">
+        <v>700</v>
+      </c>
+      <c r="K34" s="8">
+        <v>0.1467197652483756</v>
+      </c>
+      <c r="L34" s="9">
+        <v>783</v>
+      </c>
+      <c r="M34" s="10">
+        <v>0.16411653741354013</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A35" s="12" t="s">
+        <v>81</v>
+      </c>
+      <c r="B35" s="13" t="s">
+        <v>82</v>
+      </c>
+      <c r="C35" s="14">
+        <v>17688</v>
+      </c>
+      <c r="D35" s="15">
+        <v>2462</v>
+      </c>
+      <c r="E35" s="16">
+        <v>43</v>
+      </c>
+      <c r="F35" s="12">
+        <v>80</v>
+      </c>
+      <c r="G35" s="12">
+        <v>18</v>
+      </c>
+      <c r="H35" s="13">
+        <v>90</v>
+      </c>
+      <c r="I35" s="6">
+        <v>141</v>
+      </c>
+      <c r="J35" s="7">
+        <v>2552</v>
+      </c>
+      <c r="K35" s="8">
+        <v>0.14427860696517414</v>
+      </c>
+      <c r="L35" s="9">
+        <v>2693</v>
+      </c>
+      <c r="M35" s="10">
+        <v>0.15225011307100858</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A36" s="12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B36" s="13" t="s">
+        <v>84</v>
+      </c>
+      <c r="C36" s="14">
+        <v>2835</v>
+      </c>
+      <c r="D36" s="15">
+        <v>381</v>
+      </c>
+      <c r="E36" s="16">
+        <v>14</v>
+      </c>
+      <c r="F36" s="12">
+        <v>21</v>
+      </c>
+      <c r="G36" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H36" s="13">
+        <v>18</v>
+      </c>
+      <c r="I36" s="6">
+        <v>43</v>
+      </c>
+      <c r="J36" s="7">
+        <v>399</v>
+      </c>
+      <c r="K36" s="8">
+        <v>0.14074074074074075</v>
+      </c>
+      <c r="L36" s="9">
+        <v>442</v>
+      </c>
+      <c r="M36" s="10">
+        <v>0.15590828924162259</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A37" s="12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B37" s="13" t="s">
+        <v>86</v>
+      </c>
+      <c r="C37" s="14">
+        <v>2084</v>
+      </c>
+      <c r="D37" s="15">
+        <v>232</v>
+      </c>
+      <c r="E37" s="16">
+        <v>12</v>
+      </c>
+      <c r="F37" s="12">
+        <v>15</v>
+      </c>
+      <c r="G37" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H37" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I37" s="6">
+        <v>29</v>
+      </c>
+      <c r="J37" s="7">
+        <v>241</v>
+      </c>
+      <c r="K37" s="8">
+        <v>0.11564299424184261</v>
+      </c>
+      <c r="L37" s="9">
+        <v>270</v>
+      </c>
+      <c r="M37" s="10">
+        <v>0.12955854126679461</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A38" s="17" t="s">
+        <v>87</v>
+      </c>
+      <c r="B38" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="C38" s="19" t="s">
+        <v>691</v>
+      </c>
+      <c r="D38" s="20">
+        <v>35</v>
+      </c>
+      <c r="E38" s="21" t="s">
+        <v>691</v>
+      </c>
+      <c r="F38" s="17" t="s">
+        <v>691</v>
+      </c>
+      <c r="G38" s="17" t="s">
+        <v>691</v>
+      </c>
+      <c r="H38" s="18" t="s">
+        <v>691</v>
+      </c>
+      <c r="I38" s="22" t="s">
+        <v>691</v>
+      </c>
+      <c r="J38" s="23">
+        <v>35</v>
+      </c>
+      <c r="K38" s="24" t="s">
+        <v>89</v>
+      </c>
+      <c r="L38" s="25">
+        <v>35</v>
+      </c>
+      <c r="M38" s="47" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A39" s="17" t="s">
+        <v>90</v>
+      </c>
+      <c r="B39" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="C39" s="19" t="s">
+        <v>691</v>
+      </c>
+      <c r="D39" s="20">
+        <v>60</v>
+      </c>
+      <c r="E39" s="21" t="s">
+        <v>691</v>
+      </c>
+      <c r="F39" s="17" t="s">
+        <v>691</v>
+      </c>
+      <c r="G39" s="17" t="s">
+        <v>691</v>
+      </c>
+      <c r="H39" s="18" t="s">
+        <v>691</v>
+      </c>
+      <c r="I39" s="22" t="s">
+        <v>691</v>
+      </c>
+      <c r="J39" s="23">
+        <v>61</v>
+      </c>
+      <c r="K39" s="24" t="s">
+        <v>89</v>
+      </c>
+      <c r="L39" s="25">
+        <v>65</v>
+      </c>
+      <c r="M39" s="47" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A40" s="17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B40" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="C40" s="19" t="s">
+        <v>691</v>
+      </c>
+      <c r="D40" s="20">
+        <v>28</v>
+      </c>
+      <c r="E40" s="21" t="s">
+        <v>691</v>
+      </c>
+      <c r="F40" s="17" t="s">
+        <v>691</v>
+      </c>
+      <c r="G40" s="17" t="s">
+        <v>691</v>
+      </c>
+      <c r="H40" s="18" t="s">
+        <v>691</v>
+      </c>
+      <c r="I40" s="22" t="s">
+        <v>691</v>
+      </c>
+      <c r="J40" s="23">
+        <v>28</v>
+      </c>
+      <c r="K40" s="24" t="s">
+        <v>89</v>
+      </c>
+      <c r="L40" s="25">
+        <v>28</v>
+      </c>
+      <c r="M40" s="47" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A41" s="12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B41" s="13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C41" s="14">
+        <v>5991</v>
+      </c>
+      <c r="D41" s="15">
+        <v>911</v>
+      </c>
+      <c r="E41" s="16">
+        <v>26</v>
+      </c>
+      <c r="F41" s="12">
+        <v>40</v>
+      </c>
+      <c r="G41" s="12">
+        <v>27</v>
+      </c>
+      <c r="H41" s="13">
+        <v>50</v>
+      </c>
+      <c r="I41" s="6">
+        <v>93</v>
+      </c>
+      <c r="J41" s="7">
+        <v>961</v>
+      </c>
+      <c r="K41" s="8">
+        <v>0.16040727758304124</v>
+      </c>
+      <c r="L41" s="9">
+        <v>1054</v>
+      </c>
+      <c r="M41" s="10">
+        <v>0.17593056251043232</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A42" s="12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B42" s="13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C42" s="14">
+        <v>9560</v>
+      </c>
+      <c r="D42" s="15">
+        <v>835</v>
+      </c>
+      <c r="E42" s="16">
+        <v>11</v>
+      </c>
+      <c r="F42" s="12">
+        <v>32</v>
+      </c>
+      <c r="G42" s="12">
+        <v>14</v>
+      </c>
+      <c r="H42" s="13">
+        <v>38</v>
+      </c>
+      <c r="I42" s="6">
+        <v>57</v>
+      </c>
+      <c r="J42" s="7">
+        <v>873</v>
+      </c>
+      <c r="K42" s="8">
+        <v>9.131799163179917E-2</v>
+      </c>
+      <c r="L42" s="9">
+        <v>930</v>
+      </c>
+      <c r="M42" s="10">
+        <v>9.7280334728033477E-2</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A43" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B43" s="13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C43" s="14">
+        <v>31024</v>
+      </c>
+      <c r="D43" s="15">
+        <v>4337</v>
+      </c>
+      <c r="E43" s="16">
+        <v>185</v>
+      </c>
+      <c r="F43" s="12">
+        <v>263</v>
+      </c>
+      <c r="G43" s="12">
+        <v>56</v>
+      </c>
+      <c r="H43" s="13">
+        <v>234</v>
+      </c>
+      <c r="I43" s="6">
+        <v>504</v>
+      </c>
+      <c r="J43" s="7">
+        <v>4571</v>
+      </c>
+      <c r="K43" s="8">
+        <v>0.1473375451263538</v>
+      </c>
+      <c r="L43" s="9">
+        <v>5075</v>
+      </c>
+      <c r="M43" s="10">
+        <v>0.16358303249097472</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A44" s="12" t="s">
+        <v>100</v>
+      </c>
+      <c r="B44" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C44" s="14">
+        <v>6181</v>
+      </c>
+      <c r="D44" s="15">
+        <v>953</v>
+      </c>
+      <c r="E44" s="16">
+        <v>31</v>
+      </c>
+      <c r="F44" s="12">
+        <v>39</v>
+      </c>
+      <c r="G44" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H44" s="13">
+        <v>33</v>
+      </c>
+      <c r="I44" s="6">
+        <v>80</v>
+      </c>
+      <c r="J44" s="7">
+        <v>986</v>
+      </c>
+      <c r="K44" s="8">
+        <v>0.15952111308849701</v>
+      </c>
+      <c r="L44" s="9">
+        <v>1066</v>
+      </c>
+      <c r="M44" s="10">
+        <v>0.17246400258857791</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A45" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B45" s="13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C45" s="14">
+        <v>50550</v>
+      </c>
+      <c r="D45" s="15">
+        <v>7129</v>
+      </c>
+      <c r="E45" s="16">
+        <v>197</v>
+      </c>
+      <c r="F45" s="12">
+        <v>306</v>
+      </c>
+      <c r="G45" s="12">
+        <v>90</v>
+      </c>
+      <c r="H45" s="13">
+        <v>332</v>
+      </c>
+      <c r="I45" s="6">
+        <v>593</v>
+      </c>
+      <c r="J45" s="7">
+        <v>7461</v>
+      </c>
+      <c r="K45" s="8">
+        <v>0.14759643916913948</v>
+      </c>
+      <c r="L45" s="9">
+        <v>8054</v>
+      </c>
+      <c r="M45" s="10">
+        <v>0.15932739861523243</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A46" s="12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B46" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C46" s="14">
+        <v>7855</v>
+      </c>
+      <c r="D46" s="15">
+        <v>1032</v>
+      </c>
+      <c r="E46" s="16">
+        <v>21</v>
+      </c>
+      <c r="F46" s="12">
+        <v>38</v>
+      </c>
+      <c r="G46" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H46" s="13">
+        <v>31</v>
+      </c>
+      <c r="I46" s="6">
+        <v>67</v>
+      </c>
+      <c r="J46" s="7">
+        <v>1063</v>
+      </c>
+      <c r="K46" s="8">
+        <v>0.13532781667727561</v>
+      </c>
+      <c r="L46" s="9">
+        <v>1130</v>
+      </c>
+      <c r="M46" s="10">
+        <v>0.14385741565881605</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A47" s="12" t="s">
+        <v>106</v>
+      </c>
+      <c r="B47" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C47" s="14">
+        <v>30573</v>
+      </c>
+      <c r="D47" s="15">
+        <v>4217</v>
+      </c>
+      <c r="E47" s="16">
+        <v>57</v>
+      </c>
+      <c r="F47" s="12">
+        <v>99</v>
+      </c>
+      <c r="G47" s="12">
+        <v>30</v>
+      </c>
+      <c r="H47" s="13">
+        <v>154</v>
+      </c>
+      <c r="I47" s="6">
+        <v>186</v>
+      </c>
+      <c r="J47" s="7">
+        <v>4371</v>
+      </c>
+      <c r="K47" s="8">
+        <v>0.14296928662545383</v>
+      </c>
+      <c r="L47" s="9">
+        <v>4557</v>
+      </c>
+      <c r="M47" s="10">
+        <v>0.1490530860563242</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A48" s="12" t="s">
+        <v>108</v>
+      </c>
+      <c r="B48" s="13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C48" s="14">
+        <v>1373</v>
+      </c>
+      <c r="D48" s="15">
+        <v>235</v>
+      </c>
+      <c r="E48" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F48" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G48" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H48" s="13">
+        <v>13</v>
+      </c>
+      <c r="I48" s="6">
+        <v>11</v>
+      </c>
+      <c r="J48" s="7">
+        <v>248</v>
+      </c>
+      <c r="K48" s="8">
+        <v>0.18062636562272397</v>
+      </c>
+      <c r="L48" s="9">
+        <v>259</v>
+      </c>
+      <c r="M48" s="10">
+        <v>0.18863801893663509</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A49" s="12" t="s">
+        <v>110</v>
+      </c>
+      <c r="B49" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C49" s="14">
+        <v>1065</v>
+      </c>
+      <c r="D49" s="15">
+        <v>154</v>
+      </c>
+      <c r="E49" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F49" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G49" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H49" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I49" s="6">
+        <v>15</v>
+      </c>
+      <c r="J49" s="7">
+        <v>163</v>
+      </c>
+      <c r="K49" s="8">
+        <v>0.15305164319248826</v>
+      </c>
+      <c r="L49" s="9">
+        <v>178</v>
+      </c>
+      <c r="M49" s="10">
+        <v>0.16713615023474179</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A50" s="12" t="s">
+        <v>112</v>
+      </c>
+      <c r="B50" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="C50" s="14">
+        <v>6273</v>
+      </c>
+      <c r="D50" s="15">
+        <v>887</v>
+      </c>
+      <c r="E50" s="16">
+        <v>14</v>
+      </c>
+      <c r="F50" s="12">
+        <v>32</v>
+      </c>
+      <c r="G50" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H50" s="13">
+        <v>33</v>
+      </c>
+      <c r="I50" s="6">
+        <v>52</v>
+      </c>
+      <c r="J50" s="7">
+        <v>920</v>
+      </c>
+      <c r="K50" s="8">
+        <v>0.14666029013231308</v>
+      </c>
+      <c r="L50" s="9">
+        <v>972</v>
+      </c>
+      <c r="M50" s="10">
+        <v>0.15494978479196556</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A51" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="B51" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="C51" s="14">
+        <v>2706</v>
+      </c>
+      <c r="D51" s="15">
+        <v>326</v>
+      </c>
+      <c r="E51" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F51" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G51" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H51" s="13">
+        <v>12</v>
+      </c>
+      <c r="I51" s="6">
+        <v>17</v>
+      </c>
+      <c r="J51" s="7">
+        <v>338</v>
+      </c>
+      <c r="K51" s="8">
+        <v>0.12490761271249076</v>
+      </c>
+      <c r="L51" s="9">
+        <v>355</v>
+      </c>
+      <c r="M51" s="10">
+        <v>0.131189948263119</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A52" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="B52" s="13" t="s">
+        <v>117</v>
+      </c>
+      <c r="C52" s="14">
+        <v>66055</v>
+      </c>
+      <c r="D52" s="15">
+        <v>8726</v>
+      </c>
+      <c r="E52" s="16">
+        <v>143</v>
+      </c>
+      <c r="F52" s="12">
+        <v>385</v>
+      </c>
+      <c r="G52" s="12">
+        <v>91</v>
+      </c>
+      <c r="H52" s="13">
+        <v>400</v>
+      </c>
+      <c r="I52" s="6">
+        <v>619</v>
+      </c>
+      <c r="J52" s="7">
+        <v>9126</v>
+      </c>
+      <c r="K52" s="8">
+        <v>0.13815759594277496</v>
+      </c>
+      <c r="L52" s="9">
+        <v>9745</v>
+      </c>
+      <c r="M52" s="10">
+        <v>0.14752857467262129</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A53" s="12" t="s">
+        <v>118</v>
+      </c>
+      <c r="B53" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="C53" s="14">
+        <v>2028</v>
+      </c>
+      <c r="D53" s="15">
+        <v>234</v>
+      </c>
+      <c r="E53" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F53" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G53" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H53" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I53" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J53" s="7">
+        <v>243</v>
+      </c>
+      <c r="K53" s="8">
+        <v>0.11982248520710059</v>
+      </c>
+      <c r="L53" s="9">
+        <v>251</v>
+      </c>
+      <c r="M53" s="10">
+        <v>0.12376725838264299</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A54" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="B54" s="13" t="s">
+        <v>121</v>
+      </c>
+      <c r="C54" s="14">
+        <v>2598</v>
+      </c>
+      <c r="D54" s="15">
+        <v>360</v>
+      </c>
+      <c r="E54" s="16">
+        <v>29</v>
+      </c>
+      <c r="F54" s="12">
+        <v>27</v>
+      </c>
+      <c r="G54" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H54" s="13">
+        <v>18</v>
+      </c>
+      <c r="I54" s="6">
+        <v>63</v>
+      </c>
+      <c r="J54" s="7">
+        <v>378</v>
+      </c>
+      <c r="K54" s="8">
+        <v>0.14549653579676675</v>
+      </c>
+      <c r="L54" s="9">
+        <v>441</v>
+      </c>
+      <c r="M54" s="10">
+        <v>0.16974595842956119</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A55" s="12" t="s">
+        <v>122</v>
+      </c>
+      <c r="B55" s="13" t="s">
+        <v>123</v>
+      </c>
+      <c r="C55" s="14">
+        <v>633</v>
+      </c>
+      <c r="D55" s="15">
+        <v>81</v>
+      </c>
+      <c r="E55" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F55" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G55" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H55" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I55" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J55" s="7">
+        <v>85</v>
+      </c>
+      <c r="K55" s="8">
+        <v>0.13428120063191154</v>
+      </c>
+      <c r="L55" s="9">
+        <v>91</v>
+      </c>
+      <c r="M55" s="10">
+        <v>0.14375987361769352</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A56" s="12" t="s">
+        <v>124</v>
+      </c>
+      <c r="B56" s="13" t="s">
+        <v>125</v>
+      </c>
+      <c r="C56" s="14">
+        <v>19844</v>
+      </c>
+      <c r="D56" s="15">
+        <v>2713</v>
+      </c>
+      <c r="E56" s="16">
+        <v>91</v>
+      </c>
+      <c r="F56" s="12">
+        <v>94</v>
+      </c>
+      <c r="G56" s="12">
+        <v>37</v>
+      </c>
+      <c r="H56" s="13">
+        <v>124</v>
+      </c>
+      <c r="I56" s="6">
+        <v>222</v>
+      </c>
+      <c r="J56" s="7">
+        <v>2837</v>
+      </c>
+      <c r="K56" s="8">
+        <v>0.14296512799838743</v>
+      </c>
+      <c r="L56" s="9">
+        <v>3059</v>
+      </c>
+      <c r="M56" s="10">
+        <v>0.15415238863132433</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A57" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="B57" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="C57" s="14">
+        <v>6298</v>
+      </c>
+      <c r="D57" s="15">
+        <v>1123</v>
+      </c>
+      <c r="E57" s="16">
+        <v>42</v>
+      </c>
+      <c r="F57" s="12">
+        <v>32</v>
+      </c>
+      <c r="G57" s="12">
+        <v>11</v>
+      </c>
+      <c r="H57" s="13">
+        <v>44</v>
+      </c>
+      <c r="I57" s="6">
+        <v>85</v>
+      </c>
+      <c r="J57" s="7">
+        <v>1167</v>
+      </c>
+      <c r="K57" s="8">
+        <v>0.18529691965703399</v>
+      </c>
+      <c r="L57" s="9">
+        <v>1252</v>
+      </c>
+      <c r="M57" s="10">
+        <v>0.19879326770403302</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A58" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="B58" s="13" t="s">
+        <v>129</v>
+      </c>
+      <c r="C58" s="14">
+        <v>12552</v>
+      </c>
+      <c r="D58" s="15">
+        <v>1665</v>
+      </c>
+      <c r="E58" s="16">
+        <v>37</v>
+      </c>
+      <c r="F58" s="12">
+        <v>68</v>
+      </c>
+      <c r="G58" s="12">
+        <v>21</v>
+      </c>
+      <c r="H58" s="13">
+        <v>68</v>
+      </c>
+      <c r="I58" s="6">
+        <v>126</v>
+      </c>
+      <c r="J58" s="7">
+        <v>1733</v>
+      </c>
+      <c r="K58" s="8">
+        <v>0.13806564690885914</v>
+      </c>
+      <c r="L58" s="9">
+        <v>1859</v>
+      </c>
+      <c r="M58" s="10">
+        <v>0.14810388782664116</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A59" s="12" t="s">
+        <v>130</v>
+      </c>
+      <c r="B59" s="13" t="s">
+        <v>131</v>
+      </c>
+      <c r="C59" s="14">
+        <v>2222</v>
+      </c>
+      <c r="D59" s="15">
+        <v>307</v>
+      </c>
+      <c r="E59" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F59" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G59" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H59" s="13">
+        <v>14</v>
+      </c>
+      <c r="I59" s="6">
+        <v>14</v>
+      </c>
+      <c r="J59" s="7">
+        <v>321</v>
+      </c>
+      <c r="K59" s="8">
+        <v>0.14446444644464446</v>
+      </c>
+      <c r="L59" s="9">
+        <v>335</v>
+      </c>
+      <c r="M59" s="10">
+        <v>0.15076507650765075</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A60" s="12" t="s">
+        <v>132</v>
+      </c>
+      <c r="B60" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="C60" s="14">
+        <v>8496</v>
+      </c>
+      <c r="D60" s="15">
+        <v>1091</v>
+      </c>
+      <c r="E60" s="16">
+        <v>34</v>
+      </c>
+      <c r="F60" s="12">
+        <v>61</v>
+      </c>
+      <c r="G60" s="12">
+        <v>13</v>
+      </c>
+      <c r="H60" s="13">
+        <v>48</v>
+      </c>
+      <c r="I60" s="6">
+        <v>108</v>
+      </c>
+      <c r="J60" s="7">
+        <v>1139</v>
+      </c>
+      <c r="K60" s="8">
+        <v>0.13406308851224105</v>
+      </c>
+      <c r="L60" s="9">
+        <v>1247</v>
+      </c>
+      <c r="M60" s="10">
+        <v>0.14677495291902071</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A61" s="12" t="s">
+        <v>134</v>
+      </c>
+      <c r="B61" s="13" t="s">
+        <v>135</v>
+      </c>
+      <c r="C61" s="14">
+        <v>441</v>
+      </c>
+      <c r="D61" s="15">
+        <v>88</v>
+      </c>
+      <c r="E61" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F61" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G61" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H61" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I61" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J61" s="7">
+        <v>92</v>
+      </c>
+      <c r="K61" s="8">
+        <v>0.20861678004535147</v>
+      </c>
+      <c r="L61" s="9">
+        <v>97</v>
+      </c>
+      <c r="M61" s="10">
+        <v>0.2199546485260771</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A62" s="12" t="s">
+        <v>136</v>
+      </c>
+      <c r="B62" s="13" t="s">
+        <v>137</v>
+      </c>
+      <c r="C62" s="14">
+        <v>20696</v>
+      </c>
+      <c r="D62" s="15">
+        <v>2459</v>
+      </c>
+      <c r="E62" s="16">
+        <v>74</v>
+      </c>
+      <c r="F62" s="12">
+        <v>90</v>
+      </c>
+      <c r="G62" s="12">
+        <v>31</v>
+      </c>
+      <c r="H62" s="13">
+        <v>127</v>
+      </c>
+      <c r="I62" s="6">
+        <v>195</v>
+      </c>
+      <c r="J62" s="7">
+        <v>2586</v>
+      </c>
+      <c r="K62" s="8">
+        <v>0.1249516814843448</v>
+      </c>
+      <c r="L62" s="9">
+        <v>2781</v>
+      </c>
+      <c r="M62" s="10">
+        <v>0.13437379203710861</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A63" s="12" t="s">
+        <v>138</v>
+      </c>
+      <c r="B63" s="13" t="s">
+        <v>139</v>
+      </c>
+      <c r="C63" s="14">
+        <v>5794</v>
+      </c>
+      <c r="D63" s="15">
+        <v>737</v>
+      </c>
+      <c r="E63" s="16">
+        <v>15</v>
+      </c>
+      <c r="F63" s="12">
+        <v>33</v>
+      </c>
+      <c r="G63" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H63" s="13">
+        <v>26</v>
+      </c>
+      <c r="I63" s="6">
+        <v>56</v>
+      </c>
+      <c r="J63" s="7">
+        <v>763</v>
+      </c>
+      <c r="K63" s="8">
+        <v>0.13168795305488437</v>
+      </c>
+      <c r="L63" s="9">
+        <v>819</v>
+      </c>
+      <c r="M63" s="10">
+        <v>0.1413531239212979</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A64" s="12" t="s">
+        <v>140</v>
+      </c>
+      <c r="B64" s="13" t="s">
+        <v>141</v>
+      </c>
+      <c r="C64" s="14">
+        <v>3333</v>
+      </c>
+      <c r="D64" s="15">
+        <v>550</v>
+      </c>
+      <c r="E64" s="16">
+        <v>14</v>
+      </c>
+      <c r="F64" s="12">
+        <v>39</v>
+      </c>
+      <c r="G64" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H64" s="13">
+        <v>18</v>
+      </c>
+      <c r="I64" s="6">
+        <v>60</v>
+      </c>
+      <c r="J64" s="7">
+        <v>568</v>
+      </c>
+      <c r="K64" s="8">
+        <v>0.17041704170417041</v>
+      </c>
+      <c r="L64" s="9">
+        <v>628</v>
+      </c>
+      <c r="M64" s="10">
+        <v>0.18841884188418842</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A65" s="12" t="s">
+        <v>142</v>
+      </c>
+      <c r="B65" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C65" s="14">
+        <v>37030</v>
+      </c>
+      <c r="D65" s="15">
+        <v>5585</v>
+      </c>
+      <c r="E65" s="16">
+        <v>114</v>
+      </c>
+      <c r="F65" s="12">
+        <v>210</v>
+      </c>
+      <c r="G65" s="12">
+        <v>57</v>
+      </c>
+      <c r="H65" s="13">
+        <v>239</v>
+      </c>
+      <c r="I65" s="6">
+        <v>381</v>
+      </c>
+      <c r="J65" s="7">
+        <v>5824</v>
+      </c>
+      <c r="K65" s="8">
+        <v>0.15727788279773156</v>
+      </c>
+      <c r="L65" s="9">
+        <v>6205</v>
+      </c>
+      <c r="M65" s="10">
+        <v>0.16756683769916283</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A66" s="12" t="s">
+        <v>144</v>
+      </c>
+      <c r="B66" s="13" t="s">
+        <v>145</v>
+      </c>
+      <c r="C66" s="14">
+        <v>954</v>
+      </c>
+      <c r="D66" s="15">
+        <v>201</v>
+      </c>
+      <c r="E66" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F66" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G66" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H66" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I66" s="6">
+        <v>13</v>
+      </c>
+      <c r="J66" s="7">
+        <v>206</v>
+      </c>
+      <c r="K66" s="8">
+        <v>0.21593291404612158</v>
+      </c>
+      <c r="L66" s="9">
+        <v>219</v>
+      </c>
+      <c r="M66" s="10">
+        <v>0.22955974842767296</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A67" s="12" t="s">
+        <v>146</v>
+      </c>
+      <c r="B67" s="13" t="s">
+        <v>147</v>
+      </c>
+      <c r="C67" s="14">
+        <v>9152</v>
+      </c>
+      <c r="D67" s="15">
+        <v>1150</v>
+      </c>
+      <c r="E67" s="16">
+        <v>42</v>
+      </c>
+      <c r="F67" s="12">
+        <v>61</v>
+      </c>
+      <c r="G67" s="12">
+        <v>17</v>
+      </c>
+      <c r="H67" s="13">
+        <v>64</v>
+      </c>
+      <c r="I67" s="6">
+        <v>120</v>
+      </c>
+      <c r="J67" s="7">
+        <v>1214</v>
+      </c>
+      <c r="K67" s="8">
+        <v>0.13264860139860141</v>
+      </c>
+      <c r="L67" s="9">
+        <v>1334</v>
+      </c>
+      <c r="M67" s="10">
+        <v>0.1457604895104895</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A68" s="12" t="s">
+        <v>148</v>
+      </c>
+      <c r="B68" s="13" t="s">
+        <v>149</v>
+      </c>
+      <c r="C68" s="14">
+        <v>8106</v>
+      </c>
+      <c r="D68" s="15">
+        <v>1442</v>
+      </c>
+      <c r="E68" s="16">
+        <v>33</v>
+      </c>
+      <c r="F68" s="12">
+        <v>37</v>
+      </c>
+      <c r="G68" s="12">
+        <v>12</v>
+      </c>
+      <c r="H68" s="13">
+        <v>54</v>
+      </c>
+      <c r="I68" s="6">
+        <v>82</v>
+      </c>
+      <c r="J68" s="7">
+        <v>1496</v>
+      </c>
+      <c r="K68" s="8">
+        <v>0.1845546508758944</v>
+      </c>
+      <c r="L68" s="9">
+        <v>1578</v>
+      </c>
+      <c r="M68" s="10">
+        <v>0.19467061435973354</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A69" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="B69" s="13" t="s">
+        <v>151</v>
+      </c>
+      <c r="C69" s="14">
+        <v>11426</v>
+      </c>
+      <c r="D69" s="15">
+        <v>1566</v>
+      </c>
+      <c r="E69" s="16">
+        <v>41</v>
+      </c>
+      <c r="F69" s="12">
+        <v>61</v>
+      </c>
+      <c r="G69" s="12">
+        <v>16</v>
+      </c>
+      <c r="H69" s="13">
+        <v>87</v>
+      </c>
+      <c r="I69" s="6">
+        <v>118</v>
+      </c>
+      <c r="J69" s="7">
+        <v>1653</v>
+      </c>
+      <c r="K69" s="8">
+        <v>0.14467005076142131</v>
+      </c>
+      <c r="L69" s="9">
+        <v>1771</v>
+      </c>
+      <c r="M69" s="10">
+        <v>0.15499737440924208</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A70" s="12" t="s">
+        <v>152</v>
+      </c>
+      <c r="B70" s="13" t="s">
+        <v>153</v>
+      </c>
+      <c r="C70" s="14">
+        <v>4379</v>
+      </c>
+      <c r="D70" s="15">
+        <v>623</v>
+      </c>
+      <c r="E70" s="16">
+        <v>25</v>
+      </c>
+      <c r="F70" s="12">
+        <v>40</v>
+      </c>
+      <c r="G70" s="12">
+        <v>13</v>
+      </c>
+      <c r="H70" s="13">
+        <v>34</v>
+      </c>
+      <c r="I70" s="6">
+        <v>78</v>
+      </c>
+      <c r="J70" s="7">
+        <v>657</v>
+      </c>
+      <c r="K70" s="8">
+        <v>0.15003425439598081</v>
+      </c>
+      <c r="L70" s="9">
+        <v>735</v>
+      </c>
+      <c r="M70" s="10">
+        <v>0.16784654030600593</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A71" s="12" t="s">
+        <v>154</v>
+      </c>
+      <c r="B71" s="13" t="s">
+        <v>155</v>
+      </c>
+      <c r="C71" s="14">
+        <v>2060</v>
+      </c>
+      <c r="D71" s="15">
+        <v>345</v>
+      </c>
+      <c r="E71" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F71" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G71" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H71" s="13">
+        <v>13</v>
+      </c>
+      <c r="I71" s="6">
+        <v>17</v>
+      </c>
+      <c r="J71" s="7">
+        <v>358</v>
+      </c>
+      <c r="K71" s="8">
+        <v>0.17378640776699028</v>
+      </c>
+      <c r="L71" s="9">
+        <v>375</v>
+      </c>
+      <c r="M71" s="10">
+        <v>0.18203883495145631</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A72" s="12" t="s">
+        <v>156</v>
+      </c>
+      <c r="B72" s="13" t="s">
+        <v>157</v>
+      </c>
+      <c r="C72" s="14">
+        <v>2547</v>
+      </c>
+      <c r="D72" s="15">
+        <v>425</v>
+      </c>
+      <c r="E72" s="16">
+        <v>16</v>
+      </c>
+      <c r="F72" s="12">
+        <v>36</v>
+      </c>
+      <c r="G72" s="12">
+        <v>11</v>
+      </c>
+      <c r="H72" s="13">
+        <v>34</v>
+      </c>
+      <c r="I72" s="6">
+        <v>63</v>
+      </c>
+      <c r="J72" s="7">
+        <v>459</v>
+      </c>
+      <c r="K72" s="8">
+        <v>0.18021201413427562</v>
+      </c>
+      <c r="L72" s="9">
+        <v>522</v>
+      </c>
+      <c r="M72" s="10">
+        <v>0.20494699646643111</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A73" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="B73" s="13" t="s">
+        <v>159</v>
+      </c>
+      <c r="C73" s="14">
+        <v>5311</v>
+      </c>
+      <c r="D73" s="15">
+        <v>886</v>
+      </c>
+      <c r="E73" s="16">
+        <v>34</v>
+      </c>
+      <c r="F73" s="12">
+        <v>28</v>
+      </c>
+      <c r="G73" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H73" s="13">
+        <v>44</v>
+      </c>
+      <c r="I73" s="6">
+        <v>71</v>
+      </c>
+      <c r="J73" s="7">
+        <v>930</v>
+      </c>
+      <c r="K73" s="8">
+        <v>0.17510826586330258</v>
+      </c>
+      <c r="L73" s="9">
+        <v>1001</v>
+      </c>
+      <c r="M73" s="10">
+        <v>0.18847674637544717</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A74" s="12" t="s">
+        <v>160</v>
+      </c>
+      <c r="B74" s="13" t="s">
+        <v>161</v>
+      </c>
+      <c r="C74" s="14">
+        <v>141726</v>
+      </c>
+      <c r="D74" s="15">
+        <v>15352</v>
+      </c>
+      <c r="E74" s="16">
+        <v>389</v>
+      </c>
+      <c r="F74" s="12">
+        <v>627</v>
+      </c>
+      <c r="G74" s="12">
+        <v>190</v>
+      </c>
+      <c r="H74" s="13">
+        <v>695</v>
+      </c>
+      <c r="I74" s="6">
+        <v>1206</v>
+      </c>
+      <c r="J74" s="7">
+        <v>16047</v>
+      </c>
+      <c r="K74" s="8">
+        <v>0.11322551966470513</v>
+      </c>
+      <c r="L74" s="9">
+        <v>17253</v>
+      </c>
+      <c r="M74" s="10">
+        <v>0.12173489691376317</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A75" s="12" t="s">
+        <v>162</v>
+      </c>
+      <c r="B75" s="13" t="s">
+        <v>163</v>
+      </c>
+      <c r="C75" s="14">
+        <v>1712</v>
+      </c>
+      <c r="D75" s="15">
+        <v>295</v>
+      </c>
+      <c r="E75" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F75" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G75" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H75" s="13">
+        <v>18</v>
+      </c>
+      <c r="I75" s="6">
+        <v>16</v>
+      </c>
+      <c r="J75" s="7">
+        <v>313</v>
+      </c>
+      <c r="K75" s="8">
+        <v>0.18282710280373832</v>
+      </c>
+      <c r="L75" s="9">
+        <v>329</v>
+      </c>
+      <c r="M75" s="10">
+        <v>0.19217289719626168</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A76" s="12" t="s">
+        <v>164</v>
+      </c>
+      <c r="B76" s="13" t="s">
+        <v>165</v>
+      </c>
+      <c r="C76" s="14">
+        <v>3433</v>
+      </c>
+      <c r="D76" s="15">
+        <v>337</v>
+      </c>
+      <c r="E76" s="16">
+        <v>12</v>
+      </c>
+      <c r="F76" s="12">
+        <v>16</v>
+      </c>
+      <c r="G76" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H76" s="13">
+        <v>26</v>
+      </c>
+      <c r="I76" s="6">
+        <v>31</v>
+      </c>
+      <c r="J76" s="7">
+        <v>363</v>
+      </c>
+      <c r="K76" s="8">
+        <v>0.10573842120594232</v>
+      </c>
+      <c r="L76" s="9">
+        <v>394</v>
+      </c>
+      <c r="M76" s="10">
+        <v>0.1147684241188465</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A77" s="12" t="s">
+        <v>166</v>
+      </c>
+      <c r="B77" s="13" t="s">
+        <v>167</v>
+      </c>
+      <c r="C77" s="14">
+        <v>12927</v>
+      </c>
+      <c r="D77" s="15">
+        <v>1676</v>
+      </c>
+      <c r="E77" s="16">
+        <v>41</v>
+      </c>
+      <c r="F77" s="12">
+        <v>65</v>
+      </c>
+      <c r="G77" s="12">
+        <v>29</v>
+      </c>
+      <c r="H77" s="13">
+        <v>57</v>
+      </c>
+      <c r="I77" s="6">
+        <v>135</v>
+      </c>
+      <c r="J77" s="7">
+        <v>1733</v>
+      </c>
+      <c r="K77" s="8">
+        <v>0.13406049354065136</v>
+      </c>
+      <c r="L77" s="9">
+        <v>1868</v>
+      </c>
+      <c r="M77" s="10">
+        <v>0.14450375183723987</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A78" s="12" t="s">
+        <v>168</v>
+      </c>
+      <c r="B78" s="13" t="s">
+        <v>169</v>
+      </c>
+      <c r="C78" s="14">
+        <v>12973</v>
+      </c>
+      <c r="D78" s="15">
+        <v>1862</v>
+      </c>
+      <c r="E78" s="16">
+        <v>32</v>
+      </c>
+      <c r="F78" s="12">
+        <v>57</v>
+      </c>
+      <c r="G78" s="12">
+        <v>15</v>
+      </c>
+      <c r="H78" s="13">
+        <v>84</v>
+      </c>
+      <c r="I78" s="6">
+        <v>104</v>
+      </c>
+      <c r="J78" s="7">
+        <v>1946</v>
+      </c>
+      <c r="K78" s="8">
+        <v>0.15000385415863718</v>
+      </c>
+      <c r="L78" s="9">
+        <v>2050</v>
+      </c>
+      <c r="M78" s="10">
+        <v>0.15802050412394975</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A79" s="12" t="s">
+        <v>170</v>
+      </c>
+      <c r="B79" s="13" t="s">
+        <v>171</v>
+      </c>
+      <c r="C79" s="14">
+        <v>24560</v>
+      </c>
+      <c r="D79" s="15">
+        <v>3157</v>
+      </c>
+      <c r="E79" s="16">
+        <v>73</v>
+      </c>
+      <c r="F79" s="12">
+        <v>117</v>
+      </c>
+      <c r="G79" s="12">
+        <v>31</v>
+      </c>
+      <c r="H79" s="13">
+        <v>136</v>
+      </c>
+      <c r="I79" s="6">
+        <v>221</v>
+      </c>
+      <c r="J79" s="7">
+        <v>3293</v>
+      </c>
+      <c r="K79" s="8">
+        <v>0.13407980456026058</v>
+      </c>
+      <c r="L79" s="9">
+        <v>3514</v>
+      </c>
+      <c r="M79" s="10">
+        <v>0.14307817589576546</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A80" s="12" t="s">
+        <v>172</v>
+      </c>
+      <c r="B80" s="13" t="s">
+        <v>173</v>
+      </c>
+      <c r="C80" s="14">
+        <v>1177</v>
+      </c>
+      <c r="D80" s="15">
+        <v>166</v>
+      </c>
+      <c r="E80" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F80" s="12">
+        <v>11</v>
+      </c>
+      <c r="G80" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H80" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I80" s="6">
+        <v>19</v>
+      </c>
+      <c r="J80" s="7">
+        <v>172</v>
+      </c>
+      <c r="K80" s="8">
+        <v>0.14613423959218352</v>
+      </c>
+      <c r="L80" s="9">
+        <v>191</v>
+      </c>
+      <c r="M80" s="10">
+        <v>0.16227697536108751</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A81" s="12" t="s">
+        <v>174</v>
+      </c>
+      <c r="B81" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="C81" s="14">
+        <v>27076</v>
+      </c>
+      <c r="D81" s="15">
+        <v>4726</v>
+      </c>
+      <c r="E81" s="16">
+        <v>77</v>
+      </c>
+      <c r="F81" s="12">
+        <v>133</v>
+      </c>
+      <c r="G81" s="12">
+        <v>34</v>
+      </c>
+      <c r="H81" s="13">
+        <v>173</v>
+      </c>
+      <c r="I81" s="6">
+        <v>244</v>
+      </c>
+      <c r="J81" s="7">
+        <v>4899</v>
+      </c>
+      <c r="K81" s="8">
+        <v>0.18093514551632442</v>
+      </c>
+      <c r="L81" s="9">
+        <v>5143</v>
+      </c>
+      <c r="M81" s="10">
+        <v>0.18994681636873983</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A82" s="12" t="s">
+        <v>176</v>
+      </c>
+      <c r="B82" s="13" t="s">
+        <v>177</v>
+      </c>
+      <c r="C82" s="14">
+        <v>6908</v>
+      </c>
+      <c r="D82" s="15">
+        <v>969</v>
+      </c>
+      <c r="E82" s="16">
+        <v>27</v>
+      </c>
+      <c r="F82" s="12">
+        <v>48</v>
+      </c>
+      <c r="G82" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H82" s="13">
+        <v>55</v>
+      </c>
+      <c r="I82" s="6">
+        <v>83</v>
+      </c>
+      <c r="J82" s="7">
+        <v>1024</v>
+      </c>
+      <c r="K82" s="8">
+        <v>0.14823393167342211</v>
+      </c>
+      <c r="L82" s="9">
+        <v>1107</v>
+      </c>
+      <c r="M82" s="10">
+        <v>0.16024898668210771</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A83" s="12" t="s">
+        <v>178</v>
+      </c>
+      <c r="B83" s="13" t="s">
+        <v>179</v>
+      </c>
+      <c r="C83" s="14">
+        <v>11099</v>
+      </c>
+      <c r="D83" s="15">
+        <v>1236</v>
+      </c>
+      <c r="E83" s="16">
+        <v>22</v>
+      </c>
+      <c r="F83" s="12">
+        <v>47</v>
+      </c>
+      <c r="G83" s="12">
+        <v>17</v>
+      </c>
+      <c r="H83" s="13">
+        <v>62</v>
+      </c>
+      <c r="I83" s="6">
+        <v>86</v>
+      </c>
+      <c r="J83" s="7">
+        <v>1298</v>
+      </c>
+      <c r="K83" s="8">
+        <v>0.11694747274529237</v>
+      </c>
+      <c r="L83" s="9">
+        <v>1384</v>
+      </c>
+      <c r="M83" s="10">
+        <v>0.12469591855122084</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A84" s="12" t="s">
+        <v>180</v>
+      </c>
+      <c r="B84" s="13" t="s">
+        <v>181</v>
+      </c>
+      <c r="C84" s="14">
+        <v>1089</v>
+      </c>
+      <c r="D84" s="15">
+        <v>159</v>
+      </c>
+      <c r="E84" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F84" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G84" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H84" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I84" s="6">
+        <v>16</v>
+      </c>
+      <c r="J84" s="7">
+        <v>169</v>
+      </c>
+      <c r="K84" s="8">
+        <v>0.155188246097337</v>
+      </c>
+      <c r="L84" s="9">
+        <v>185</v>
+      </c>
+      <c r="M84" s="10">
+        <v>0.16988062442607896</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A85" s="12" t="s">
+        <v>182</v>
+      </c>
+      <c r="B85" s="13" t="s">
+        <v>183</v>
+      </c>
+      <c r="C85" s="14">
+        <v>4610</v>
+      </c>
+      <c r="D85" s="15">
+        <v>684</v>
+      </c>
+      <c r="E85" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F85" s="12">
+        <v>21</v>
+      </c>
+      <c r="G85" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H85" s="13">
+        <v>34</v>
+      </c>
+      <c r="I85" s="6">
+        <v>35</v>
+      </c>
+      <c r="J85" s="7">
+        <v>718</v>
+      </c>
+      <c r="K85" s="8">
+        <v>0.15574837310195228</v>
+      </c>
+      <c r="L85" s="9">
+        <v>753</v>
+      </c>
+      <c r="M85" s="10">
+        <v>0.16334056399132321</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A86" s="12" t="s">
+        <v>184</v>
+      </c>
+      <c r="B86" s="13" t="s">
+        <v>185</v>
+      </c>
+      <c r="C86" s="14">
+        <v>10715</v>
+      </c>
+      <c r="D86" s="15">
+        <v>1388</v>
+      </c>
+      <c r="E86" s="16">
+        <v>22</v>
+      </c>
+      <c r="F86" s="12">
+        <v>39</v>
+      </c>
+      <c r="G86" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H86" s="13">
+        <v>62</v>
+      </c>
+      <c r="I86" s="6">
+        <v>71</v>
+      </c>
+      <c r="J86" s="7">
+        <v>1450</v>
+      </c>
+      <c r="K86" s="8">
+        <v>0.13532431171255249</v>
+      </c>
+      <c r="L86" s="9">
+        <v>1521</v>
+      </c>
+      <c r="M86" s="10">
+        <v>0.14195053663089127</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A87" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="B87" s="13" t="s">
+        <v>187</v>
+      </c>
+      <c r="C87" s="14">
+        <v>1742</v>
+      </c>
+      <c r="D87" s="15">
+        <v>265</v>
+      </c>
+      <c r="E87" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F87" s="12">
+        <v>17</v>
+      </c>
+      <c r="G87" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H87" s="13">
+        <v>14</v>
+      </c>
+      <c r="I87" s="6">
+        <v>30</v>
+      </c>
+      <c r="J87" s="7">
+        <v>279</v>
+      </c>
+      <c r="K87" s="8">
+        <v>0.16016073478760046</v>
+      </c>
+      <c r="L87" s="9">
+        <v>309</v>
+      </c>
+      <c r="M87" s="10">
+        <v>0.17738231917336394</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A88" s="12" t="s">
+        <v>188</v>
+      </c>
+      <c r="B88" s="13" t="s">
+        <v>189</v>
+      </c>
+      <c r="C88" s="14">
+        <v>4329</v>
+      </c>
+      <c r="D88" s="15">
+        <v>688</v>
+      </c>
+      <c r="E88" s="16">
+        <v>33</v>
+      </c>
+      <c r="F88" s="12">
+        <v>38</v>
+      </c>
+      <c r="G88" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H88" s="13">
+        <v>33</v>
+      </c>
+      <c r="I88" s="6">
+        <v>76</v>
+      </c>
+      <c r="J88" s="7">
+        <v>721</v>
+      </c>
+      <c r="K88" s="8">
+        <v>0.16655116655116656</v>
+      </c>
+      <c r="L88" s="9">
+        <v>797</v>
+      </c>
+      <c r="M88" s="10">
+        <v>0.1841071841071841</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A89" s="12" t="s">
+        <v>190</v>
+      </c>
+      <c r="B89" s="13" t="s">
+        <v>191</v>
+      </c>
+      <c r="C89" s="14">
+        <v>23857</v>
+      </c>
+      <c r="D89" s="15">
+        <v>3229</v>
+      </c>
+      <c r="E89" s="16">
+        <v>72</v>
+      </c>
+      <c r="F89" s="12">
+        <v>109</v>
+      </c>
+      <c r="G89" s="12">
+        <v>38</v>
+      </c>
+      <c r="H89" s="13">
+        <v>122</v>
+      </c>
+      <c r="I89" s="6">
+        <v>219</v>
+      </c>
+      <c r="J89" s="7">
+        <v>3351</v>
+      </c>
+      <c r="K89" s="8">
+        <v>0.14046191893364632</v>
+      </c>
+      <c r="L89" s="9">
+        <v>3570</v>
+      </c>
+      <c r="M89" s="10">
+        <v>0.14964161462044684</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A90" s="12" t="s">
+        <v>192</v>
+      </c>
+      <c r="B90" s="13" t="s">
+        <v>193</v>
+      </c>
+      <c r="C90" s="14">
+        <v>1986</v>
+      </c>
+      <c r="D90" s="15">
+        <v>328</v>
+      </c>
+      <c r="E90" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F90" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G90" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H90" s="13">
+        <v>14</v>
+      </c>
+      <c r="I90" s="6">
+        <v>21</v>
+      </c>
+      <c r="J90" s="7">
+        <v>342</v>
+      </c>
+      <c r="K90" s="8">
+        <v>0.17220543806646527</v>
+      </c>
+      <c r="L90" s="9">
+        <v>363</v>
+      </c>
+      <c r="M90" s="10">
+        <v>0.18277945619335348</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A91" s="12" t="s">
+        <v>194</v>
+      </c>
+      <c r="B91" s="13" t="s">
+        <v>195</v>
+      </c>
+      <c r="C91" s="14">
+        <v>14784</v>
+      </c>
+      <c r="D91" s="15">
+        <v>1837</v>
+      </c>
+      <c r="E91" s="16">
+        <v>64</v>
+      </c>
+      <c r="F91" s="12">
+        <v>88</v>
+      </c>
+      <c r="G91" s="12">
+        <v>23</v>
+      </c>
+      <c r="H91" s="13">
+        <v>80</v>
+      </c>
+      <c r="I91" s="6">
+        <v>175</v>
+      </c>
+      <c r="J91" s="7">
+        <v>1917</v>
+      </c>
+      <c r="K91" s="8">
+        <v>0.12966720779220781</v>
+      </c>
+      <c r="L91" s="9">
+        <v>2092</v>
+      </c>
+      <c r="M91" s="10">
+        <v>0.14150432900432899</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A92" s="12" t="s">
+        <v>196</v>
+      </c>
+      <c r="B92" s="13" t="s">
+        <v>197</v>
+      </c>
+      <c r="C92" s="14">
+        <v>4405</v>
+      </c>
+      <c r="D92" s="15">
+        <v>563</v>
+      </c>
+      <c r="E92" s="16">
+        <v>28</v>
+      </c>
+      <c r="F92" s="12">
+        <v>41</v>
+      </c>
+      <c r="G92" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H92" s="13">
+        <v>41</v>
+      </c>
+      <c r="I92" s="6">
+        <v>79</v>
+      </c>
+      <c r="J92" s="7">
+        <v>604</v>
+      </c>
+      <c r="K92" s="8">
+        <v>0.13711691259931896</v>
+      </c>
+      <c r="L92" s="9">
+        <v>683</v>
+      </c>
+      <c r="M92" s="10">
+        <v>0.1550510783200908</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A93" s="12" t="s">
+        <v>198</v>
+      </c>
+      <c r="B93" s="13" t="s">
+        <v>199</v>
+      </c>
+      <c r="C93" s="14">
+        <v>6325</v>
+      </c>
+      <c r="D93" s="15">
+        <v>1011</v>
+      </c>
+      <c r="E93" s="16">
+        <v>24</v>
+      </c>
+      <c r="F93" s="12">
+        <v>41</v>
+      </c>
+      <c r="G93" s="12">
+        <v>21</v>
+      </c>
+      <c r="H93" s="13">
+        <v>54</v>
+      </c>
+      <c r="I93" s="6">
+        <v>86</v>
+      </c>
+      <c r="J93" s="7">
+        <v>1065</v>
+      </c>
+      <c r="K93" s="8">
+        <v>0.1683794466403162</v>
+      </c>
+      <c r="L93" s="9">
+        <v>1151</v>
+      </c>
+      <c r="M93" s="10">
+        <v>0.18197628458498025</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A94" s="12" t="s">
+        <v>200</v>
+      </c>
+      <c r="B94" s="13" t="s">
+        <v>201</v>
+      </c>
+      <c r="C94" s="14">
+        <v>20340</v>
+      </c>
+      <c r="D94" s="15">
+        <v>2253</v>
+      </c>
+      <c r="E94" s="16">
+        <v>96</v>
+      </c>
+      <c r="F94" s="12">
+        <v>159</v>
+      </c>
+      <c r="G94" s="12">
+        <v>25</v>
+      </c>
+      <c r="H94" s="13">
+        <v>101</v>
+      </c>
+      <c r="I94" s="6">
+        <v>280</v>
+      </c>
+      <c r="J94" s="7">
+        <v>2354</v>
+      </c>
+      <c r="K94" s="8">
+        <v>0.11573254670599803</v>
+      </c>
+      <c r="L94" s="9">
+        <v>2634</v>
+      </c>
+      <c r="M94" s="10">
+        <v>0.12949852507374632</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A95" s="12" t="s">
+        <v>202</v>
+      </c>
+      <c r="B95" s="13" t="s">
+        <v>203</v>
+      </c>
+      <c r="C95" s="14">
+        <v>10849</v>
+      </c>
+      <c r="D95" s="15">
+        <v>1857</v>
+      </c>
+      <c r="E95" s="16">
+        <v>54</v>
+      </c>
+      <c r="F95" s="12">
+        <v>111</v>
+      </c>
+      <c r="G95" s="12">
+        <v>35</v>
+      </c>
+      <c r="H95" s="13">
+        <v>96</v>
+      </c>
+      <c r="I95" s="6">
+        <v>200</v>
+      </c>
+      <c r="J95" s="7">
+        <v>1953</v>
+      </c>
+      <c r="K95" s="8">
+        <v>0.18001659139091161</v>
+      </c>
+      <c r="L95" s="9">
+        <v>2153</v>
+      </c>
+      <c r="M95" s="10">
+        <v>0.19845147018158354</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A96" s="12" t="s">
+        <v>204</v>
+      </c>
+      <c r="B96" s="13" t="s">
+        <v>205</v>
+      </c>
+      <c r="C96" s="14">
+        <v>17564</v>
+      </c>
+      <c r="D96" s="15">
+        <v>2080</v>
+      </c>
+      <c r="E96" s="16">
+        <v>32</v>
+      </c>
+      <c r="F96" s="12">
+        <v>46</v>
+      </c>
+      <c r="G96" s="12">
+        <v>14</v>
+      </c>
+      <c r="H96" s="13">
+        <v>81</v>
+      </c>
+      <c r="I96" s="6">
+        <v>92</v>
+      </c>
+      <c r="J96" s="7">
+        <v>2161</v>
+      </c>
+      <c r="K96" s="8">
+        <v>0.12303575495331359</v>
+      </c>
+      <c r="L96" s="9">
+        <v>2253</v>
+      </c>
+      <c r="M96" s="10">
+        <v>0.12827374174447734</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A97" s="12" t="s">
+        <v>206</v>
+      </c>
+      <c r="B97" s="13" t="s">
+        <v>207</v>
+      </c>
+      <c r="C97" s="14">
+        <v>7161</v>
+      </c>
+      <c r="D97" s="15">
+        <v>1226</v>
+      </c>
+      <c r="E97" s="16">
+        <v>34</v>
+      </c>
+      <c r="F97" s="12">
+        <v>51</v>
+      </c>
+      <c r="G97" s="12">
+        <v>14</v>
+      </c>
+      <c r="H97" s="13">
+        <v>69</v>
+      </c>
+      <c r="I97" s="6">
+        <v>99</v>
+      </c>
+      <c r="J97" s="7">
+        <v>1295</v>
+      </c>
+      <c r="K97" s="8">
+        <v>0.18084066471163246</v>
+      </c>
+      <c r="L97" s="9">
+        <v>1394</v>
+      </c>
+      <c r="M97" s="10">
+        <v>0.19466554950425918</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A98" s="12" t="s">
+        <v>208</v>
+      </c>
+      <c r="B98" s="13" t="s">
+        <v>209</v>
+      </c>
+      <c r="C98" s="14">
+        <v>7807</v>
+      </c>
+      <c r="D98" s="15">
+        <v>911</v>
+      </c>
+      <c r="E98" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F98" s="12">
+        <v>19</v>
+      </c>
+      <c r="G98" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H98" s="13">
+        <v>35</v>
+      </c>
+      <c r="I98" s="6">
+        <v>33</v>
+      </c>
+      <c r="J98" s="7">
+        <v>946</v>
+      </c>
+      <c r="K98" s="8">
+        <v>0.12117330600742923</v>
+      </c>
+      <c r="L98" s="9">
+        <v>979</v>
+      </c>
+      <c r="M98" s="10">
+        <v>0.12540028179838605</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A99" s="12" t="s">
+        <v>210</v>
+      </c>
+      <c r="B99" s="13" t="s">
+        <v>211</v>
+      </c>
+      <c r="C99" s="14">
+        <v>2887</v>
+      </c>
+      <c r="D99" s="15">
+        <v>207</v>
+      </c>
+      <c r="E99" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F99" s="12">
+        <v>14</v>
+      </c>
+      <c r="G99" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H99" s="13">
+        <v>12</v>
+      </c>
+      <c r="I99" s="6">
+        <v>24</v>
+      </c>
+      <c r="J99" s="7">
+        <v>219</v>
+      </c>
+      <c r="K99" s="8">
+        <v>7.5857291305853822E-2</v>
+      </c>
+      <c r="L99" s="9">
+        <v>243</v>
+      </c>
+      <c r="M99" s="10">
+        <v>8.4170419120193976E-2</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A100" s="12" t="s">
+        <v>212</v>
+      </c>
+      <c r="B100" s="13" t="s">
+        <v>213</v>
+      </c>
+      <c r="C100" s="14">
+        <v>5207</v>
+      </c>
+      <c r="D100" s="15">
+        <v>914</v>
+      </c>
+      <c r="E100" s="16">
+        <v>17</v>
+      </c>
+      <c r="F100" s="12">
+        <v>38</v>
+      </c>
+      <c r="G100" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H100" s="13">
+        <v>46</v>
+      </c>
+      <c r="I100" s="6">
+        <v>59</v>
+      </c>
+      <c r="J100" s="7">
+        <v>960</v>
+      </c>
+      <c r="K100" s="8">
+        <v>0.18436719800268869</v>
+      </c>
+      <c r="L100" s="9">
+        <v>1019</v>
+      </c>
+      <c r="M100" s="10">
+        <v>0.1956980987132706</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A101" s="12" t="s">
+        <v>214</v>
+      </c>
+      <c r="B101" s="13" t="s">
+        <v>215</v>
+      </c>
+      <c r="C101" s="14">
+        <v>8689</v>
+      </c>
+      <c r="D101" s="15">
+        <v>1020</v>
+      </c>
+      <c r="E101" s="16">
+        <v>21</v>
+      </c>
+      <c r="F101" s="12">
+        <v>52</v>
+      </c>
+      <c r="G101" s="12">
+        <v>13</v>
+      </c>
+      <c r="H101" s="13">
+        <v>40</v>
+      </c>
+      <c r="I101" s="6">
+        <v>86</v>
+      </c>
+      <c r="J101" s="7">
+        <v>1060</v>
+      </c>
+      <c r="K101" s="8">
+        <v>0.12199332489354356</v>
+      </c>
+      <c r="L101" s="9">
+        <v>1146</v>
+      </c>
+      <c r="M101" s="10">
+        <v>0.13189089653584993</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A102" s="12" t="s">
+        <v>216</v>
+      </c>
+      <c r="B102" s="13" t="s">
+        <v>217</v>
+      </c>
+      <c r="C102" s="14">
+        <v>5435</v>
+      </c>
+      <c r="D102" s="15">
+        <v>944</v>
+      </c>
+      <c r="E102" s="16">
+        <v>26</v>
+      </c>
+      <c r="F102" s="12">
+        <v>43</v>
+      </c>
+      <c r="G102" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H102" s="13">
+        <v>42</v>
+      </c>
+      <c r="I102" s="6">
+        <v>79</v>
+      </c>
+      <c r="J102" s="7">
+        <v>986</v>
+      </c>
+      <c r="K102" s="8">
+        <v>0.18141674333026678</v>
+      </c>
+      <c r="L102" s="9">
+        <v>1065</v>
+      </c>
+      <c r="M102" s="10">
+        <v>0.19595216191352346</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A103" s="12" t="s">
+        <v>218</v>
+      </c>
+      <c r="B103" s="13" t="s">
+        <v>219</v>
+      </c>
+      <c r="C103" s="14">
+        <v>7099</v>
+      </c>
+      <c r="D103" s="15">
+        <v>859</v>
+      </c>
+      <c r="E103" s="16">
+        <v>17</v>
+      </c>
+      <c r="F103" s="12">
+        <v>47</v>
+      </c>
+      <c r="G103" s="12">
+        <v>11</v>
+      </c>
+      <c r="H103" s="13">
+        <v>61</v>
+      </c>
+      <c r="I103" s="6">
+        <v>75</v>
+      </c>
+      <c r="J103" s="7">
+        <v>920</v>
+      </c>
+      <c r="K103" s="8">
+        <v>0.12959571770671927</v>
+      </c>
+      <c r="L103" s="9">
+        <v>995</v>
+      </c>
+      <c r="M103" s="10">
+        <v>0.14016058599802789</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A104" s="12" t="s">
+        <v>220</v>
+      </c>
+      <c r="B104" s="13" t="s">
+        <v>221</v>
+      </c>
+      <c r="C104" s="14">
+        <v>1226</v>
+      </c>
+      <c r="D104" s="15">
+        <v>144</v>
+      </c>
+      <c r="E104" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F104" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G104" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H104" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I104" s="6">
+        <v>13</v>
+      </c>
+      <c r="J104" s="7">
+        <v>154</v>
+      </c>
+      <c r="K104" s="8">
+        <v>0.12561174551386622</v>
+      </c>
+      <c r="L104" s="9">
+        <v>167</v>
+      </c>
+      <c r="M104" s="10">
+        <v>0.13621533442088091</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A105" s="12" t="s">
+        <v>222</v>
+      </c>
+      <c r="B105" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="C105" s="14">
+        <v>1723</v>
+      </c>
+      <c r="D105" s="15">
+        <v>234</v>
+      </c>
+      <c r="E105" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F105" s="12">
+        <v>13</v>
+      </c>
+      <c r="G105" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H105" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I105" s="6">
+        <v>24</v>
+      </c>
+      <c r="J105" s="7">
+        <v>243</v>
+      </c>
+      <c r="K105" s="8">
+        <v>0.14103308183401045</v>
+      </c>
+      <c r="L105" s="9">
+        <v>267</v>
+      </c>
+      <c r="M105" s="10">
+        <v>0.15496227510156704</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A106" s="12" t="s">
+        <v>224</v>
+      </c>
+      <c r="B106" s="13" t="s">
+        <v>225</v>
+      </c>
+      <c r="C106" s="14">
+        <v>1798</v>
+      </c>
+      <c r="D106" s="15">
+        <v>356</v>
+      </c>
+      <c r="E106" s="16">
+        <v>12</v>
+      </c>
+      <c r="F106" s="12">
+        <v>18</v>
+      </c>
+      <c r="G106" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H106" s="13">
+        <v>19</v>
+      </c>
+      <c r="I106" s="6">
+        <v>36</v>
+      </c>
+      <c r="J106" s="7">
+        <v>375</v>
+      </c>
+      <c r="K106" s="8">
+        <v>0.20856507230255839</v>
+      </c>
+      <c r="L106" s="9">
+        <v>411</v>
+      </c>
+      <c r="M106" s="10">
+        <v>0.22858731924360401</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A107" s="12" t="s">
+        <v>226</v>
+      </c>
+      <c r="B107" s="13" t="s">
+        <v>227</v>
+      </c>
+      <c r="C107" s="14">
+        <v>3150</v>
+      </c>
+      <c r="D107" s="15">
+        <v>558</v>
+      </c>
+      <c r="E107" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F107" s="12">
+        <v>14</v>
+      </c>
+      <c r="G107" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H107" s="13">
+        <v>25</v>
+      </c>
+      <c r="I107" s="6">
+        <v>30</v>
+      </c>
+      <c r="J107" s="7">
+        <v>583</v>
+      </c>
+      <c r="K107" s="8">
+        <v>0.18507936507936507</v>
+      </c>
+      <c r="L107" s="9">
+        <v>613</v>
+      </c>
+      <c r="M107" s="10">
+        <v>0.19460317460317461</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A108" s="12" t="s">
+        <v>228</v>
+      </c>
+      <c r="B108" s="13" t="s">
+        <v>229</v>
+      </c>
+      <c r="C108" s="14">
+        <v>436</v>
+      </c>
+      <c r="D108" s="15">
+        <v>72</v>
+      </c>
+      <c r="E108" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F108" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G108" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H108" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I108" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J108" s="7">
+        <v>74</v>
+      </c>
+      <c r="K108" s="8">
+        <v>0.16972477064220184</v>
+      </c>
+      <c r="L108" s="9">
+        <v>84</v>
+      </c>
+      <c r="M108" s="10">
+        <v>0.19266055045871561</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A109" s="12" t="s">
+        <v>230</v>
+      </c>
+      <c r="B109" s="13" t="s">
+        <v>231</v>
+      </c>
+      <c r="C109" s="14">
+        <v>40870</v>
+      </c>
+      <c r="D109" s="15">
+        <v>3964</v>
+      </c>
+      <c r="E109" s="16">
+        <v>81</v>
+      </c>
+      <c r="F109" s="26">
+        <v>122</v>
+      </c>
+      <c r="G109" s="26">
+        <v>33</v>
+      </c>
+      <c r="H109" s="27">
+        <v>127</v>
+      </c>
+      <c r="I109" s="6">
+        <v>236</v>
+      </c>
+      <c r="J109" s="7">
+        <v>4091</v>
+      </c>
+      <c r="K109" s="8">
+        <v>0.1000978712992415</v>
+      </c>
+      <c r="L109" s="9">
+        <v>4327</v>
+      </c>
+      <c r="M109" s="10">
+        <v>0.10587227795448985</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A110" s="12" t="s">
+        <v>232</v>
+      </c>
+      <c r="B110" s="13" t="s">
+        <v>233</v>
+      </c>
+      <c r="C110" s="14">
+        <v>4943</v>
+      </c>
+      <c r="D110" s="15">
+        <v>638</v>
+      </c>
+      <c r="E110" s="28" t="s">
+        <v>691</v>
+      </c>
+      <c r="F110" s="26">
+        <v>21</v>
+      </c>
+      <c r="G110" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H110" s="27">
+        <v>18</v>
+      </c>
+      <c r="I110" s="6">
+        <v>41</v>
+      </c>
+      <c r="J110" s="7">
+        <v>656</v>
+      </c>
+      <c r="K110" s="8">
+        <v>0.13271292737204127</v>
+      </c>
+      <c r="L110" s="9">
+        <v>697</v>
+      </c>
+      <c r="M110" s="10">
+        <v>0.14100748533279384</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A111" s="12" t="s">
+        <v>234</v>
+      </c>
+      <c r="B111" s="13" t="s">
+        <v>235</v>
+      </c>
+      <c r="C111" s="14">
+        <v>161115</v>
+      </c>
+      <c r="D111" s="15">
+        <v>17903</v>
+      </c>
+      <c r="E111" s="16">
+        <v>699</v>
+      </c>
+      <c r="F111" s="12">
+        <v>1147</v>
+      </c>
+      <c r="G111" s="12">
+        <v>323</v>
+      </c>
+      <c r="H111" s="13">
+        <v>978</v>
+      </c>
+      <c r="I111" s="6">
+        <v>2169</v>
+      </c>
+      <c r="J111" s="7">
+        <v>18881</v>
+      </c>
+      <c r="K111" s="8">
+        <v>0.11718958507898085</v>
+      </c>
+      <c r="L111" s="9">
+        <v>21050</v>
+      </c>
+      <c r="M111" s="10">
+        <v>0.13065201874437513</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A112" s="12" t="s">
+        <v>236</v>
+      </c>
+      <c r="B112" s="13" t="s">
+        <v>237</v>
+      </c>
+      <c r="C112" s="14">
+        <v>1503</v>
+      </c>
+      <c r="D112" s="15">
+        <v>249</v>
+      </c>
+      <c r="E112" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F112" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G112" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H112" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I112" s="6">
+        <v>15</v>
+      </c>
+      <c r="J112" s="7">
+        <v>256</v>
+      </c>
+      <c r="K112" s="8">
+        <v>0.17032601463739189</v>
+      </c>
+      <c r="L112" s="9">
+        <v>271</v>
+      </c>
+      <c r="M112" s="10">
+        <v>0.18030605455755155</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A113" s="12" t="s">
+        <v>238</v>
+      </c>
+      <c r="B113" s="13" t="s">
+        <v>239</v>
+      </c>
+      <c r="C113" s="14">
+        <v>975</v>
+      </c>
+      <c r="D113" s="15">
+        <v>144</v>
+      </c>
+      <c r="E113" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F113" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G113" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H113" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I113" s="6">
+        <v>21</v>
+      </c>
+      <c r="J113" s="7">
+        <v>154</v>
+      </c>
+      <c r="K113" s="8">
+        <v>0.15794871794871795</v>
+      </c>
+      <c r="L113" s="9">
+        <v>175</v>
+      </c>
+      <c r="M113" s="10">
+        <v>0.17948717948717949</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A114" s="12" t="s">
+        <v>240</v>
+      </c>
+      <c r="B114" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="C114" s="14">
+        <v>4537</v>
+      </c>
+      <c r="D114" s="15">
+        <v>744</v>
+      </c>
+      <c r="E114" s="16">
+        <v>16</v>
+      </c>
+      <c r="F114" s="12">
+        <v>35</v>
+      </c>
+      <c r="G114" s="12">
+        <v>11</v>
+      </c>
+      <c r="H114" s="13">
+        <v>36</v>
+      </c>
+      <c r="I114" s="6">
+        <v>62</v>
+      </c>
+      <c r="J114" s="7">
+        <v>780</v>
+      </c>
+      <c r="K114" s="8">
+        <v>0.17191977077363896</v>
+      </c>
+      <c r="L114" s="9">
+        <v>842</v>
+      </c>
+      <c r="M114" s="10">
+        <v>0.18558518845051797</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A115" s="12" t="s">
+        <v>242</v>
+      </c>
+      <c r="B115" s="13" t="s">
+        <v>243</v>
+      </c>
+      <c r="C115" s="14">
+        <v>17113</v>
+      </c>
+      <c r="D115" s="15">
+        <v>2237</v>
+      </c>
+      <c r="E115" s="16">
+        <v>73</v>
+      </c>
+      <c r="F115" s="12">
+        <v>115</v>
+      </c>
+      <c r="G115" s="12">
+        <v>38</v>
+      </c>
+      <c r="H115" s="13">
+        <v>151</v>
+      </c>
+      <c r="I115" s="6">
+        <v>226</v>
+      </c>
+      <c r="J115" s="7">
+        <v>2388</v>
+      </c>
+      <c r="K115" s="8">
+        <v>0.13954303745690411</v>
+      </c>
+      <c r="L115" s="9">
+        <v>2614</v>
+      </c>
+      <c r="M115" s="10">
+        <v>0.15274937182259102</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A116" s="12" t="s">
+        <v>244</v>
+      </c>
+      <c r="B116" s="13" t="s">
+        <v>245</v>
+      </c>
+      <c r="C116" s="14">
+        <v>8201</v>
+      </c>
+      <c r="D116" s="15">
+        <v>1235</v>
+      </c>
+      <c r="E116" s="16">
+        <v>30</v>
+      </c>
+      <c r="F116" s="12">
+        <v>51</v>
+      </c>
+      <c r="G116" s="12">
+        <v>13</v>
+      </c>
+      <c r="H116" s="13">
+        <v>88</v>
+      </c>
+      <c r="I116" s="6">
+        <v>94</v>
+      </c>
+      <c r="J116" s="7">
+        <v>1323</v>
+      </c>
+      <c r="K116" s="8">
+        <v>0.16132179002560662</v>
+      </c>
+      <c r="L116" s="9">
+        <v>1417</v>
+      </c>
+      <c r="M116" s="10">
+        <v>0.17278380685282282</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A117" s="12" t="s">
+        <v>246</v>
+      </c>
+      <c r="B117" s="13" t="s">
+        <v>247</v>
+      </c>
+      <c r="C117" s="14">
+        <v>10220</v>
+      </c>
+      <c r="D117" s="15">
+        <v>1064</v>
+      </c>
+      <c r="E117" s="16">
+        <v>26</v>
+      </c>
+      <c r="F117" s="12">
+        <v>48</v>
+      </c>
+      <c r="G117" s="12">
+        <v>18</v>
+      </c>
+      <c r="H117" s="13">
+        <v>59</v>
+      </c>
+      <c r="I117" s="6">
+        <v>92</v>
+      </c>
+      <c r="J117" s="7">
+        <v>1123</v>
+      </c>
+      <c r="K117" s="8">
+        <v>0.1098825831702544</v>
+      </c>
+      <c r="L117" s="9">
+        <v>1215</v>
+      </c>
+      <c r="M117" s="10">
+        <v>0.11888454011741682</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A118" s="12" t="s">
+        <v>248</v>
+      </c>
+      <c r="B118" s="13" t="s">
+        <v>249</v>
+      </c>
+      <c r="C118" s="14">
+        <v>4958</v>
+      </c>
+      <c r="D118" s="15">
+        <v>748</v>
+      </c>
+      <c r="E118" s="16">
+        <v>16</v>
+      </c>
+      <c r="F118" s="12">
+        <v>38</v>
+      </c>
+      <c r="G118" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H118" s="13">
+        <v>38</v>
+      </c>
+      <c r="I118" s="6">
+        <v>62</v>
+      </c>
+      <c r="J118" s="7">
+        <v>786</v>
+      </c>
+      <c r="K118" s="8">
+        <v>0.15853166599435256</v>
+      </c>
+      <c r="L118" s="9">
+        <v>848</v>
+      </c>
+      <c r="M118" s="10">
+        <v>0.17103670835014118</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A119" s="12" t="s">
+        <v>250</v>
+      </c>
+      <c r="B119" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="C119" s="14">
+        <v>2042</v>
+      </c>
+      <c r="D119" s="15">
+        <v>274</v>
+      </c>
+      <c r="E119" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F119" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G119" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H119" s="13">
+        <v>16</v>
+      </c>
+      <c r="I119" s="6">
+        <v>20</v>
+      </c>
+      <c r="J119" s="7">
+        <v>290</v>
+      </c>
+      <c r="K119" s="8">
+        <v>0.14201762977473065</v>
+      </c>
+      <c r="L119" s="9">
+        <v>310</v>
+      </c>
+      <c r="M119" s="10">
+        <v>0.15181194906953965</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A120" s="17" t="s">
+        <v>252</v>
+      </c>
+      <c r="B120" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="C120" s="19" t="s">
+        <v>691</v>
+      </c>
+      <c r="D120" s="20">
+        <v>55</v>
+      </c>
+      <c r="E120" s="21" t="s">
+        <v>691</v>
+      </c>
+      <c r="F120" s="17" t="s">
+        <v>691</v>
+      </c>
+      <c r="G120" s="17" t="s">
+        <v>691</v>
+      </c>
+      <c r="H120" s="18" t="s">
+        <v>691</v>
+      </c>
+      <c r="I120" s="22" t="s">
+        <v>691</v>
+      </c>
+      <c r="J120" s="23">
+        <v>55</v>
+      </c>
+      <c r="K120" s="24" t="s">
+        <v>89</v>
+      </c>
+      <c r="L120" s="25">
+        <v>55</v>
+      </c>
+      <c r="M120" s="47" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A121" s="17" t="s">
+        <v>254</v>
+      </c>
+      <c r="B121" s="18" t="s">
+        <v>255</v>
+      </c>
+      <c r="C121" s="19" t="s">
+        <v>691</v>
+      </c>
+      <c r="D121" s="20">
+        <v>40</v>
+      </c>
+      <c r="E121" s="21" t="s">
+        <v>691</v>
+      </c>
+      <c r="F121" s="17" t="s">
+        <v>691</v>
+      </c>
+      <c r="G121" s="17" t="s">
+        <v>691</v>
+      </c>
+      <c r="H121" s="18" t="s">
+        <v>691</v>
+      </c>
+      <c r="I121" s="22" t="s">
+        <v>691</v>
+      </c>
+      <c r="J121" s="23">
+        <v>40</v>
+      </c>
+      <c r="K121" s="24" t="s">
+        <v>89</v>
+      </c>
+      <c r="L121" s="25">
+        <v>40</v>
+      </c>
+      <c r="M121" s="47" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A122" s="17" t="s">
+        <v>256</v>
+      </c>
+      <c r="B122" s="18" t="s">
+        <v>257</v>
+      </c>
+      <c r="C122" s="19" t="s">
+        <v>691</v>
+      </c>
+      <c r="D122" s="20">
+        <v>115</v>
+      </c>
+      <c r="E122" s="21" t="s">
+        <v>691</v>
+      </c>
+      <c r="F122" s="17" t="s">
+        <v>691</v>
+      </c>
+      <c r="G122" s="17" t="s">
+        <v>691</v>
+      </c>
+      <c r="H122" s="18" t="s">
+        <v>691</v>
+      </c>
+      <c r="I122" s="22" t="s">
+        <v>691</v>
+      </c>
+      <c r="J122" s="23">
+        <v>115</v>
+      </c>
+      <c r="K122" s="24" t="s">
+        <v>89</v>
+      </c>
+      <c r="L122" s="25">
+        <v>115</v>
+      </c>
+      <c r="M122" s="47" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A123" s="12" t="s">
+        <v>258</v>
+      </c>
+      <c r="B123" s="13" t="s">
+        <v>259</v>
+      </c>
+      <c r="C123" s="14">
+        <v>2451</v>
+      </c>
+      <c r="D123" s="15">
+        <v>365</v>
+      </c>
+      <c r="E123" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F123" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G123" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H123" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I123" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J123" s="7">
+        <v>365</v>
+      </c>
+      <c r="K123" s="8">
+        <v>0.1489188086495308</v>
+      </c>
+      <c r="L123" s="9">
+        <v>365</v>
+      </c>
+      <c r="M123" s="10">
+        <v>0.1489188086495308</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A124" s="12" t="s">
+        <v>260</v>
+      </c>
+      <c r="B124" s="13" t="s">
+        <v>261</v>
+      </c>
+      <c r="C124" s="14">
+        <v>3586</v>
+      </c>
+      <c r="D124" s="15">
+        <v>443</v>
+      </c>
+      <c r="E124" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F124" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G124" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H124" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I124" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J124" s="7">
+        <v>447</v>
+      </c>
+      <c r="K124" s="8">
+        <v>0.12465142219743447</v>
+      </c>
+      <c r="L124" s="9">
+        <v>447</v>
+      </c>
+      <c r="M124" s="10">
+        <v>0.12465142219743447</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A125" s="12" t="s">
+        <v>262</v>
+      </c>
+      <c r="B125" s="13" t="s">
+        <v>263</v>
+      </c>
+      <c r="C125" s="14">
+        <v>779</v>
+      </c>
+      <c r="D125" s="15">
+        <v>70</v>
+      </c>
+      <c r="E125" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F125" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G125" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H125" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I125" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J125" s="7">
+        <v>77</v>
+      </c>
+      <c r="K125" s="8">
+        <v>9.8844672657252886E-2</v>
+      </c>
+      <c r="L125" s="9">
+        <v>77</v>
+      </c>
+      <c r="M125" s="10">
+        <v>9.8844672657252886E-2</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A126" s="12" t="s">
+        <v>264</v>
+      </c>
+      <c r="B126" s="13" t="s">
+        <v>265</v>
+      </c>
+      <c r="C126" s="14">
+        <v>965</v>
+      </c>
+      <c r="D126" s="15">
+        <v>129</v>
+      </c>
+      <c r="E126" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F126" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G126" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H126" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I126" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J126" s="7">
+        <v>135</v>
+      </c>
+      <c r="K126" s="8">
+        <v>0.13989637305699482</v>
+      </c>
+      <c r="L126" s="9">
+        <v>135</v>
+      </c>
+      <c r="M126" s="10">
+        <v>0.13989637305699482</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A127" s="12" t="s">
+        <v>266</v>
+      </c>
+      <c r="B127" s="13" t="s">
+        <v>267</v>
+      </c>
+      <c r="C127" s="14">
+        <v>593</v>
+      </c>
+      <c r="D127" s="15">
+        <v>64</v>
+      </c>
+      <c r="E127" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F127" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G127" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H127" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I127" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J127" s="7">
+        <v>65</v>
+      </c>
+      <c r="K127" s="8">
+        <v>0.10961214165261383</v>
+      </c>
+      <c r="L127" s="9">
+        <v>65</v>
+      </c>
+      <c r="M127" s="10">
+        <v>0.10961214165261383</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A128" s="12" t="s">
+        <v>268</v>
+      </c>
+      <c r="B128" s="13" t="s">
+        <v>269</v>
+      </c>
+      <c r="C128" s="14">
+        <v>732</v>
+      </c>
+      <c r="D128" s="15">
+        <v>117</v>
+      </c>
+      <c r="E128" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F128" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G128" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H128" s="13">
+        <v>12</v>
+      </c>
+      <c r="I128" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J128" s="7">
+        <v>129</v>
+      </c>
+      <c r="K128" s="8">
+        <v>0.17622950819672131</v>
+      </c>
+      <c r="L128" s="9">
+        <v>129</v>
+      </c>
+      <c r="M128" s="10">
+        <v>0.17622950819672131</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A129" s="12" t="s">
+        <v>270</v>
+      </c>
+      <c r="B129" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="C129" s="14">
+        <v>129</v>
+      </c>
+      <c r="D129" s="15">
+        <v>31</v>
+      </c>
+      <c r="E129" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F129" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G129" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H129" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I129" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J129" s="7">
+        <v>31</v>
+      </c>
+      <c r="K129" s="8">
+        <v>0.24031007751937986</v>
+      </c>
+      <c r="L129" s="9">
+        <v>31</v>
+      </c>
+      <c r="M129" s="10">
+        <v>0.24031007751937986</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A130" s="12" t="s">
+        <v>272</v>
+      </c>
+      <c r="B130" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="C130" s="14">
+        <v>417</v>
+      </c>
+      <c r="D130" s="15">
+        <v>65</v>
+      </c>
+      <c r="E130" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F130" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G130" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H130" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I130" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J130" s="7">
+        <v>70</v>
+      </c>
+      <c r="K130" s="8">
+        <v>0.16786570743405277</v>
+      </c>
+      <c r="L130" s="9">
+        <v>70</v>
+      </c>
+      <c r="M130" s="10">
+        <v>0.16786570743405277</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A131" s="12" t="s">
+        <v>274</v>
+      </c>
+      <c r="B131" s="13" t="s">
+        <v>275</v>
+      </c>
+      <c r="C131" s="14">
+        <v>203</v>
+      </c>
+      <c r="D131" s="15">
+        <v>36</v>
+      </c>
+      <c r="E131" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F131" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G131" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H131" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I131" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J131" s="7">
+        <v>36</v>
+      </c>
+      <c r="K131" s="8">
+        <v>0.17733990147783252</v>
+      </c>
+      <c r="L131" s="9">
+        <v>36</v>
+      </c>
+      <c r="M131" s="10">
+        <v>0.17733990147783252</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A132" s="12" t="s">
+        <v>276</v>
+      </c>
+      <c r="B132" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="C132" s="14">
+        <v>627</v>
+      </c>
+      <c r="D132" s="15">
+        <v>107</v>
+      </c>
+      <c r="E132" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F132" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G132" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H132" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I132" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J132" s="7">
+        <v>110</v>
+      </c>
+      <c r="K132" s="8">
+        <v>0.17543859649122806</v>
+      </c>
+      <c r="L132" s="9">
+        <v>110</v>
+      </c>
+      <c r="M132" s="10">
+        <v>0.17543859649122806</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A133" s="12" t="s">
+        <v>278</v>
+      </c>
+      <c r="B133" s="13" t="s">
+        <v>279</v>
+      </c>
+      <c r="C133" s="14">
+        <v>942</v>
+      </c>
+      <c r="D133" s="15">
+        <v>140</v>
+      </c>
+      <c r="E133" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F133" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G133" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H133" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I133" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J133" s="7">
+        <v>149</v>
+      </c>
+      <c r="K133" s="8">
+        <v>0.15817409766454352</v>
+      </c>
+      <c r="L133" s="9">
+        <v>151</v>
+      </c>
+      <c r="M133" s="10">
+        <v>0.1602972399150743</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A134" s="12" t="s">
+        <v>280</v>
+      </c>
+      <c r="B134" s="13" t="s">
+        <v>281</v>
+      </c>
+      <c r="C134" s="14">
+        <v>570</v>
+      </c>
+      <c r="D134" s="15">
+        <v>65</v>
+      </c>
+      <c r="E134" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F134" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G134" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H134" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I134" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J134" s="7">
+        <v>70</v>
+      </c>
+      <c r="K134" s="8">
+        <v>0.12280701754385964</v>
+      </c>
+      <c r="L134" s="9">
+        <v>70</v>
+      </c>
+      <c r="M134" s="10">
+        <v>0.12280701754385964</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A135" s="12" t="s">
+        <v>282</v>
+      </c>
+      <c r="B135" s="13" t="s">
+        <v>283</v>
+      </c>
+      <c r="C135" s="14">
+        <v>430</v>
+      </c>
+      <c r="D135" s="15">
+        <v>69</v>
+      </c>
+      <c r="E135" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F135" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G135" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H135" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I135" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J135" s="7">
+        <v>71</v>
+      </c>
+      <c r="K135" s="8">
+        <v>0.16511627906976745</v>
+      </c>
+      <c r="L135" s="9">
+        <v>71</v>
+      </c>
+      <c r="M135" s="10">
+        <v>0.16511627906976745</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A136" s="12" t="s">
+        <v>284</v>
+      </c>
+      <c r="B136" s="13" t="s">
+        <v>285</v>
+      </c>
+      <c r="C136" s="14">
+        <v>393</v>
+      </c>
+      <c r="D136" s="15">
+        <v>50</v>
+      </c>
+      <c r="E136" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F136" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G136" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H136" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I136" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J136" s="7">
+        <v>53</v>
+      </c>
+      <c r="K136" s="8">
+        <v>0.13486005089058525</v>
+      </c>
+      <c r="L136" s="9">
+        <v>53</v>
+      </c>
+      <c r="M136" s="10">
+        <v>0.13486005089058525</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A137" s="12" t="s">
+        <v>286</v>
+      </c>
+      <c r="B137" s="13" t="s">
+        <v>287</v>
+      </c>
+      <c r="C137" s="14">
+        <v>1229</v>
+      </c>
+      <c r="D137" s="15">
+        <v>163</v>
+      </c>
+      <c r="E137" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F137" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G137" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H137" s="13">
+        <v>13</v>
+      </c>
+      <c r="I137" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J137" s="7">
+        <v>176</v>
+      </c>
+      <c r="K137" s="8">
+        <v>0.14320585842148087</v>
+      </c>
+      <c r="L137" s="9">
+        <v>176</v>
+      </c>
+      <c r="M137" s="10">
+        <v>0.14320585842148087</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A138" s="12" t="s">
+        <v>288</v>
+      </c>
+      <c r="B138" s="13" t="s">
+        <v>289</v>
+      </c>
+      <c r="C138" s="14">
+        <v>713</v>
+      </c>
+      <c r="D138" s="15">
+        <v>98</v>
+      </c>
+      <c r="E138" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F138" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G138" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H138" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I138" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J138" s="7">
+        <v>98</v>
+      </c>
+      <c r="K138" s="8">
+        <v>0.13744740532959326</v>
+      </c>
+      <c r="L138" s="9">
+        <v>98</v>
+      </c>
+      <c r="M138" s="10">
+        <v>0.13744740532959326</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A139" s="12" t="s">
+        <v>290</v>
+      </c>
+      <c r="B139" s="13" t="s">
+        <v>291</v>
+      </c>
+      <c r="C139" s="14">
+        <v>161</v>
+      </c>
+      <c r="D139" s="15">
+        <v>20</v>
+      </c>
+      <c r="E139" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F139" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G139" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H139" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I139" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J139" s="7">
+        <v>20</v>
+      </c>
+      <c r="K139" s="8">
+        <v>0.12422360248447205</v>
+      </c>
+      <c r="L139" s="9">
+        <v>20</v>
+      </c>
+      <c r="M139" s="10">
+        <v>0.12422360248447205</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A140" s="12" t="s">
+        <v>292</v>
+      </c>
+      <c r="B140" s="13" t="s">
+        <v>293</v>
+      </c>
+      <c r="C140" s="14">
+        <v>191</v>
+      </c>
+      <c r="D140" s="15">
+        <v>33</v>
+      </c>
+      <c r="E140" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F140" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G140" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H140" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I140" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J140" s="7">
+        <v>35</v>
+      </c>
+      <c r="K140" s="8">
+        <v>0.18324607329842932</v>
+      </c>
+      <c r="L140" s="9">
+        <v>35</v>
+      </c>
+      <c r="M140" s="10">
+        <v>0.18324607329842932</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A141" s="12" t="s">
+        <v>294</v>
+      </c>
+      <c r="B141" s="13" t="s">
+        <v>295</v>
+      </c>
+      <c r="C141" s="14">
+        <v>137</v>
+      </c>
+      <c r="D141" s="15">
+        <v>12</v>
+      </c>
+      <c r="E141" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F141" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G141" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H141" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I141" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J141" s="7">
+        <v>12</v>
+      </c>
+      <c r="K141" s="8">
+        <v>8.7591240875912413E-2</v>
+      </c>
+      <c r="L141" s="9">
+        <v>12</v>
+      </c>
+      <c r="M141" s="10">
+        <v>8.7591240875912413E-2</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A142" s="12" t="s">
+        <v>296</v>
+      </c>
+      <c r="B142" s="13" t="s">
+        <v>297</v>
+      </c>
+      <c r="C142" s="14">
+        <v>566</v>
+      </c>
+      <c r="D142" s="15">
+        <v>112</v>
+      </c>
+      <c r="E142" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F142" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G142" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H142" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I142" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J142" s="7">
+        <v>118</v>
+      </c>
+      <c r="K142" s="8">
+        <v>0.20848056537102475</v>
+      </c>
+      <c r="L142" s="9">
+        <v>118</v>
+      </c>
+      <c r="M142" s="10">
+        <v>0.20848056537102475</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A143" s="12" t="s">
+        <v>298</v>
+      </c>
+      <c r="B143" s="13" t="s">
+        <v>299</v>
+      </c>
+      <c r="C143" s="14">
+        <v>733</v>
+      </c>
+      <c r="D143" s="15">
+        <v>126</v>
+      </c>
+      <c r="E143" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F143" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G143" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H143" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I143" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J143" s="7">
+        <v>130</v>
+      </c>
+      <c r="K143" s="8">
+        <v>0.17735334242837653</v>
+      </c>
+      <c r="L143" s="9">
+        <v>130</v>
+      </c>
+      <c r="M143" s="10">
+        <v>0.17735334242837653</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A144" s="12" t="s">
+        <v>300</v>
+      </c>
+      <c r="B144" s="13" t="s">
+        <v>301</v>
+      </c>
+      <c r="C144" s="14">
+        <v>601</v>
+      </c>
+      <c r="D144" s="15">
+        <v>65</v>
+      </c>
+      <c r="E144" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F144" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G144" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H144" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I144" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J144" s="7">
+        <v>67</v>
+      </c>
+      <c r="K144" s="8">
+        <v>0.11148086522462562</v>
+      </c>
+      <c r="L144" s="9">
+        <v>67</v>
+      </c>
+      <c r="M144" s="10">
+        <v>0.11148086522462562</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A145" s="12" t="s">
+        <v>302</v>
+      </c>
+      <c r="B145" s="13" t="s">
+        <v>303</v>
+      </c>
+      <c r="C145" s="14">
+        <v>418</v>
+      </c>
+      <c r="D145" s="15">
+        <v>68</v>
+      </c>
+      <c r="E145" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F145" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G145" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H145" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I145" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J145" s="7">
+        <v>69</v>
+      </c>
+      <c r="K145" s="8">
+        <v>0.16507177033492823</v>
+      </c>
+      <c r="L145" s="9">
+        <v>69</v>
+      </c>
+      <c r="M145" s="10">
+        <v>0.16507177033492823</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A146" s="12" t="s">
+        <v>304</v>
+      </c>
+      <c r="B146" s="13" t="s">
+        <v>305</v>
+      </c>
+      <c r="C146" s="14">
+        <v>846</v>
+      </c>
+      <c r="D146" s="15">
+        <v>96</v>
+      </c>
+      <c r="E146" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F146" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G146" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H146" s="13">
+        <v>11</v>
+      </c>
+      <c r="I146" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J146" s="7">
+        <v>107</v>
+      </c>
+      <c r="K146" s="8">
+        <v>0.12647754137115838</v>
+      </c>
+      <c r="L146" s="9">
+        <v>107</v>
+      </c>
+      <c r="M146" s="10">
+        <v>0.12647754137115838</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A147" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="B147" s="13" t="s">
+        <v>307</v>
+      </c>
+      <c r="C147" s="14">
+        <v>241</v>
+      </c>
+      <c r="D147" s="15">
+        <v>30</v>
+      </c>
+      <c r="E147" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F147" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G147" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H147" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I147" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J147" s="7">
+        <v>34</v>
+      </c>
+      <c r="K147" s="8">
+        <v>0.14107883817427386</v>
+      </c>
+      <c r="L147" s="9">
+        <v>34</v>
+      </c>
+      <c r="M147" s="10">
+        <v>0.14107883817427386</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A148" s="12" t="s">
+        <v>308</v>
+      </c>
+      <c r="B148" s="13" t="s">
+        <v>309</v>
+      </c>
+      <c r="C148" s="14">
+        <v>205</v>
+      </c>
+      <c r="D148" s="15">
+        <v>28</v>
+      </c>
+      <c r="E148" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F148" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G148" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H148" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I148" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J148" s="7">
+        <v>31</v>
+      </c>
+      <c r="K148" s="8">
+        <v>0.15121951219512195</v>
+      </c>
+      <c r="L148" s="9">
+        <v>31</v>
+      </c>
+      <c r="M148" s="10">
+        <v>0.15121951219512195</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A149" s="12" t="s">
+        <v>310</v>
+      </c>
+      <c r="B149" s="13" t="s">
+        <v>311</v>
+      </c>
+      <c r="C149" s="14">
+        <v>591</v>
+      </c>
+      <c r="D149" s="15">
+        <v>59</v>
+      </c>
+      <c r="E149" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F149" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G149" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H149" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I149" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J149" s="7">
+        <v>64</v>
+      </c>
+      <c r="K149" s="8">
+        <v>0.10829103214890017</v>
+      </c>
+      <c r="L149" s="9">
+        <v>64</v>
+      </c>
+      <c r="M149" s="10">
+        <v>0.10829103214890017</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A150" s="12" t="s">
+        <v>312</v>
+      </c>
+      <c r="B150" s="13" t="s">
+        <v>313</v>
+      </c>
+      <c r="C150" s="14">
+        <v>515</v>
+      </c>
+      <c r="D150" s="15">
+        <v>66</v>
+      </c>
+      <c r="E150" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F150" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G150" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H150" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I150" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J150" s="7">
+        <v>68</v>
+      </c>
+      <c r="K150" s="8">
+        <v>0.13203883495145632</v>
+      </c>
+      <c r="L150" s="9">
+        <v>68</v>
+      </c>
+      <c r="M150" s="10">
+        <v>0.13203883495145632</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A151" s="12" t="s">
+        <v>314</v>
+      </c>
+      <c r="B151" s="13" t="s">
+        <v>315</v>
+      </c>
+      <c r="C151" s="14">
+        <v>279</v>
+      </c>
+      <c r="D151" s="15">
+        <v>46</v>
+      </c>
+      <c r="E151" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F151" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G151" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H151" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I151" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J151" s="7">
+        <v>48</v>
+      </c>
+      <c r="K151" s="8">
+        <v>0.17204301075268819</v>
+      </c>
+      <c r="L151" s="9">
+        <v>48</v>
+      </c>
+      <c r="M151" s="10">
+        <v>0.17204301075268819</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A152" s="12" t="s">
+        <v>316</v>
+      </c>
+      <c r="B152" s="13" t="s">
+        <v>317</v>
+      </c>
+      <c r="C152" s="14">
+        <v>1175</v>
+      </c>
+      <c r="D152" s="15">
+        <v>122</v>
+      </c>
+      <c r="E152" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F152" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G152" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H152" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I152" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J152" s="7">
+        <v>123</v>
+      </c>
+      <c r="K152" s="8">
+        <v>0.10468085106382979</v>
+      </c>
+      <c r="L152" s="9">
+        <v>123</v>
+      </c>
+      <c r="M152" s="10">
+        <v>0.10468085106382979</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A153" s="12" t="s">
+        <v>318</v>
+      </c>
+      <c r="B153" s="13" t="s">
+        <v>319</v>
+      </c>
+      <c r="C153" s="14">
+        <v>60</v>
+      </c>
+      <c r="D153" s="15">
+        <v>14</v>
+      </c>
+      <c r="E153" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F153" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G153" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H153" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I153" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J153" s="7">
+        <v>14</v>
+      </c>
+      <c r="K153" s="8">
+        <v>0.23333333333333334</v>
+      </c>
+      <c r="L153" s="9">
+        <v>14</v>
+      </c>
+      <c r="M153" s="10">
+        <v>0.23333333333333334</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A154" s="12" t="s">
+        <v>320</v>
+      </c>
+      <c r="B154" s="13" t="s">
+        <v>321</v>
+      </c>
+      <c r="C154" s="14">
+        <v>847</v>
+      </c>
+      <c r="D154" s="15">
+        <v>123</v>
+      </c>
+      <c r="E154" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F154" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G154" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H154" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I154" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J154" s="7">
+        <v>127</v>
+      </c>
+      <c r="K154" s="8">
+        <v>0.14994096812278632</v>
+      </c>
+      <c r="L154" s="9">
+        <v>127</v>
+      </c>
+      <c r="M154" s="10">
+        <v>0.14994096812278632</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A155" s="12" t="s">
+        <v>322</v>
+      </c>
+      <c r="B155" s="13" t="s">
+        <v>323</v>
+      </c>
+      <c r="C155" s="14">
+        <v>369</v>
+      </c>
+      <c r="D155" s="15">
+        <v>49</v>
+      </c>
+      <c r="E155" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F155" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G155" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H155" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I155" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J155" s="7">
+        <v>53</v>
+      </c>
+      <c r="K155" s="8">
+        <v>0.14363143631436315</v>
+      </c>
+      <c r="L155" s="9">
+        <v>53</v>
+      </c>
+      <c r="M155" s="10">
+        <v>0.14363143631436315</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A156" s="12" t="s">
+        <v>324</v>
+      </c>
+      <c r="B156" s="13" t="s">
+        <v>325</v>
+      </c>
+      <c r="C156" s="14">
+        <v>966</v>
+      </c>
+      <c r="D156" s="15">
+        <v>87</v>
+      </c>
+      <c r="E156" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F156" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G156" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H156" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I156" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J156" s="7">
+        <v>87</v>
+      </c>
+      <c r="K156" s="8">
+        <v>9.0062111801242239E-2</v>
+      </c>
+      <c r="L156" s="9">
+        <v>87</v>
+      </c>
+      <c r="M156" s="10">
+        <v>9.0062111801242239E-2</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A157" s="12" t="s">
+        <v>326</v>
+      </c>
+      <c r="B157" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="C157" s="14">
+        <v>855</v>
+      </c>
+      <c r="D157" s="15">
+        <v>124</v>
+      </c>
+      <c r="E157" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F157" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G157" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H157" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I157" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J157" s="7">
+        <v>126</v>
+      </c>
+      <c r="K157" s="8">
+        <v>0.14736842105263157</v>
+      </c>
+      <c r="L157" s="9">
+        <v>126</v>
+      </c>
+      <c r="M157" s="10">
+        <v>0.14736842105263157</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A158" s="12" t="s">
+        <v>328</v>
+      </c>
+      <c r="B158" s="13" t="s">
+        <v>329</v>
+      </c>
+      <c r="C158" s="14">
+        <v>50</v>
+      </c>
+      <c r="D158" s="15" t="s">
+        <v>691</v>
+      </c>
+      <c r="E158" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F158" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G158" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H158" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I158" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J158" s="7" t="s">
+        <v>691</v>
+      </c>
+      <c r="K158" s="8">
+        <v>0.08</v>
+      </c>
+      <c r="L158" s="9" t="s">
+        <v>691</v>
+      </c>
+      <c r="M158" s="10">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A159" s="12" t="s">
+        <v>330</v>
+      </c>
+      <c r="B159" s="13" t="s">
+        <v>331</v>
+      </c>
+      <c r="C159" s="14">
+        <v>655</v>
+      </c>
+      <c r="D159" s="15">
+        <v>66</v>
+      </c>
+      <c r="E159" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F159" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G159" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H159" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I159" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J159" s="7">
+        <v>70</v>
+      </c>
+      <c r="K159" s="8">
+        <v>0.10687022900763359</v>
+      </c>
+      <c r="L159" s="9">
+        <v>70</v>
+      </c>
+      <c r="M159" s="10">
+        <v>0.10687022900763359</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A160" s="12" t="s">
+        <v>332</v>
+      </c>
+      <c r="B160" s="13" t="s">
+        <v>333</v>
+      </c>
+      <c r="C160" s="14">
+        <v>629</v>
+      </c>
+      <c r="D160" s="15">
+        <v>99</v>
+      </c>
+      <c r="E160" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F160" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G160" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H160" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I160" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J160" s="7">
+        <v>100</v>
+      </c>
+      <c r="K160" s="8">
+        <v>0.1589825119236884</v>
+      </c>
+      <c r="L160" s="9">
+        <v>100</v>
+      </c>
+      <c r="M160" s="10">
+        <v>0.1589825119236884</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A161" s="12" t="s">
+        <v>334</v>
+      </c>
+      <c r="B161" s="13" t="s">
+        <v>335</v>
+      </c>
+      <c r="C161" s="14">
+        <v>1006</v>
+      </c>
+      <c r="D161" s="15">
+        <v>94</v>
+      </c>
+      <c r="E161" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F161" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G161" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H161" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I161" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J161" s="7">
+        <v>97</v>
+      </c>
+      <c r="K161" s="8">
+        <v>9.6421471172962223E-2</v>
+      </c>
+      <c r="L161" s="9">
+        <v>97</v>
+      </c>
+      <c r="M161" s="10">
+        <v>9.6421471172962223E-2</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A162" s="12" t="s">
+        <v>336</v>
+      </c>
+      <c r="B162" s="13" t="s">
+        <v>337</v>
+      </c>
+      <c r="C162" s="14">
+        <v>202</v>
+      </c>
+      <c r="D162" s="15">
+        <v>20</v>
+      </c>
+      <c r="E162" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F162" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G162" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H162" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I162" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J162" s="7">
+        <v>21</v>
+      </c>
+      <c r="K162" s="8">
+        <v>0.10396039603960396</v>
+      </c>
+      <c r="L162" s="9">
+        <v>21</v>
+      </c>
+      <c r="M162" s="10">
+        <v>0.10396039603960396</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A163" s="12" t="s">
+        <v>338</v>
+      </c>
+      <c r="B163" s="13" t="s">
+        <v>339</v>
+      </c>
+      <c r="C163" s="14">
+        <v>422</v>
+      </c>
+      <c r="D163" s="15">
+        <v>48</v>
+      </c>
+      <c r="E163" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F163" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G163" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H163" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I163" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J163" s="7">
+        <v>51</v>
+      </c>
+      <c r="K163" s="8">
+        <v>0.12085308056872038</v>
+      </c>
+      <c r="L163" s="9">
+        <v>51</v>
+      </c>
+      <c r="M163" s="10">
+        <v>0.12085308056872038</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A164" s="12" t="s">
+        <v>340</v>
+      </c>
+      <c r="B164" s="13" t="s">
+        <v>341</v>
+      </c>
+      <c r="C164" s="14">
+        <v>718</v>
+      </c>
+      <c r="D164" s="15">
+        <v>102</v>
+      </c>
+      <c r="E164" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F164" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G164" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H164" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I164" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J164" s="7">
+        <v>105</v>
+      </c>
+      <c r="K164" s="8">
+        <v>0.14623955431754876</v>
+      </c>
+      <c r="L164" s="9">
+        <v>105</v>
+      </c>
+      <c r="M164" s="10">
+        <v>0.14623955431754876</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A165" s="12" t="s">
+        <v>342</v>
+      </c>
+      <c r="B165" s="13" t="s">
+        <v>343</v>
+      </c>
+      <c r="C165" s="14">
+        <v>582</v>
+      </c>
+      <c r="D165" s="15">
+        <v>125</v>
+      </c>
+      <c r="E165" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F165" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G165" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H165" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I165" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J165" s="7">
+        <v>127</v>
+      </c>
+      <c r="K165" s="8">
+        <v>0.21821305841924399</v>
+      </c>
+      <c r="L165" s="9">
+        <v>127</v>
+      </c>
+      <c r="M165" s="10">
+        <v>0.21821305841924399</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A166" s="12" t="s">
+        <v>344</v>
+      </c>
+      <c r="B166" s="13" t="s">
+        <v>345</v>
+      </c>
+      <c r="C166" s="14">
+        <v>1355</v>
+      </c>
+      <c r="D166" s="15">
+        <v>232</v>
+      </c>
+      <c r="E166" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F166" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G166" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H166" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I166" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J166" s="7">
+        <v>238</v>
+      </c>
+      <c r="K166" s="8">
+        <v>0.17564575645756458</v>
+      </c>
+      <c r="L166" s="9">
+        <v>238</v>
+      </c>
+      <c r="M166" s="10">
+        <v>0.17564575645756458</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A167" s="12" t="s">
+        <v>346</v>
+      </c>
+      <c r="B167" s="13" t="s">
+        <v>347</v>
+      </c>
+      <c r="C167" s="14">
+        <v>200</v>
+      </c>
+      <c r="D167" s="15">
+        <v>24</v>
+      </c>
+      <c r="E167" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F167" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G167" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H167" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I167" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J167" s="7">
+        <v>24</v>
+      </c>
+      <c r="K167" s="8">
+        <v>0.12</v>
+      </c>
+      <c r="L167" s="9">
+        <v>24</v>
+      </c>
+      <c r="M167" s="10">
+        <v>0.12</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A168" s="12" t="s">
+        <v>348</v>
+      </c>
+      <c r="B168" s="13" t="s">
+        <v>349</v>
+      </c>
+      <c r="C168" s="14">
+        <v>572</v>
+      </c>
+      <c r="D168" s="15">
+        <v>42</v>
+      </c>
+      <c r="E168" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F168" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G168" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H168" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I168" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J168" s="7">
+        <v>42</v>
+      </c>
+      <c r="K168" s="8">
+        <v>7.3426573426573424E-2</v>
+      </c>
+      <c r="L168" s="9">
+        <v>42</v>
+      </c>
+      <c r="M168" s="10">
+        <v>7.3426573426573424E-2</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A169" s="12" t="s">
+        <v>350</v>
+      </c>
+      <c r="B169" s="13" t="s">
+        <v>351</v>
+      </c>
+      <c r="C169" s="14">
+        <v>414</v>
+      </c>
+      <c r="D169" s="15">
+        <v>32</v>
+      </c>
+      <c r="E169" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F169" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G169" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H169" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I169" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J169" s="7">
+        <v>32</v>
+      </c>
+      <c r="K169" s="8">
+        <v>7.7294685990338161E-2</v>
+      </c>
+      <c r="L169" s="9">
+        <v>32</v>
+      </c>
+      <c r="M169" s="10">
+        <v>7.7294685990338161E-2</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A170" s="12" t="s">
+        <v>352</v>
+      </c>
+      <c r="B170" s="13" t="s">
+        <v>353</v>
+      </c>
+      <c r="C170" s="14">
+        <v>391</v>
+      </c>
+      <c r="D170" s="15">
+        <v>29</v>
+      </c>
+      <c r="E170" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F170" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G170" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H170" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I170" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J170" s="7">
+        <v>31</v>
+      </c>
+      <c r="K170" s="8">
+        <v>7.9283887468030695E-2</v>
+      </c>
+      <c r="L170" s="9">
+        <v>31</v>
+      </c>
+      <c r="M170" s="10">
+        <v>7.9283887468030695E-2</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A171" s="12" t="s">
+        <v>354</v>
+      </c>
+      <c r="B171" s="13" t="s">
+        <v>355</v>
+      </c>
+      <c r="C171" s="14">
+        <v>1033</v>
+      </c>
+      <c r="D171" s="15">
+        <v>123</v>
+      </c>
+      <c r="E171" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F171" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G171" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H171" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I171" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J171" s="7">
+        <v>131</v>
+      </c>
+      <c r="K171" s="8">
+        <v>0.12681510164569215</v>
+      </c>
+      <c r="L171" s="9">
+        <v>131</v>
+      </c>
+      <c r="M171" s="10">
+        <v>0.12681510164569215</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A172" s="12" t="s">
+        <v>356</v>
+      </c>
+      <c r="B172" s="13" t="s">
+        <v>357</v>
+      </c>
+      <c r="C172" s="14">
+        <v>383</v>
+      </c>
+      <c r="D172" s="15">
+        <v>42</v>
+      </c>
+      <c r="E172" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F172" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G172" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H172" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I172" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J172" s="7">
+        <v>43</v>
+      </c>
+      <c r="K172" s="8">
+        <v>0.1122715404699739</v>
+      </c>
+      <c r="L172" s="9">
+        <v>43</v>
+      </c>
+      <c r="M172" s="10">
+        <v>0.1122715404699739</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A173" s="12" t="s">
+        <v>358</v>
+      </c>
+      <c r="B173" s="13" t="s">
+        <v>359</v>
+      </c>
+      <c r="C173" s="14">
+        <v>453</v>
+      </c>
+      <c r="D173" s="15">
+        <v>77</v>
+      </c>
+      <c r="E173" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F173" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G173" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H173" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I173" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J173" s="7">
+        <v>77</v>
+      </c>
+      <c r="K173" s="8">
+        <v>0.16997792494481237</v>
+      </c>
+      <c r="L173" s="9">
+        <v>77</v>
+      </c>
+      <c r="M173" s="10">
+        <v>0.16997792494481237</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A174" s="12" t="s">
+        <v>360</v>
+      </c>
+      <c r="B174" s="13" t="s">
+        <v>361</v>
+      </c>
+      <c r="C174" s="14">
+        <v>1068</v>
+      </c>
+      <c r="D174" s="15">
+        <v>112</v>
+      </c>
+      <c r="E174" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F174" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G174" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H174" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I174" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J174" s="7">
+        <v>115</v>
+      </c>
+      <c r="K174" s="8">
+        <v>0.10767790262172285</v>
+      </c>
+      <c r="L174" s="9">
+        <v>115</v>
+      </c>
+      <c r="M174" s="10">
+        <v>0.10767790262172285</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A175" s="12" t="s">
+        <v>362</v>
+      </c>
+      <c r="B175" s="13" t="s">
+        <v>363</v>
+      </c>
+      <c r="C175" s="14">
+        <v>769</v>
+      </c>
+      <c r="D175" s="15">
+        <v>93</v>
+      </c>
+      <c r="E175" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F175" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G175" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H175" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I175" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J175" s="7">
+        <v>98</v>
+      </c>
+      <c r="K175" s="8">
+        <v>0.12743823146944083</v>
+      </c>
+      <c r="L175" s="9">
+        <v>98</v>
+      </c>
+      <c r="M175" s="10">
+        <v>0.12743823146944083</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A176" s="12" t="s">
+        <v>364</v>
+      </c>
+      <c r="B176" s="13" t="s">
+        <v>365</v>
+      </c>
+      <c r="C176" s="14">
+        <v>481</v>
+      </c>
+      <c r="D176" s="15">
+        <v>42</v>
+      </c>
+      <c r="E176" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F176" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G176" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H176" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I176" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J176" s="7">
+        <v>42</v>
+      </c>
+      <c r="K176" s="8">
+        <v>8.7318087318087323E-2</v>
+      </c>
+      <c r="L176" s="9">
+        <v>42</v>
+      </c>
+      <c r="M176" s="10">
+        <v>8.7318087318087323E-2</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A177" s="12" t="s">
+        <v>366</v>
+      </c>
+      <c r="B177" s="13" t="s">
+        <v>367</v>
+      </c>
+      <c r="C177" s="14">
+        <v>724</v>
+      </c>
+      <c r="D177" s="15">
+        <v>116</v>
+      </c>
+      <c r="E177" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F177" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G177" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H177" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I177" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J177" s="7">
+        <v>120</v>
+      </c>
+      <c r="K177" s="8">
+        <v>0.16574585635359115</v>
+      </c>
+      <c r="L177" s="9">
+        <v>120</v>
+      </c>
+      <c r="M177" s="10">
+        <v>0.16574585635359115</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A178" s="12" t="s">
+        <v>368</v>
+      </c>
+      <c r="B178" s="13" t="s">
+        <v>369</v>
+      </c>
+      <c r="C178" s="14">
+        <v>662</v>
+      </c>
+      <c r="D178" s="15">
+        <v>96</v>
+      </c>
+      <c r="E178" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F178" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G178" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H178" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I178" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J178" s="7">
+        <v>98</v>
+      </c>
+      <c r="K178" s="8">
+        <v>0.14803625377643503</v>
+      </c>
+      <c r="L178" s="9">
+        <v>98</v>
+      </c>
+      <c r="M178" s="10">
+        <v>0.14803625377643503</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A179" s="12" t="s">
+        <v>370</v>
+      </c>
+      <c r="B179" s="13" t="s">
+        <v>371</v>
+      </c>
+      <c r="C179" s="14">
+        <v>1207</v>
+      </c>
+      <c r="D179" s="15">
+        <v>92</v>
+      </c>
+      <c r="E179" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F179" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G179" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H179" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I179" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J179" s="7">
+        <v>95</v>
+      </c>
+      <c r="K179" s="8">
+        <v>7.8707539353769673E-2</v>
+      </c>
+      <c r="L179" s="9">
+        <v>95</v>
+      </c>
+      <c r="M179" s="10">
+        <v>7.8707539353769673E-2</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A180" s="12" t="s">
+        <v>372</v>
+      </c>
+      <c r="B180" s="13" t="s">
+        <v>373</v>
+      </c>
+      <c r="C180" s="14">
+        <v>293</v>
+      </c>
+      <c r="D180" s="15">
+        <v>54</v>
+      </c>
+      <c r="E180" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F180" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G180" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H180" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I180" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J180" s="7">
+        <v>60</v>
+      </c>
+      <c r="K180" s="8">
+        <v>0.20477815699658702</v>
+      </c>
+      <c r="L180" s="9">
+        <v>60</v>
+      </c>
+      <c r="M180" s="10">
+        <v>0.20477815699658702</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A181" s="12" t="s">
+        <v>374</v>
+      </c>
+      <c r="B181" s="13" t="s">
+        <v>375</v>
+      </c>
+      <c r="C181" s="14">
+        <v>403</v>
+      </c>
+      <c r="D181" s="15">
+        <v>63</v>
+      </c>
+      <c r="E181" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F181" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G181" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H181" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I181" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J181" s="7">
+        <v>68</v>
+      </c>
+      <c r="K181" s="8">
+        <v>0.16873449131513649</v>
+      </c>
+      <c r="L181" s="9">
+        <v>68</v>
+      </c>
+      <c r="M181" s="10">
+        <v>0.16873449131513649</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A182" s="12" t="s">
+        <v>376</v>
+      </c>
+      <c r="B182" s="13" t="s">
+        <v>377</v>
+      </c>
+      <c r="C182" s="14">
+        <v>613</v>
+      </c>
+      <c r="D182" s="15">
+        <v>40</v>
+      </c>
+      <c r="E182" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F182" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G182" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H182" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I182" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J182" s="7">
+        <v>41</v>
+      </c>
+      <c r="K182" s="8">
+        <v>6.6884176182707991E-2</v>
+      </c>
+      <c r="L182" s="9">
+        <v>41</v>
+      </c>
+      <c r="M182" s="10">
+        <v>6.6884176182707991E-2</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A183" s="12" t="s">
+        <v>378</v>
+      </c>
+      <c r="B183" s="13" t="s">
+        <v>379</v>
+      </c>
+      <c r="C183" s="14">
+        <v>2597</v>
+      </c>
+      <c r="D183" s="15">
+        <v>208</v>
+      </c>
+      <c r="E183" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F183" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G183" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H183" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I183" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J183" s="7">
+        <v>213</v>
+      </c>
+      <c r="K183" s="8">
+        <v>8.2017712745475549E-2</v>
+      </c>
+      <c r="L183" s="9">
+        <v>213</v>
+      </c>
+      <c r="M183" s="10">
+        <v>8.2017712745475549E-2</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A184" s="12" t="s">
+        <v>380</v>
+      </c>
+      <c r="B184" s="13" t="s">
+        <v>381</v>
+      </c>
+      <c r="C184" s="14">
+        <v>1955</v>
+      </c>
+      <c r="D184" s="15">
+        <v>214</v>
+      </c>
+      <c r="E184" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F184" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G184" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H184" s="13">
+        <v>11</v>
+      </c>
+      <c r="I184" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J184" s="7">
+        <v>225</v>
+      </c>
+      <c r="K184" s="8">
+        <v>0.11508951406649616</v>
+      </c>
+      <c r="L184" s="9">
+        <v>225</v>
+      </c>
+      <c r="M184" s="10">
+        <v>0.11508951406649616</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A185" s="12" t="s">
+        <v>382</v>
+      </c>
+      <c r="B185" s="13" t="s">
+        <v>383</v>
+      </c>
+      <c r="C185" s="14">
+        <v>1778</v>
+      </c>
+      <c r="D185" s="15">
+        <v>126</v>
+      </c>
+      <c r="E185" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F185" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G185" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H185" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I185" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J185" s="7">
+        <v>134</v>
+      </c>
+      <c r="K185" s="8">
+        <v>7.536557930258718E-2</v>
+      </c>
+      <c r="L185" s="9">
+        <v>134</v>
+      </c>
+      <c r="M185" s="10">
+        <v>7.536557930258718E-2</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A186" s="12" t="s">
+        <v>384</v>
+      </c>
+      <c r="B186" s="13" t="s">
+        <v>385</v>
+      </c>
+      <c r="C186" s="14">
+        <v>860</v>
+      </c>
+      <c r="D186" s="15">
+        <v>127</v>
+      </c>
+      <c r="E186" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F186" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G186" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H186" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I186" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J186" s="7">
+        <v>131</v>
+      </c>
+      <c r="K186" s="8">
+        <v>0.15232558139534882</v>
+      </c>
+      <c r="L186" s="9">
+        <v>131</v>
+      </c>
+      <c r="M186" s="10">
+        <v>0.15232558139534882</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A187" s="12" t="s">
+        <v>386</v>
+      </c>
+      <c r="B187" s="13" t="s">
+        <v>387</v>
+      </c>
+      <c r="C187" s="14">
+        <v>1102</v>
+      </c>
+      <c r="D187" s="15">
+        <v>164</v>
+      </c>
+      <c r="E187" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F187" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G187" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H187" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I187" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J187" s="7">
+        <v>167</v>
+      </c>
+      <c r="K187" s="8">
+        <v>0.15154264972776771</v>
+      </c>
+      <c r="L187" s="9">
+        <v>167</v>
+      </c>
+      <c r="M187" s="10">
+        <v>0.15154264972776771</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A188" s="12" t="s">
+        <v>388</v>
+      </c>
+      <c r="B188" s="13" t="s">
+        <v>389</v>
+      </c>
+      <c r="C188" s="14">
+        <v>868</v>
+      </c>
+      <c r="D188" s="15">
+        <v>103</v>
+      </c>
+      <c r="E188" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F188" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G188" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H188" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I188" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J188" s="7">
+        <v>103</v>
+      </c>
+      <c r="K188" s="8">
+        <v>0.11866359447004608</v>
+      </c>
+      <c r="L188" s="9">
+        <v>103</v>
+      </c>
+      <c r="M188" s="10">
+        <v>0.11866359447004608</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A189" s="12" t="s">
+        <v>390</v>
+      </c>
+      <c r="B189" s="13" t="s">
+        <v>391</v>
+      </c>
+      <c r="C189" s="14">
+        <v>777</v>
+      </c>
+      <c r="D189" s="15">
+        <v>72</v>
+      </c>
+      <c r="E189" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F189" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G189" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H189" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I189" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J189" s="7">
+        <v>75</v>
+      </c>
+      <c r="K189" s="8">
+        <v>9.6525096525096526E-2</v>
+      </c>
+      <c r="L189" s="9">
+        <v>75</v>
+      </c>
+      <c r="M189" s="10">
+        <v>9.6525096525096526E-2</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A190" s="12" t="s">
+        <v>392</v>
+      </c>
+      <c r="B190" s="13" t="s">
+        <v>393</v>
+      </c>
+      <c r="C190" s="14">
+        <v>675</v>
+      </c>
+      <c r="D190" s="15">
+        <v>70</v>
+      </c>
+      <c r="E190" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F190" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G190" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H190" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I190" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J190" s="7">
+        <v>73</v>
+      </c>
+      <c r="K190" s="8">
+        <v>0.10814814814814815</v>
+      </c>
+      <c r="L190" s="9">
+        <v>73</v>
+      </c>
+      <c r="M190" s="10">
+        <v>0.10814814814814815</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A191" s="12" t="s">
+        <v>394</v>
+      </c>
+      <c r="B191" s="13" t="s">
+        <v>395</v>
+      </c>
+      <c r="C191" s="14">
+        <v>1577</v>
+      </c>
+      <c r="D191" s="15">
+        <v>191</v>
+      </c>
+      <c r="E191" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F191" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G191" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H191" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I191" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J191" s="7">
+        <v>197</v>
+      </c>
+      <c r="K191" s="8">
+        <v>0.12492073557387444</v>
+      </c>
+      <c r="L191" s="9">
+        <v>197</v>
+      </c>
+      <c r="M191" s="10">
+        <v>0.12492073557387444</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A192" s="12" t="s">
+        <v>396</v>
+      </c>
+      <c r="B192" s="13" t="s">
+        <v>397</v>
+      </c>
+      <c r="C192" s="14">
+        <v>1372</v>
+      </c>
+      <c r="D192" s="15">
+        <v>138</v>
+      </c>
+      <c r="E192" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F192" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G192" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H192" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I192" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J192" s="7">
+        <v>142</v>
+      </c>
+      <c r="K192" s="8">
+        <v>0.10349854227405247</v>
+      </c>
+      <c r="L192" s="9">
+        <v>142</v>
+      </c>
+      <c r="M192" s="10">
+        <v>0.10349854227405247</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A193" s="12" t="s">
+        <v>398</v>
+      </c>
+      <c r="B193" s="13" t="s">
+        <v>399</v>
+      </c>
+      <c r="C193" s="14">
+        <v>1342</v>
+      </c>
+      <c r="D193" s="15">
+        <v>117</v>
+      </c>
+      <c r="E193" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F193" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G193" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H193" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I193" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J193" s="7">
+        <v>123</v>
+      </c>
+      <c r="K193" s="8">
+        <v>9.1654247391952312E-2</v>
+      </c>
+      <c r="L193" s="9">
+        <v>123</v>
+      </c>
+      <c r="M193" s="10">
+        <v>9.1654247391952312E-2</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A194" s="12" t="s">
+        <v>400</v>
+      </c>
+      <c r="B194" s="13" t="s">
+        <v>401</v>
+      </c>
+      <c r="C194" s="14">
+        <v>893</v>
+      </c>
+      <c r="D194" s="15">
+        <v>109</v>
+      </c>
+      <c r="E194" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F194" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G194" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H194" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I194" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J194" s="7">
+        <v>111</v>
+      </c>
+      <c r="K194" s="8">
+        <v>0.12430011198208286</v>
+      </c>
+      <c r="L194" s="9">
+        <v>111</v>
+      </c>
+      <c r="M194" s="10">
+        <v>0.12430011198208286</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A195" s="12" t="s">
+        <v>402</v>
+      </c>
+      <c r="B195" s="13" t="s">
+        <v>403</v>
+      </c>
+      <c r="C195" s="14">
+        <v>776</v>
+      </c>
+      <c r="D195" s="15">
+        <v>71</v>
+      </c>
+      <c r="E195" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F195" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G195" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H195" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I195" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J195" s="7">
+        <v>74</v>
+      </c>
+      <c r="K195" s="8">
+        <v>9.5360824742268036E-2</v>
+      </c>
+      <c r="L195" s="9">
+        <v>74</v>
+      </c>
+      <c r="M195" s="10">
+        <v>9.5360824742268036E-2</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A196" s="12" t="s">
+        <v>404</v>
+      </c>
+      <c r="B196" s="13" t="s">
+        <v>405</v>
+      </c>
+      <c r="C196" s="14">
+        <v>467</v>
+      </c>
+      <c r="D196" s="15">
+        <v>55</v>
+      </c>
+      <c r="E196" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F196" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G196" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H196" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I196" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J196" s="7">
+        <v>55</v>
+      </c>
+      <c r="K196" s="8">
+        <v>0.11777301927194861</v>
+      </c>
+      <c r="L196" s="9">
+        <v>55</v>
+      </c>
+      <c r="M196" s="10">
+        <v>0.11777301927194861</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A197" s="12" t="s">
+        <v>406</v>
+      </c>
+      <c r="B197" s="13" t="s">
+        <v>407</v>
+      </c>
+      <c r="C197" s="14">
+        <v>706</v>
+      </c>
+      <c r="D197" s="15">
+        <v>79</v>
+      </c>
+      <c r="E197" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F197" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G197" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H197" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I197" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J197" s="7">
+        <v>85</v>
+      </c>
+      <c r="K197" s="8">
+        <v>0.12039660056657224</v>
+      </c>
+      <c r="L197" s="9">
+        <v>85</v>
+      </c>
+      <c r="M197" s="10">
+        <v>0.12039660056657224</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A198" s="12" t="s">
+        <v>408</v>
+      </c>
+      <c r="B198" s="13" t="s">
+        <v>409</v>
+      </c>
+      <c r="C198" s="14">
+        <v>478</v>
+      </c>
+      <c r="D198" s="15">
+        <v>51</v>
+      </c>
+      <c r="E198" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F198" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G198" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H198" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I198" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J198" s="7">
+        <v>51</v>
+      </c>
+      <c r="K198" s="8">
+        <v>0.10669456066945607</v>
+      </c>
+      <c r="L198" s="9">
+        <v>51</v>
+      </c>
+      <c r="M198" s="10">
+        <v>0.10669456066945607</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A199" s="12" t="s">
+        <v>410</v>
+      </c>
+      <c r="B199" s="13" t="s">
+        <v>411</v>
+      </c>
+      <c r="C199" s="14">
+        <v>189</v>
+      </c>
+      <c r="D199" s="15">
+        <v>45</v>
+      </c>
+      <c r="E199" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F199" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G199" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H199" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I199" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J199" s="7">
+        <v>47</v>
+      </c>
+      <c r="K199" s="8">
+        <v>0.24867724867724866</v>
+      </c>
+      <c r="L199" s="9">
+        <v>47</v>
+      </c>
+      <c r="M199" s="10">
+        <v>0.24867724867724866</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A200" s="12" t="s">
+        <v>412</v>
+      </c>
+      <c r="B200" s="13" t="s">
+        <v>413</v>
+      </c>
+      <c r="C200" s="14">
+        <v>893</v>
+      </c>
+      <c r="D200" s="15">
+        <v>93</v>
+      </c>
+      <c r="E200" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F200" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G200" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H200" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I200" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J200" s="7">
+        <v>98</v>
+      </c>
+      <c r="K200" s="8">
+        <v>0.10974244120940649</v>
+      </c>
+      <c r="L200" s="9">
+        <v>98</v>
+      </c>
+      <c r="M200" s="10">
+        <v>0.10974244120940649</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A201" s="12" t="s">
+        <v>414</v>
+      </c>
+      <c r="B201" s="13" t="s">
+        <v>415</v>
+      </c>
+      <c r="C201" s="14">
+        <v>749</v>
+      </c>
+      <c r="D201" s="15">
+        <v>98</v>
+      </c>
+      <c r="E201" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F201" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G201" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H201" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I201" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J201" s="7">
+        <v>103</v>
+      </c>
+      <c r="K201" s="8">
+        <v>0.13751668891855809</v>
+      </c>
+      <c r="L201" s="9">
+        <v>103</v>
+      </c>
+      <c r="M201" s="10">
+        <v>0.13751668891855809</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A202" s="12" t="s">
+        <v>416</v>
+      </c>
+      <c r="B202" s="13" t="s">
+        <v>417</v>
+      </c>
+      <c r="C202" s="14">
+        <v>85</v>
+      </c>
+      <c r="D202" s="15">
+        <v>12</v>
+      </c>
+      <c r="E202" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F202" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G202" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H202" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I202" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J202" s="7">
+        <v>12</v>
+      </c>
+      <c r="K202" s="8">
+        <v>0.14117647058823529</v>
+      </c>
+      <c r="L202" s="9">
+        <v>12</v>
+      </c>
+      <c r="M202" s="10">
+        <v>0.14117647058823529</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A203" s="12" t="s">
+        <v>418</v>
+      </c>
+      <c r="B203" s="13" t="s">
+        <v>419</v>
+      </c>
+      <c r="C203" s="14">
+        <v>531</v>
+      </c>
+      <c r="D203" s="15">
+        <v>42</v>
+      </c>
+      <c r="E203" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F203" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G203" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H203" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I203" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J203" s="7">
+        <v>45</v>
+      </c>
+      <c r="K203" s="8">
+        <v>8.4745762711864403E-2</v>
+      </c>
+      <c r="L203" s="9">
+        <v>45</v>
+      </c>
+      <c r="M203" s="10">
+        <v>8.4745762711864403E-2</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A204" s="12" t="s">
+        <v>420</v>
+      </c>
+      <c r="B204" s="13" t="s">
+        <v>421</v>
+      </c>
+      <c r="C204" s="14">
+        <v>567</v>
+      </c>
+      <c r="D204" s="15">
+        <v>86</v>
+      </c>
+      <c r="E204" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F204" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G204" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H204" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I204" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J204" s="7">
+        <v>88</v>
+      </c>
+      <c r="K204" s="8">
+        <v>0.15520282186948853</v>
+      </c>
+      <c r="L204" s="9">
+        <v>88</v>
+      </c>
+      <c r="M204" s="10">
+        <v>0.15520282186948853</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A205" s="12" t="s">
+        <v>422</v>
+      </c>
+      <c r="B205" s="13" t="s">
+        <v>423</v>
+      </c>
+      <c r="C205" s="14">
+        <v>304</v>
+      </c>
+      <c r="D205" s="15">
+        <v>23</v>
+      </c>
+      <c r="E205" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F205" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G205" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H205" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I205" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J205" s="7">
+        <v>27</v>
+      </c>
+      <c r="K205" s="8">
+        <v>8.8815789473684209E-2</v>
+      </c>
+      <c r="L205" s="9">
+        <v>27</v>
+      </c>
+      <c r="M205" s="10">
+        <v>8.8815789473684209E-2</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A206" s="12" t="s">
+        <v>424</v>
+      </c>
+      <c r="B206" s="13" t="s">
+        <v>425</v>
+      </c>
+      <c r="C206" s="14">
+        <v>210</v>
+      </c>
+      <c r="D206" s="15">
+        <v>33</v>
+      </c>
+      <c r="E206" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F206" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G206" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H206" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I206" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J206" s="7">
+        <v>33</v>
+      </c>
+      <c r="K206" s="8">
+        <v>0.15714285714285714</v>
+      </c>
+      <c r="L206" s="9">
+        <v>33</v>
+      </c>
+      <c r="M206" s="10">
+        <v>0.15714285714285714</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A207" s="12" t="s">
+        <v>426</v>
+      </c>
+      <c r="B207" s="13" t="s">
+        <v>427</v>
+      </c>
+      <c r="C207" s="14">
+        <v>614</v>
+      </c>
+      <c r="D207" s="15">
+        <v>124</v>
+      </c>
+      <c r="E207" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F207" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G207" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H207" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I207" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J207" s="7">
+        <v>127</v>
+      </c>
+      <c r="K207" s="8">
+        <v>0.20684039087947884</v>
+      </c>
+      <c r="L207" s="9">
+        <v>127</v>
+      </c>
+      <c r="M207" s="10">
+        <v>0.20684039087947884</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A208" s="12" t="s">
+        <v>428</v>
+      </c>
+      <c r="B208" s="13" t="s">
+        <v>429</v>
+      </c>
+      <c r="C208" s="14">
+        <v>189</v>
+      </c>
+      <c r="D208" s="15">
+        <v>34</v>
+      </c>
+      <c r="E208" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F208" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G208" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H208" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I208" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J208" s="7">
+        <v>37</v>
+      </c>
+      <c r="K208" s="8">
+        <v>0.19576719576719576</v>
+      </c>
+      <c r="L208" s="9">
+        <v>37</v>
+      </c>
+      <c r="M208" s="10">
+        <v>0.19576719576719576</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A209" s="12" t="s">
+        <v>430</v>
+      </c>
+      <c r="B209" s="13" t="s">
+        <v>431</v>
+      </c>
+      <c r="C209" s="14">
+        <v>761</v>
+      </c>
+      <c r="D209" s="15">
+        <v>106</v>
+      </c>
+      <c r="E209" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F209" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G209" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H209" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I209" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J209" s="7">
+        <v>111</v>
+      </c>
+      <c r="K209" s="8">
+        <v>0.14586070959264127</v>
+      </c>
+      <c r="L209" s="9">
+        <v>111</v>
+      </c>
+      <c r="M209" s="10">
+        <v>0.14586070959264127</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A210" s="12" t="s">
+        <v>432</v>
+      </c>
+      <c r="B210" s="13" t="s">
+        <v>433</v>
+      </c>
+      <c r="C210" s="14">
+        <v>818</v>
+      </c>
+      <c r="D210" s="15">
+        <v>166</v>
+      </c>
+      <c r="E210" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F210" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G210" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H210" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I210" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J210" s="7">
+        <v>172</v>
+      </c>
+      <c r="K210" s="8">
+        <v>0.21026894865525672</v>
+      </c>
+      <c r="L210" s="9">
+        <v>172</v>
+      </c>
+      <c r="M210" s="10">
+        <v>0.21026894865525672</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A211" s="12" t="s">
+        <v>434</v>
+      </c>
+      <c r="B211" s="13" t="s">
+        <v>435</v>
+      </c>
+      <c r="C211" s="14">
+        <v>88</v>
+      </c>
+      <c r="D211" s="15">
+        <v>21</v>
+      </c>
+      <c r="E211" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F211" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G211" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H211" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I211" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J211" s="7">
+        <v>21</v>
+      </c>
+      <c r="K211" s="8">
+        <v>0.23863636363636365</v>
+      </c>
+      <c r="L211" s="9">
+        <v>21</v>
+      </c>
+      <c r="M211" s="10">
+        <v>0.23863636363636365</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A212" s="12" t="s">
+        <v>436</v>
+      </c>
+      <c r="B212" s="13" t="s">
+        <v>437</v>
+      </c>
+      <c r="C212" s="14">
+        <v>1889</v>
+      </c>
+      <c r="D212" s="15">
+        <v>174</v>
+      </c>
+      <c r="E212" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F212" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G212" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H212" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I212" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J212" s="7">
+        <v>178</v>
+      </c>
+      <c r="K212" s="8">
+        <v>9.4229751191106409E-2</v>
+      </c>
+      <c r="L212" s="9">
+        <v>178</v>
+      </c>
+      <c r="M212" s="10">
+        <v>9.4229751191106409E-2</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A213" s="12" t="s">
+        <v>438</v>
+      </c>
+      <c r="B213" s="13" t="s">
+        <v>439</v>
+      </c>
+      <c r="C213" s="14">
+        <v>1378</v>
+      </c>
+      <c r="D213" s="15">
+        <v>169</v>
+      </c>
+      <c r="E213" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F213" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G213" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H213" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I213" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J213" s="7">
+        <v>177</v>
+      </c>
+      <c r="K213" s="8">
+        <v>0.12844702467343977</v>
+      </c>
+      <c r="L213" s="9">
+        <v>177</v>
+      </c>
+      <c r="M213" s="10">
+        <v>0.12844702467343977</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A214" s="12" t="s">
+        <v>440</v>
+      </c>
+      <c r="B214" s="13" t="s">
+        <v>441</v>
+      </c>
+      <c r="C214" s="14">
+        <v>797</v>
+      </c>
+      <c r="D214" s="15">
+        <v>102</v>
+      </c>
+      <c r="E214" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F214" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G214" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H214" s="13">
+        <v>12</v>
+      </c>
+      <c r="I214" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J214" s="7">
+        <v>114</v>
+      </c>
+      <c r="K214" s="8">
+        <v>0.14303638644918445</v>
+      </c>
+      <c r="L214" s="9">
+        <v>114</v>
+      </c>
+      <c r="M214" s="10">
+        <v>0.14303638644918445</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A215" s="12" t="s">
+        <v>442</v>
+      </c>
+      <c r="B215" s="13" t="s">
+        <v>443</v>
+      </c>
+      <c r="C215" s="14">
+        <v>317</v>
+      </c>
+      <c r="D215" s="15">
+        <v>37</v>
+      </c>
+      <c r="E215" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F215" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G215" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H215" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I215" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J215" s="7">
+        <v>38</v>
+      </c>
+      <c r="K215" s="8">
+        <v>0.11987381703470032</v>
+      </c>
+      <c r="L215" s="9">
+        <v>38</v>
+      </c>
+      <c r="M215" s="10">
+        <v>0.11987381703470032</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A216" s="12" t="s">
+        <v>444</v>
+      </c>
+      <c r="B216" s="13" t="s">
+        <v>445</v>
+      </c>
+      <c r="C216" s="14">
+        <v>64</v>
+      </c>
+      <c r="D216" s="15">
+        <v>14</v>
+      </c>
+      <c r="E216" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F216" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G216" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H216" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I216" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J216" s="7">
+        <v>14</v>
+      </c>
+      <c r="K216" s="8">
+        <v>0.21875</v>
+      </c>
+      <c r="L216" s="9">
+        <v>14</v>
+      </c>
+      <c r="M216" s="10">
+        <v>0.21875</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A217" s="12" t="s">
+        <v>446</v>
+      </c>
+      <c r="B217" s="13" t="s">
+        <v>447</v>
+      </c>
+      <c r="C217" s="14">
+        <v>921</v>
+      </c>
+      <c r="D217" s="15">
+        <v>102</v>
+      </c>
+      <c r="E217" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F217" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G217" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H217" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I217" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J217" s="7">
+        <v>105</v>
+      </c>
+      <c r="K217" s="8">
+        <v>0.11400651465798045</v>
+      </c>
+      <c r="L217" s="9">
+        <v>105</v>
+      </c>
+      <c r="M217" s="10">
+        <v>0.11400651465798045</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A218" s="12" t="s">
+        <v>448</v>
+      </c>
+      <c r="B218" s="13" t="s">
+        <v>449</v>
+      </c>
+      <c r="C218" s="14">
+        <v>688</v>
+      </c>
+      <c r="D218" s="15">
+        <v>112</v>
+      </c>
+      <c r="E218" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F218" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G218" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H218" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I218" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J218" s="7">
+        <v>118</v>
+      </c>
+      <c r="K218" s="8">
+        <v>0.17151162790697674</v>
+      </c>
+      <c r="L218" s="9">
+        <v>118</v>
+      </c>
+      <c r="M218" s="10">
+        <v>0.17151162790697674</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A219" s="12" t="s">
+        <v>450</v>
+      </c>
+      <c r="B219" s="13" t="s">
+        <v>451</v>
+      </c>
+      <c r="C219" s="14">
+        <v>2053</v>
+      </c>
+      <c r="D219" s="15">
+        <v>253</v>
+      </c>
+      <c r="E219" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F219" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G219" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H219" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I219" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J219" s="7">
+        <v>263</v>
+      </c>
+      <c r="K219" s="8">
+        <v>0.12810521188504628</v>
+      </c>
+      <c r="L219" s="9">
+        <v>263</v>
+      </c>
+      <c r="M219" s="10">
+        <v>0.12810521188504628</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A220" s="12" t="s">
+        <v>452</v>
+      </c>
+      <c r="B220" s="13" t="s">
+        <v>453</v>
+      </c>
+      <c r="C220" s="14">
+        <v>652</v>
+      </c>
+      <c r="D220" s="15">
+        <v>80</v>
+      </c>
+      <c r="E220" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F220" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G220" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H220" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I220" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J220" s="7">
+        <v>80</v>
+      </c>
+      <c r="K220" s="8">
+        <v>0.12269938650306748</v>
+      </c>
+      <c r="L220" s="9">
+        <v>80</v>
+      </c>
+      <c r="M220" s="10">
+        <v>0.12269938650306748</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A221" s="12" t="s">
+        <v>454</v>
+      </c>
+      <c r="B221" s="13" t="s">
+        <v>455</v>
+      </c>
+      <c r="C221" s="14">
+        <v>282</v>
+      </c>
+      <c r="D221" s="15">
+        <v>29</v>
+      </c>
+      <c r="E221" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F221" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G221" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H221" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I221" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J221" s="7">
+        <v>31</v>
+      </c>
+      <c r="K221" s="8">
+        <v>0.1099290780141844</v>
+      </c>
+      <c r="L221" s="9">
+        <v>31</v>
+      </c>
+      <c r="M221" s="10">
+        <v>0.1099290780141844</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A222" s="12" t="s">
+        <v>456</v>
+      </c>
+      <c r="B222" s="13" t="s">
+        <v>457</v>
+      </c>
+      <c r="C222" s="14">
+        <v>533</v>
+      </c>
+      <c r="D222" s="15">
+        <v>44</v>
+      </c>
+      <c r="E222" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F222" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G222" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H222" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I222" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J222" s="7">
+        <v>44</v>
+      </c>
+      <c r="K222" s="8">
+        <v>8.2551594746716694E-2</v>
+      </c>
+      <c r="L222" s="9">
+        <v>44</v>
+      </c>
+      <c r="M222" s="10">
+        <v>8.2551594746716694E-2</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A223" s="12" t="s">
+        <v>458</v>
+      </c>
+      <c r="B223" s="13" t="s">
+        <v>459</v>
+      </c>
+      <c r="C223" s="14">
+        <v>2315</v>
+      </c>
+      <c r="D223" s="15">
+        <v>219</v>
+      </c>
+      <c r="E223" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F223" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G223" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H223" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I223" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J223" s="7">
+        <v>225</v>
+      </c>
+      <c r="K223" s="8">
+        <v>9.719222462203024E-2</v>
+      </c>
+      <c r="L223" s="9">
+        <v>225</v>
+      </c>
+      <c r="M223" s="10">
+        <v>9.719222462203024E-2</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A224" s="12" t="s">
+        <v>460</v>
+      </c>
+      <c r="B224" s="13" t="s">
+        <v>461</v>
+      </c>
+      <c r="C224" s="14">
+        <v>399</v>
+      </c>
+      <c r="D224" s="15">
+        <v>55</v>
+      </c>
+      <c r="E224" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F224" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G224" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H224" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I224" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J224" s="7">
+        <v>59</v>
+      </c>
+      <c r="K224" s="8">
+        <v>0.14786967418546365</v>
+      </c>
+      <c r="L224" s="9">
+        <v>59</v>
+      </c>
+      <c r="M224" s="10">
+        <v>0.14786967418546365</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A225" s="12" t="s">
+        <v>462</v>
+      </c>
+      <c r="B225" s="13" t="s">
+        <v>463</v>
+      </c>
+      <c r="C225" s="14">
+        <v>448</v>
+      </c>
+      <c r="D225" s="15">
+        <v>41</v>
+      </c>
+      <c r="E225" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F225" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G225" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H225" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I225" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J225" s="7">
+        <v>41</v>
+      </c>
+      <c r="K225" s="8">
+        <v>9.1517857142857137E-2</v>
+      </c>
+      <c r="L225" s="9">
+        <v>41</v>
+      </c>
+      <c r="M225" s="10">
+        <v>9.1517857142857137E-2</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A226" s="12" t="s">
+        <v>464</v>
+      </c>
+      <c r="B226" s="13" t="s">
+        <v>465</v>
+      </c>
+      <c r="C226" s="14">
+        <v>1577</v>
+      </c>
+      <c r="D226" s="15">
+        <v>155</v>
+      </c>
+      <c r="E226" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F226" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G226" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H226" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I226" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J226" s="7">
+        <v>155</v>
+      </c>
+      <c r="K226" s="8">
+        <v>9.8287888395688014E-2</v>
+      </c>
+      <c r="L226" s="9">
+        <v>155</v>
+      </c>
+      <c r="M226" s="10">
+        <v>9.8287888395688014E-2</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A227" s="12" t="s">
+        <v>466</v>
+      </c>
+      <c r="B227" s="13" t="s">
+        <v>467</v>
+      </c>
+      <c r="C227" s="14">
+        <v>2182</v>
+      </c>
+      <c r="D227" s="15">
+        <v>138</v>
+      </c>
+      <c r="E227" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F227" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G227" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H227" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I227" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J227" s="7">
+        <v>142</v>
+      </c>
+      <c r="K227" s="8">
+        <v>6.5077910174152154E-2</v>
+      </c>
+      <c r="L227" s="9">
+        <v>142</v>
+      </c>
+      <c r="M227" s="10">
+        <v>6.5077910174152154E-2</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A228" s="12" t="s">
+        <v>468</v>
+      </c>
+      <c r="B228" s="13" t="s">
+        <v>469</v>
+      </c>
+      <c r="C228" s="14">
+        <v>397</v>
+      </c>
+      <c r="D228" s="15">
+        <v>11</v>
+      </c>
+      <c r="E228" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F228" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G228" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H228" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I228" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J228" s="7">
+        <v>12</v>
+      </c>
+      <c r="K228" s="8">
+        <v>3.0226700251889168E-2</v>
+      </c>
+      <c r="L228" s="9">
+        <v>12</v>
+      </c>
+      <c r="M228" s="10">
+        <v>3.0226700251889168E-2</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A229" s="12" t="s">
+        <v>470</v>
+      </c>
+      <c r="B229" s="13" t="s">
+        <v>471</v>
+      </c>
+      <c r="C229" s="14">
+        <v>1333</v>
+      </c>
+      <c r="D229" s="15">
+        <v>170</v>
+      </c>
+      <c r="E229" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F229" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G229" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H229" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I229" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J229" s="7">
+        <v>177</v>
+      </c>
+      <c r="K229" s="8">
+        <v>0.13278319579894973</v>
+      </c>
+      <c r="L229" s="9">
+        <v>177</v>
+      </c>
+      <c r="M229" s="10">
+        <v>0.13278319579894973</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A230" s="12" t="s">
+        <v>472</v>
+      </c>
+      <c r="B230" s="13" t="s">
+        <v>473</v>
+      </c>
+      <c r="C230" s="14">
+        <v>1631</v>
+      </c>
+      <c r="D230" s="15">
+        <v>242</v>
+      </c>
+      <c r="E230" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F230" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G230" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H230" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I230" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J230" s="7">
+        <v>245</v>
+      </c>
+      <c r="K230" s="8">
+        <v>0.15021459227467812</v>
+      </c>
+      <c r="L230" s="9">
+        <v>245</v>
+      </c>
+      <c r="M230" s="10">
+        <v>0.15021459227467812</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A231" s="12" t="s">
+        <v>474</v>
+      </c>
+      <c r="B231" s="13" t="s">
+        <v>475</v>
+      </c>
+      <c r="C231" s="14">
+        <v>1038</v>
+      </c>
+      <c r="D231" s="15">
+        <v>79</v>
+      </c>
+      <c r="E231" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F231" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G231" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H231" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I231" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J231" s="7">
+        <v>81</v>
+      </c>
+      <c r="K231" s="8">
+        <v>7.8034682080924858E-2</v>
+      </c>
+      <c r="L231" s="9">
+        <v>81</v>
+      </c>
+      <c r="M231" s="10">
+        <v>7.8034682080924858E-2</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A232" s="12" t="s">
+        <v>476</v>
+      </c>
+      <c r="B232" s="13" t="s">
+        <v>477</v>
+      </c>
+      <c r="C232" s="14">
+        <v>159</v>
+      </c>
+      <c r="D232" s="15">
+        <v>37</v>
+      </c>
+      <c r="E232" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F232" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G232" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H232" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I232" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J232" s="7">
+        <v>37</v>
+      </c>
+      <c r="K232" s="8">
+        <v>0.23270440251572327</v>
+      </c>
+      <c r="L232" s="9">
+        <v>37</v>
+      </c>
+      <c r="M232" s="10">
+        <v>0.23270440251572327</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A233" s="12" t="s">
+        <v>478</v>
+      </c>
+      <c r="B233" s="13" t="s">
+        <v>479</v>
+      </c>
+      <c r="C233" s="14">
+        <v>808</v>
+      </c>
+      <c r="D233" s="15">
+        <v>98</v>
+      </c>
+      <c r="E233" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F233" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G233" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H233" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I233" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J233" s="7">
+        <v>105</v>
+      </c>
+      <c r="K233" s="8">
+        <v>0.12995049504950495</v>
+      </c>
+      <c r="L233" s="9">
+        <v>105</v>
+      </c>
+      <c r="M233" s="10">
+        <v>0.12995049504950495</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A234" s="12" t="s">
+        <v>480</v>
+      </c>
+      <c r="B234" s="13" t="s">
+        <v>481</v>
+      </c>
+      <c r="C234" s="14">
+        <v>1389</v>
+      </c>
+      <c r="D234" s="15">
+        <v>137</v>
+      </c>
+      <c r="E234" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F234" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G234" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H234" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I234" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J234" s="7">
+        <v>141</v>
+      </c>
+      <c r="K234" s="8">
+        <v>0.10151187904967603</v>
+      </c>
+      <c r="L234" s="9">
+        <v>141</v>
+      </c>
+      <c r="M234" s="10">
+        <v>0.10151187904967603</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A235" s="12" t="s">
+        <v>482</v>
+      </c>
+      <c r="B235" s="13" t="s">
+        <v>483</v>
+      </c>
+      <c r="C235" s="14">
+        <v>273</v>
+      </c>
+      <c r="D235" s="15">
+        <v>33</v>
+      </c>
+      <c r="E235" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F235" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G235" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H235" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I235" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J235" s="7">
+        <v>36</v>
+      </c>
+      <c r="K235" s="8">
+        <v>0.13186813186813187</v>
+      </c>
+      <c r="L235" s="9">
+        <v>36</v>
+      </c>
+      <c r="M235" s="10">
+        <v>0.13186813186813187</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A236" s="12" t="s">
+        <v>484</v>
+      </c>
+      <c r="B236" s="13" t="s">
+        <v>485</v>
+      </c>
+      <c r="C236" s="14">
+        <v>1564</v>
+      </c>
+      <c r="D236" s="15">
+        <v>141</v>
+      </c>
+      <c r="E236" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F236" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G236" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H236" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I236" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J236" s="7">
+        <v>147</v>
+      </c>
+      <c r="K236" s="8">
+        <v>9.3989769820971861E-2</v>
+      </c>
+      <c r="L236" s="9">
+        <v>147</v>
+      </c>
+      <c r="M236" s="10">
+        <v>9.3989769820971861E-2</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A237" s="12" t="s">
+        <v>486</v>
+      </c>
+      <c r="B237" s="13" t="s">
+        <v>487</v>
+      </c>
+      <c r="C237" s="14">
+        <v>388</v>
+      </c>
+      <c r="D237" s="15">
+        <v>36</v>
+      </c>
+      <c r="E237" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F237" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G237" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H237" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I237" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J237" s="7">
+        <v>36</v>
+      </c>
+      <c r="K237" s="8">
+        <v>9.2783505154639179E-2</v>
+      </c>
+      <c r="L237" s="9">
+        <v>36</v>
+      </c>
+      <c r="M237" s="10">
+        <v>9.2783505154639179E-2</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A238" s="12" t="s">
+        <v>488</v>
+      </c>
+      <c r="B238" s="13" t="s">
+        <v>489</v>
+      </c>
+      <c r="C238" s="14">
+        <v>555</v>
+      </c>
+      <c r="D238" s="15">
+        <v>117</v>
+      </c>
+      <c r="E238" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F238" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G238" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H238" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I238" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J238" s="7">
+        <v>119</v>
+      </c>
+      <c r="K238" s="8">
+        <v>0.21441441441441442</v>
+      </c>
+      <c r="L238" s="9">
+        <v>119</v>
+      </c>
+      <c r="M238" s="10">
+        <v>0.21441441441441442</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A239" s="12" t="s">
+        <v>490</v>
+      </c>
+      <c r="B239" s="13" t="s">
+        <v>491</v>
+      </c>
+      <c r="C239" s="14">
+        <v>118</v>
+      </c>
+      <c r="D239" s="15">
+        <v>26</v>
+      </c>
+      <c r="E239" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F239" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G239" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H239" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I239" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J239" s="7">
+        <v>29</v>
+      </c>
+      <c r="K239" s="8">
+        <v>0.24576271186440679</v>
+      </c>
+      <c r="L239" s="9">
+        <v>29</v>
+      </c>
+      <c r="M239" s="10">
+        <v>0.24576271186440679</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A240" s="12" t="s">
+        <v>492</v>
+      </c>
+      <c r="B240" s="13" t="s">
+        <v>493</v>
+      </c>
+      <c r="C240" s="14">
+        <v>219</v>
+      </c>
+      <c r="D240" s="15">
+        <v>28</v>
+      </c>
+      <c r="E240" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F240" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G240" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H240" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I240" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J240" s="7">
+        <v>29</v>
+      </c>
+      <c r="K240" s="8">
+        <v>0.13242009132420091</v>
+      </c>
+      <c r="L240" s="9">
+        <v>29</v>
+      </c>
+      <c r="M240" s="10">
+        <v>0.13242009132420091</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A241" s="12" t="s">
+        <v>494</v>
+      </c>
+      <c r="B241" s="13" t="s">
+        <v>495</v>
+      </c>
+      <c r="C241" s="14">
+        <v>246</v>
+      </c>
+      <c r="D241" s="15">
+        <v>39</v>
+      </c>
+      <c r="E241" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F241" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G241" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H241" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I241" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J241" s="7">
+        <v>41</v>
+      </c>
+      <c r="K241" s="8">
+        <v>0.16666666666666666</v>
+      </c>
+      <c r="L241" s="9">
+        <v>41</v>
+      </c>
+      <c r="M241" s="10">
+        <v>0.16666666666666666</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A242" s="12" t="s">
+        <v>496</v>
+      </c>
+      <c r="B242" s="13" t="s">
+        <v>497</v>
+      </c>
+      <c r="C242" s="14">
+        <v>363</v>
+      </c>
+      <c r="D242" s="15">
+        <v>48</v>
+      </c>
+      <c r="E242" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F242" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G242" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H242" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I242" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J242" s="7">
+        <v>48</v>
+      </c>
+      <c r="K242" s="8">
+        <v>0.13223140495867769</v>
+      </c>
+      <c r="L242" s="9">
+        <v>48</v>
+      </c>
+      <c r="M242" s="10">
+        <v>0.13223140495867769</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A243" s="12" t="s">
+        <v>498</v>
+      </c>
+      <c r="B243" s="13" t="s">
+        <v>499</v>
+      </c>
+      <c r="C243" s="14">
+        <v>803</v>
+      </c>
+      <c r="D243" s="15">
+        <v>98</v>
+      </c>
+      <c r="E243" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F243" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G243" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H243" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I243" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J243" s="7">
+        <v>102</v>
+      </c>
+      <c r="K243" s="8">
+        <v>0.12702366127023662</v>
+      </c>
+      <c r="L243" s="9">
+        <v>102</v>
+      </c>
+      <c r="M243" s="10">
+        <v>0.12702366127023662</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A244" s="12" t="s">
+        <v>500</v>
+      </c>
+      <c r="B244" s="13" t="s">
+        <v>501</v>
+      </c>
+      <c r="C244" s="14">
+        <v>757</v>
+      </c>
+      <c r="D244" s="15">
+        <v>55</v>
+      </c>
+      <c r="E244" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F244" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G244" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H244" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I244" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J244" s="7">
+        <v>63</v>
+      </c>
+      <c r="K244" s="8">
+        <v>8.3223249669749005E-2</v>
+      </c>
+      <c r="L244" s="9">
+        <v>63</v>
+      </c>
+      <c r="M244" s="10">
+        <v>8.3223249669749005E-2</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A245" s="12" t="s">
+        <v>502</v>
+      </c>
+      <c r="B245" s="13" t="s">
+        <v>503</v>
+      </c>
+      <c r="C245" s="14">
+        <v>943</v>
+      </c>
+      <c r="D245" s="15">
+        <v>84</v>
+      </c>
+      <c r="E245" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F245" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G245" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H245" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I245" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J245" s="7">
+        <v>88</v>
+      </c>
+      <c r="K245" s="8">
+        <v>9.3319194061505836E-2</v>
+      </c>
+      <c r="L245" s="9">
+        <v>88</v>
+      </c>
+      <c r="M245" s="10">
+        <v>9.3319194061505836E-2</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A246" s="12" t="s">
+        <v>504</v>
+      </c>
+      <c r="B246" s="13" t="s">
+        <v>505</v>
+      </c>
+      <c r="C246" s="14">
+        <v>767</v>
+      </c>
+      <c r="D246" s="15">
+        <v>100</v>
+      </c>
+      <c r="E246" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F246" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G246" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H246" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I246" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J246" s="7">
+        <v>106</v>
+      </c>
+      <c r="K246" s="8">
+        <v>0.13820078226857888</v>
+      </c>
+      <c r="L246" s="9">
+        <v>106</v>
+      </c>
+      <c r="M246" s="10">
+        <v>0.13820078226857888</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A247" s="12" t="s">
+        <v>506</v>
+      </c>
+      <c r="B247" s="13" t="s">
+        <v>507</v>
+      </c>
+      <c r="C247" s="14">
+        <v>922</v>
+      </c>
+      <c r="D247" s="15">
+        <v>57</v>
+      </c>
+      <c r="E247" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F247" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G247" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H247" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I247" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J247" s="7">
+        <v>64</v>
+      </c>
+      <c r="K247" s="8">
+        <v>6.9414316702819959E-2</v>
+      </c>
+      <c r="L247" s="9">
+        <v>64</v>
+      </c>
+      <c r="M247" s="10">
+        <v>6.9414316702819959E-2</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A248" s="12" t="s">
+        <v>508</v>
+      </c>
+      <c r="B248" s="13" t="s">
+        <v>509</v>
+      </c>
+      <c r="C248" s="14">
+        <v>629</v>
+      </c>
+      <c r="D248" s="15">
+        <v>76</v>
+      </c>
+      <c r="E248" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F248" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G248" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H248" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I248" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J248" s="7">
+        <v>78</v>
+      </c>
+      <c r="K248" s="8">
+        <v>0.12400635930047695</v>
+      </c>
+      <c r="L248" s="9">
+        <v>78</v>
+      </c>
+      <c r="M248" s="10">
+        <v>0.12400635930047695</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A249" s="12" t="s">
+        <v>510</v>
+      </c>
+      <c r="B249" s="13" t="s">
+        <v>511</v>
+      </c>
+      <c r="C249" s="14">
+        <v>651</v>
+      </c>
+      <c r="D249" s="15">
+        <v>54</v>
+      </c>
+      <c r="E249" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F249" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G249" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H249" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I249" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J249" s="7">
+        <v>59</v>
+      </c>
+      <c r="K249" s="8">
+        <v>9.0629800307219663E-2</v>
+      </c>
+      <c r="L249" s="9">
+        <v>59</v>
+      </c>
+      <c r="M249" s="10">
+        <v>9.0629800307219663E-2</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A250" s="12" t="s">
+        <v>512</v>
+      </c>
+      <c r="B250" s="13" t="s">
+        <v>513</v>
+      </c>
+      <c r="C250" s="14">
+        <v>201</v>
+      </c>
+      <c r="D250" s="15">
+        <v>14</v>
+      </c>
+      <c r="E250" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F250" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G250" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H250" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I250" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J250" s="7">
+        <v>14</v>
+      </c>
+      <c r="K250" s="8">
+        <v>6.965174129353234E-2</v>
+      </c>
+      <c r="L250" s="9">
+        <v>14</v>
+      </c>
+      <c r="M250" s="10">
+        <v>6.965174129353234E-2</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A251" s="12" t="s">
+        <v>514</v>
+      </c>
+      <c r="B251" s="13" t="s">
+        <v>515</v>
+      </c>
+      <c r="C251" s="14">
+        <v>878</v>
+      </c>
+      <c r="D251" s="15">
+        <v>104</v>
+      </c>
+      <c r="E251" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F251" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G251" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H251" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I251" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J251" s="7">
+        <v>105</v>
+      </c>
+      <c r="K251" s="8">
+        <v>0.11958997722095673</v>
+      </c>
+      <c r="L251" s="9">
+        <v>105</v>
+      </c>
+      <c r="M251" s="10">
+        <v>0.11958997722095673</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A252" s="12" t="s">
+        <v>516</v>
+      </c>
+      <c r="B252" s="13" t="s">
+        <v>517</v>
+      </c>
+      <c r="C252" s="14">
+        <v>332</v>
+      </c>
+      <c r="D252" s="15">
+        <v>40</v>
+      </c>
+      <c r="E252" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F252" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G252" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H252" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I252" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J252" s="7">
+        <v>41</v>
+      </c>
+      <c r="K252" s="8">
+        <v>0.12349397590361445</v>
+      </c>
+      <c r="L252" s="9">
+        <v>41</v>
+      </c>
+      <c r="M252" s="10">
+        <v>0.12349397590361445</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A253" s="12" t="s">
+        <v>518</v>
+      </c>
+      <c r="B253" s="13" t="s">
+        <v>519</v>
+      </c>
+      <c r="C253" s="14">
+        <v>233</v>
+      </c>
+      <c r="D253" s="15">
+        <v>20</v>
+      </c>
+      <c r="E253" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F253" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G253" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H253" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I253" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J253" s="7">
+        <v>22</v>
+      </c>
+      <c r="K253" s="8">
+        <v>9.4420600858369105E-2</v>
+      </c>
+      <c r="L253" s="9">
+        <v>22</v>
+      </c>
+      <c r="M253" s="10">
+        <v>9.4420600858369105E-2</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A254" s="12" t="s">
+        <v>520</v>
+      </c>
+      <c r="B254" s="13" t="s">
+        <v>521</v>
+      </c>
+      <c r="C254" s="14">
+        <v>877</v>
+      </c>
+      <c r="D254" s="15">
+        <v>80</v>
+      </c>
+      <c r="E254" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F254" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G254" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H254" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I254" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J254" s="7">
+        <v>85</v>
+      </c>
+      <c r="K254" s="8">
+        <v>9.6921322690992018E-2</v>
+      </c>
+      <c r="L254" s="9">
+        <v>85</v>
+      </c>
+      <c r="M254" s="10">
+        <v>9.6921322690992018E-2</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A255" s="12" t="s">
+        <v>522</v>
+      </c>
+      <c r="B255" s="13" t="s">
+        <v>523</v>
+      </c>
+      <c r="C255" s="14">
+        <v>515</v>
+      </c>
+      <c r="D255" s="15">
+        <v>58</v>
+      </c>
+      <c r="E255" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F255" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G255" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H255" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I255" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J255" s="7">
+        <v>61</v>
+      </c>
+      <c r="K255" s="8">
+        <v>0.11844660194174757</v>
+      </c>
+      <c r="L255" s="9">
+        <v>61</v>
+      </c>
+      <c r="M255" s="10">
+        <v>0.11844660194174757</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A256" s="12" t="s">
+        <v>524</v>
+      </c>
+      <c r="B256" s="13" t="s">
+        <v>525</v>
+      </c>
+      <c r="C256" s="14">
+        <v>630</v>
+      </c>
+      <c r="D256" s="15">
+        <v>26</v>
+      </c>
+      <c r="E256" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F256" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G256" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H256" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I256" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J256" s="7">
+        <v>28</v>
+      </c>
+      <c r="K256" s="8">
+        <v>4.4444444444444446E-2</v>
+      </c>
+      <c r="L256" s="9">
+        <v>28</v>
+      </c>
+      <c r="M256" s="10">
+        <v>4.4444444444444446E-2</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A257" s="12" t="s">
+        <v>526</v>
+      </c>
+      <c r="B257" s="13" t="s">
+        <v>527</v>
+      </c>
+      <c r="C257" s="14">
+        <v>1262</v>
+      </c>
+      <c r="D257" s="15">
+        <v>126</v>
+      </c>
+      <c r="E257" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F257" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G257" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H257" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I257" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J257" s="7">
+        <v>128</v>
+      </c>
+      <c r="K257" s="8">
+        <v>0.10142630744849446</v>
+      </c>
+      <c r="L257" s="9">
+        <v>128</v>
+      </c>
+      <c r="M257" s="10">
+        <v>0.10142630744849446</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A258" s="12" t="s">
+        <v>528</v>
+      </c>
+      <c r="B258" s="13" t="s">
+        <v>529</v>
+      </c>
+      <c r="C258" s="14">
+        <v>270</v>
+      </c>
+      <c r="D258" s="15">
+        <v>64</v>
+      </c>
+      <c r="E258" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F258" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G258" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H258" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I258" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J258" s="7">
+        <v>64</v>
+      </c>
+      <c r="K258" s="8">
+        <v>0.23703703703703705</v>
+      </c>
+      <c r="L258" s="9">
+        <v>64</v>
+      </c>
+      <c r="M258" s="10">
+        <v>0.23703703703703705</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A259" s="12" t="s">
+        <v>530</v>
+      </c>
+      <c r="B259" s="13" t="s">
+        <v>531</v>
+      </c>
+      <c r="C259" s="14">
+        <v>278</v>
+      </c>
+      <c r="D259" s="15">
+        <v>24</v>
+      </c>
+      <c r="E259" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F259" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G259" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H259" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I259" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J259" s="7">
+        <v>25</v>
+      </c>
+      <c r="K259" s="8">
+        <v>8.9928057553956831E-2</v>
+      </c>
+      <c r="L259" s="9">
+        <v>25</v>
+      </c>
+      <c r="M259" s="10">
+        <v>8.9928057553956831E-2</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A260" s="12" t="s">
+        <v>532</v>
+      </c>
+      <c r="B260" s="13" t="s">
+        <v>533</v>
+      </c>
+      <c r="C260" s="14">
+        <v>211</v>
+      </c>
+      <c r="D260" s="15">
+        <v>18</v>
+      </c>
+      <c r="E260" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F260" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G260" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H260" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I260" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J260" s="7">
+        <v>22</v>
+      </c>
+      <c r="K260" s="8">
+        <v>0.10426540284360189</v>
+      </c>
+      <c r="L260" s="9">
+        <v>22</v>
+      </c>
+      <c r="M260" s="10">
+        <v>0.10426540284360189</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A261" s="12" t="s">
+        <v>534</v>
+      </c>
+      <c r="B261" s="13" t="s">
+        <v>535</v>
+      </c>
+      <c r="C261" s="14">
+        <v>472</v>
+      </c>
+      <c r="D261" s="15">
+        <v>30</v>
+      </c>
+      <c r="E261" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F261" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G261" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H261" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I261" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J261" s="7">
+        <v>31</v>
+      </c>
+      <c r="K261" s="8">
+        <v>6.5677966101694921E-2</v>
+      </c>
+      <c r="L261" s="9">
+        <v>31</v>
+      </c>
+      <c r="M261" s="10">
+        <v>6.5677966101694921E-2</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A262" s="12" t="s">
+        <v>536</v>
+      </c>
+      <c r="B262" s="13" t="s">
+        <v>537</v>
+      </c>
+      <c r="C262" s="14">
+        <v>882</v>
+      </c>
+      <c r="D262" s="15">
+        <v>79</v>
+      </c>
+      <c r="E262" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F262" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G262" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H262" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I262" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J262" s="7">
+        <v>80</v>
+      </c>
+      <c r="K262" s="8">
+        <v>9.0702947845804988E-2</v>
+      </c>
+      <c r="L262" s="9">
+        <v>82</v>
+      </c>
+      <c r="M262" s="10">
+        <v>9.297052154195011E-2</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A263" s="12" t="s">
+        <v>538</v>
+      </c>
+      <c r="B263" s="13" t="s">
+        <v>539</v>
+      </c>
+      <c r="C263" s="14">
+        <v>258</v>
+      </c>
+      <c r="D263" s="15">
+        <v>36</v>
+      </c>
+      <c r="E263" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F263" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G263" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H263" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I263" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J263" s="7">
+        <v>37</v>
+      </c>
+      <c r="K263" s="8">
+        <v>0.1434108527131783</v>
+      </c>
+      <c r="L263" s="9">
+        <v>37</v>
+      </c>
+      <c r="M263" s="10">
+        <v>0.1434108527131783</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A264" s="12" t="s">
+        <v>540</v>
+      </c>
+      <c r="B264" s="13" t="s">
+        <v>541</v>
+      </c>
+      <c r="C264" s="14">
+        <v>851</v>
+      </c>
+      <c r="D264" s="15">
+        <v>87</v>
+      </c>
+      <c r="E264" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F264" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G264" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H264" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I264" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J264" s="7">
+        <v>89</v>
+      </c>
+      <c r="K264" s="8">
+        <v>0.1045828437132785</v>
+      </c>
+      <c r="L264" s="9">
+        <v>89</v>
+      </c>
+      <c r="M264" s="10">
+        <v>0.1045828437132785</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A265" s="12" t="s">
+        <v>542</v>
+      </c>
+      <c r="B265" s="13" t="s">
+        <v>543</v>
+      </c>
+      <c r="C265" s="14">
+        <v>394</v>
+      </c>
+      <c r="D265" s="15">
+        <v>58</v>
+      </c>
+      <c r="E265" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F265" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G265" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H265" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I265" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J265" s="7">
+        <v>60</v>
+      </c>
+      <c r="K265" s="8">
+        <v>0.15228426395939088</v>
+      </c>
+      <c r="L265" s="9">
+        <v>60</v>
+      </c>
+      <c r="M265" s="10">
+        <v>0.15228426395939088</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A266" s="12" t="s">
+        <v>544</v>
+      </c>
+      <c r="B266" s="13" t="s">
+        <v>545</v>
+      </c>
+      <c r="C266" s="14">
+        <v>91</v>
+      </c>
+      <c r="D266" s="15">
+        <v>11</v>
+      </c>
+      <c r="E266" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F266" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G266" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H266" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I266" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J266" s="7">
+        <v>11</v>
+      </c>
+      <c r="K266" s="8">
+        <v>0.12087912087912088</v>
+      </c>
+      <c r="L266" s="9">
+        <v>11</v>
+      </c>
+      <c r="M266" s="10">
+        <v>0.12087912087912088</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A267" s="12" t="s">
+        <v>546</v>
+      </c>
+      <c r="B267" s="13" t="s">
+        <v>547</v>
+      </c>
+      <c r="C267" s="14">
+        <v>136</v>
+      </c>
+      <c r="D267" s="15">
+        <v>15</v>
+      </c>
+      <c r="E267" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F267" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G267" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H267" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I267" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J267" s="7">
+        <v>15</v>
+      </c>
+      <c r="K267" s="8">
+        <v>0.11029411764705882</v>
+      </c>
+      <c r="L267" s="9">
+        <v>15</v>
+      </c>
+      <c r="M267" s="10">
+        <v>0.11029411764705882</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A268" s="12" t="s">
+        <v>548</v>
+      </c>
+      <c r="B268" s="13" t="s">
+        <v>549</v>
+      </c>
+      <c r="C268" s="14">
+        <v>220</v>
+      </c>
+      <c r="D268" s="15">
+        <v>38</v>
+      </c>
+      <c r="E268" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F268" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G268" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H268" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I268" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J268" s="7">
+        <v>39</v>
+      </c>
+      <c r="K268" s="8">
+        <v>0.17727272727272728</v>
+      </c>
+      <c r="L268" s="9">
+        <v>39</v>
+      </c>
+      <c r="M268" s="10">
+        <v>0.17727272727272728</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A269" s="12" t="s">
+        <v>550</v>
+      </c>
+      <c r="B269" s="13" t="s">
+        <v>551</v>
+      </c>
+      <c r="C269" s="14">
+        <v>997</v>
+      </c>
+      <c r="D269" s="15">
+        <v>121</v>
+      </c>
+      <c r="E269" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F269" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G269" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H269" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I269" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J269" s="7">
+        <v>124</v>
+      </c>
+      <c r="K269" s="8">
+        <v>0.12437311935807423</v>
+      </c>
+      <c r="L269" s="9">
+        <v>124</v>
+      </c>
+      <c r="M269" s="10">
+        <v>0.12437311935807423</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A270" s="12" t="s">
+        <v>552</v>
+      </c>
+      <c r="B270" s="13" t="s">
+        <v>553</v>
+      </c>
+      <c r="C270" s="14">
+        <v>362</v>
+      </c>
+      <c r="D270" s="15">
+        <v>59</v>
+      </c>
+      <c r="E270" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F270" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G270" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H270" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I270" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J270" s="7">
+        <v>59</v>
+      </c>
+      <c r="K270" s="8">
+        <v>0.16298342541436464</v>
+      </c>
+      <c r="L270" s="9">
+        <v>59</v>
+      </c>
+      <c r="M270" s="10">
+        <v>0.16298342541436464</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A271" s="12" t="s">
+        <v>554</v>
+      </c>
+      <c r="B271" s="13" t="s">
+        <v>555</v>
+      </c>
+      <c r="C271" s="14">
+        <v>239</v>
+      </c>
+      <c r="D271" s="15">
+        <v>67</v>
+      </c>
+      <c r="E271" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F271" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G271" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H271" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I271" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J271" s="7">
+        <v>69</v>
+      </c>
+      <c r="K271" s="8">
+        <v>0.28870292887029286</v>
+      </c>
+      <c r="L271" s="9">
+        <v>69</v>
+      </c>
+      <c r="M271" s="10">
+        <v>0.28870292887029286</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A272" s="12" t="s">
+        <v>556</v>
+      </c>
+      <c r="B272" s="13" t="s">
+        <v>557</v>
+      </c>
+      <c r="C272" s="14">
+        <v>160</v>
+      </c>
+      <c r="D272" s="15">
+        <v>42</v>
+      </c>
+      <c r="E272" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F272" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G272" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H272" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I272" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J272" s="7">
+        <v>44</v>
+      </c>
+      <c r="K272" s="8">
+        <v>0.27500000000000002</v>
+      </c>
+      <c r="L272" s="9">
+        <v>44</v>
+      </c>
+      <c r="M272" s="10">
+        <v>0.27500000000000002</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A273" s="12" t="s">
+        <v>558</v>
+      </c>
+      <c r="B273" s="13" t="s">
+        <v>559</v>
+      </c>
+      <c r="C273" s="14">
+        <v>1143</v>
+      </c>
+      <c r="D273" s="15">
+        <v>129</v>
+      </c>
+      <c r="E273" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F273" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G273" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H273" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I273" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J273" s="7">
+        <v>133</v>
+      </c>
+      <c r="K273" s="8">
+        <v>0.1163604549431321</v>
+      </c>
+      <c r="L273" s="9">
+        <v>133</v>
+      </c>
+      <c r="M273" s="10">
+        <v>0.1163604549431321</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A274" s="12" t="s">
+        <v>560</v>
+      </c>
+      <c r="B274" s="13" t="s">
+        <v>561</v>
+      </c>
+      <c r="C274" s="14">
+        <v>103</v>
+      </c>
+      <c r="D274" s="15">
+        <v>20</v>
+      </c>
+      <c r="E274" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F274" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G274" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H274" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I274" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J274" s="7">
+        <v>20</v>
+      </c>
+      <c r="K274" s="8">
+        <v>0.1941747572815534</v>
+      </c>
+      <c r="L274" s="9">
+        <v>20</v>
+      </c>
+      <c r="M274" s="10">
+        <v>0.1941747572815534</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A275" s="12" t="s">
+        <v>562</v>
+      </c>
+      <c r="B275" s="13" t="s">
+        <v>563</v>
+      </c>
+      <c r="C275" s="14">
+        <v>826</v>
+      </c>
+      <c r="D275" s="15">
+        <v>97</v>
+      </c>
+      <c r="E275" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F275" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G275" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H275" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I275" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J275" s="7">
+        <v>99</v>
+      </c>
+      <c r="K275" s="8">
+        <v>0.11985472154963681</v>
+      </c>
+      <c r="L275" s="9">
+        <v>99</v>
+      </c>
+      <c r="M275" s="10">
+        <v>0.11985472154963681</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A276" s="12" t="s">
+        <v>564</v>
+      </c>
+      <c r="B276" s="13" t="s">
+        <v>565</v>
+      </c>
+      <c r="C276" s="14">
+        <v>381</v>
+      </c>
+      <c r="D276" s="15">
+        <v>55</v>
+      </c>
+      <c r="E276" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F276" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G276" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H276" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I276" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J276" s="7">
+        <v>58</v>
+      </c>
+      <c r="K276" s="8">
+        <v>0.15223097112860892</v>
+      </c>
+      <c r="L276" s="9">
+        <v>58</v>
+      </c>
+      <c r="M276" s="10">
+        <v>0.15223097112860892</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A277" s="12" t="s">
+        <v>566</v>
+      </c>
+      <c r="B277" s="13" t="s">
+        <v>567</v>
+      </c>
+      <c r="C277" s="14">
+        <v>496</v>
+      </c>
+      <c r="D277" s="15">
+        <v>98</v>
+      </c>
+      <c r="E277" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F277" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G277" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H277" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I277" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J277" s="7">
+        <v>100</v>
+      </c>
+      <c r="K277" s="8">
+        <v>0.20161290322580644</v>
+      </c>
+      <c r="L277" s="9">
+        <v>100</v>
+      </c>
+      <c r="M277" s="10">
+        <v>0.20161290322580644</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A278" s="12" t="s">
+        <v>568</v>
+      </c>
+      <c r="B278" s="13" t="s">
+        <v>569</v>
+      </c>
+      <c r="C278" s="14">
+        <v>760</v>
+      </c>
+      <c r="D278" s="15">
+        <v>101</v>
+      </c>
+      <c r="E278" s="16" t="s">
+        <v>691</v>
+      </c>
+      <c r="F278" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G278" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H278" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="I278" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J278" s="7">
+        <v>101</v>
+      </c>
+      <c r="K278" s="8">
+        <v>0.13289473684210526</v>
+      </c>
+      <c r="L278" s="9">
+        <v>101</v>
+      </c>
+      <c r="M278" s="10">
+        <v>0.13289473684210526</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A279" s="12" t="s">
+        <v>570</v>
+      </c>
+      <c r="B279" s="13" t="s">
+        <v>571</v>
+      </c>
+      <c r="C279" s="29">
+        <v>343</v>
+      </c>
+      <c r="D279" s="30">
+        <v>32</v>
+      </c>
+      <c r="E279" s="31" t="s">
+        <v>691</v>
+      </c>
+      <c r="F279" s="32" t="s">
+        <v>691</v>
+      </c>
+      <c r="G279" s="32" t="s">
+        <v>691</v>
+      </c>
+      <c r="H279" s="33" t="s">
+        <v>691</v>
+      </c>
+      <c r="I279" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J279" s="7">
+        <v>35</v>
+      </c>
+      <c r="K279" s="8">
+        <v>0.10204081632653061</v>
+      </c>
+      <c r="L279" s="9">
+        <v>35</v>
+      </c>
+      <c r="M279" s="10">
+        <v>0.10204081632653061</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A280" s="12" t="s">
+        <v>572</v>
+      </c>
+      <c r="B280" s="12" t="s">
+        <v>573</v>
+      </c>
+      <c r="C280" s="34">
+        <v>724</v>
+      </c>
+      <c r="D280" s="35">
+        <v>43</v>
+      </c>
+      <c r="E280" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F280" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G280" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H280" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I280" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J280" s="7">
+        <v>43</v>
+      </c>
+      <c r="K280" s="8">
+        <v>5.9392265193370167E-2</v>
+      </c>
+      <c r="L280" s="9">
+        <v>43</v>
+      </c>
+      <c r="M280" s="10">
+        <v>5.9392265193370167E-2</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A281" s="12" t="s">
+        <v>574</v>
+      </c>
+      <c r="B281" s="12" t="s">
+        <v>575</v>
+      </c>
+      <c r="C281" s="34">
+        <v>93</v>
+      </c>
+      <c r="D281" s="35" t="s">
+        <v>691</v>
+      </c>
+      <c r="E281" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F281" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G281" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H281" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I281" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J281" s="7">
+        <v>14</v>
+      </c>
+      <c r="K281" s="8">
+        <v>0.15053763440860216</v>
+      </c>
+      <c r="L281" s="9">
+        <v>14</v>
+      </c>
+      <c r="M281" s="10">
+        <v>0.15053763440860216</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A282" s="12" t="s">
+        <v>576</v>
+      </c>
+      <c r="B282" s="12" t="s">
+        <v>577</v>
+      </c>
+      <c r="C282" s="34">
+        <v>621</v>
+      </c>
+      <c r="D282" s="35">
+        <v>87</v>
+      </c>
+      <c r="E282" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F282" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G282" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H282" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I282" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J282" s="7">
+        <v>91</v>
+      </c>
+      <c r="K282" s="8">
+        <v>0.14653784219001612</v>
+      </c>
+      <c r="L282" s="9">
+        <v>91</v>
+      </c>
+      <c r="M282" s="10">
+        <v>0.14653784219001612</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A283" s="12" t="s">
+        <v>578</v>
+      </c>
+      <c r="B283" s="12" t="s">
+        <v>579</v>
+      </c>
+      <c r="C283" s="34">
+        <v>108</v>
+      </c>
+      <c r="D283" s="35">
+        <v>26</v>
+      </c>
+      <c r="E283" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F283" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G283" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H283" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I283" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J283" s="7">
+        <v>26</v>
+      </c>
+      <c r="K283" s="8">
+        <v>0.24074074074074073</v>
+      </c>
+      <c r="L283" s="9">
+        <v>26</v>
+      </c>
+      <c r="M283" s="10">
+        <v>0.24074074074074073</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A284" s="12" t="s">
+        <v>580</v>
+      </c>
+      <c r="B284" s="12" t="s">
+        <v>581</v>
+      </c>
+      <c r="C284" s="34">
+        <v>2254</v>
+      </c>
+      <c r="D284" s="35">
+        <v>253</v>
+      </c>
+      <c r="E284" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F284" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G284" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H284" s="12">
+        <v>11</v>
+      </c>
+      <c r="I284" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J284" s="7">
+        <v>264</v>
+      </c>
+      <c r="K284" s="8">
+        <v>0.11712511091393078</v>
+      </c>
+      <c r="L284" s="9">
+        <v>264</v>
+      </c>
+      <c r="M284" s="10">
+        <v>0.11712511091393078</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A285" s="12" t="s">
+        <v>582</v>
+      </c>
+      <c r="B285" s="12" t="s">
+        <v>583</v>
+      </c>
+      <c r="C285" s="34">
+        <v>113</v>
+      </c>
+      <c r="D285" s="35">
+        <v>19</v>
+      </c>
+      <c r="E285" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F285" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G285" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H285" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I285" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J285" s="7">
+        <v>19</v>
+      </c>
+      <c r="K285" s="8">
+        <v>0.16814159292035399</v>
+      </c>
+      <c r="L285" s="9">
+        <v>19</v>
+      </c>
+      <c r="M285" s="10">
+        <v>0.16814159292035399</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A286" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="B286" s="12" t="s">
+        <v>585</v>
+      </c>
+      <c r="C286" s="34">
+        <v>218</v>
+      </c>
+      <c r="D286" s="35">
+        <v>25</v>
+      </c>
+      <c r="E286" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F286" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G286" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H286" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I286" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J286" s="7">
+        <v>25</v>
+      </c>
+      <c r="K286" s="8">
+        <v>0.11467889908256881</v>
+      </c>
+      <c r="L286" s="9">
+        <v>25</v>
+      </c>
+      <c r="M286" s="10">
+        <v>0.11467889908256881</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A287" s="12" t="s">
+        <v>586</v>
+      </c>
+      <c r="B287" s="12" t="s">
+        <v>587</v>
+      </c>
+      <c r="C287" s="34">
+        <v>436</v>
+      </c>
+      <c r="D287" s="35">
+        <v>47</v>
+      </c>
+      <c r="E287" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F287" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G287" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H287" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I287" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J287" s="7">
+        <v>57</v>
+      </c>
+      <c r="K287" s="8">
+        <v>0.13073394495412843</v>
+      </c>
+      <c r="L287" s="9">
+        <v>57</v>
+      </c>
+      <c r="M287" s="10">
+        <v>0.13073394495412843</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A288" s="12" t="s">
+        <v>588</v>
+      </c>
+      <c r="B288" s="12" t="s">
+        <v>589</v>
+      </c>
+      <c r="C288" s="34">
+        <v>636</v>
+      </c>
+      <c r="D288" s="35">
+        <v>93</v>
+      </c>
+      <c r="E288" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F288" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G288" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H288" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I288" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J288" s="7">
+        <v>93</v>
+      </c>
+      <c r="K288" s="8">
+        <v>0.14622641509433962</v>
+      </c>
+      <c r="L288" s="9">
+        <v>93</v>
+      </c>
+      <c r="M288" s="10">
+        <v>0.14622641509433962</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A289" s="5" t="s">
+        <v>590</v>
+      </c>
+      <c r="B289" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="C289" s="34">
+        <v>206</v>
+      </c>
+      <c r="D289" s="35">
+        <v>21</v>
+      </c>
+      <c r="E289" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F289" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G289" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H289" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I289" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J289" s="7">
+        <v>26</v>
+      </c>
+      <c r="K289" s="8">
+        <v>0.12621359223300971</v>
+      </c>
+      <c r="L289" s="9">
+        <v>27</v>
+      </c>
+      <c r="M289" s="10">
+        <v>0.13106796116504854</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A290" s="16" t="s">
+        <v>592</v>
+      </c>
+      <c r="B290" s="13" t="s">
+        <v>593</v>
+      </c>
+      <c r="C290" s="34">
+        <v>932</v>
+      </c>
+      <c r="D290" s="35">
+        <v>109</v>
+      </c>
+      <c r="E290" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F290" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G290" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H290" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I290" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J290" s="7">
+        <v>110</v>
+      </c>
+      <c r="K290" s="8">
+        <v>0.11802575107296137</v>
+      </c>
+      <c r="L290" s="9">
+        <v>110</v>
+      </c>
+      <c r="M290" s="10">
+        <v>0.11802575107296137</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A291" s="16" t="s">
+        <v>594</v>
+      </c>
+      <c r="B291" s="13" t="s">
+        <v>595</v>
+      </c>
+      <c r="C291" s="34">
+        <v>1327</v>
+      </c>
+      <c r="D291" s="35">
+        <v>128</v>
+      </c>
+      <c r="E291" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F291" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G291" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H291" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I291" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J291" s="7">
+        <v>134</v>
+      </c>
+      <c r="K291" s="8">
+        <v>0.10097965335342879</v>
+      </c>
+      <c r="L291" s="9">
+        <v>134</v>
+      </c>
+      <c r="M291" s="10">
+        <v>0.10097965335342879</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A292" s="16" t="s">
+        <v>596</v>
+      </c>
+      <c r="B292" s="13" t="s">
+        <v>597</v>
+      </c>
+      <c r="C292" s="34">
+        <v>475</v>
+      </c>
+      <c r="D292" s="35">
+        <v>85</v>
+      </c>
+      <c r="E292" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F292" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G292" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H292" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I292" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J292" s="7">
+        <v>87</v>
+      </c>
+      <c r="K292" s="8">
+        <v>0.1831578947368421</v>
+      </c>
+      <c r="L292" s="9">
+        <v>87</v>
+      </c>
+      <c r="M292" s="10">
+        <v>0.1831578947368421</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A293" s="16" t="s">
+        <v>598</v>
+      </c>
+      <c r="B293" s="13" t="s">
+        <v>599</v>
+      </c>
+      <c r="C293" s="34">
+        <v>726</v>
+      </c>
+      <c r="D293" s="35">
+        <v>13</v>
+      </c>
+      <c r="E293" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F293" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G293" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H293" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="I293" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J293" s="7">
+        <v>13</v>
+      </c>
+      <c r="K293" s="8">
+        <v>1.790633608815427E-2</v>
+      </c>
+      <c r="L293" s="9">
+        <v>13</v>
+      </c>
+      <c r="M293" s="10">
+        <v>1.790633608815427E-2</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A294" s="16" t="s">
+        <v>600</v>
+      </c>
+      <c r="B294" s="13" t="s">
+        <v>601</v>
+      </c>
+      <c r="C294" s="36">
+        <v>626</v>
+      </c>
+      <c r="D294" s="37">
+        <v>88</v>
+      </c>
+      <c r="E294" s="38" t="s">
+        <v>691</v>
+      </c>
+      <c r="F294" s="38" t="s">
+        <v>691</v>
+      </c>
+      <c r="G294" s="38" t="s">
+        <v>691</v>
+      </c>
+      <c r="H294" s="38" t="s">
+        <v>691</v>
+      </c>
+      <c r="I294" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J294" s="7">
+        <v>91</v>
+      </c>
+      <c r="K294" s="8">
+        <v>0.14536741214057508</v>
+      </c>
+      <c r="L294" s="9">
+        <v>91</v>
+      </c>
+      <c r="M294" s="10">
+        <v>0.14536741214057508</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A295" s="16" t="s">
+        <v>602</v>
+      </c>
+      <c r="B295" s="13" t="s">
+        <v>603</v>
+      </c>
+      <c r="C295" s="34">
+        <v>219</v>
+      </c>
+      <c r="D295" s="35">
+        <v>43</v>
+      </c>
+      <c r="E295" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F295" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G295" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H295" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="I295" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J295" s="7">
+        <v>46</v>
+      </c>
+      <c r="K295" s="8">
+        <v>0.21004566210045661</v>
+      </c>
+      <c r="L295" s="9">
+        <v>46</v>
+      </c>
+      <c r="M295" s="10">
+        <v>0.21004566210045661</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A296" s="31" t="s">
+        <v>604</v>
+      </c>
+      <c r="B296" s="33" t="s">
+        <v>605</v>
+      </c>
+      <c r="C296" s="34">
+        <v>430</v>
+      </c>
+      <c r="D296" s="35">
+        <v>58</v>
+      </c>
+      <c r="E296" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F296" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G296" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H296" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="I296" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J296" s="7">
+        <v>59</v>
+      </c>
+      <c r="K296" s="8">
+        <v>0.1372093023255814</v>
+      </c>
+      <c r="L296" s="9">
+        <v>59</v>
+      </c>
+      <c r="M296" s="10">
+        <v>0.1372093023255814</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A297" s="12" t="s">
+        <v>606</v>
+      </c>
+      <c r="B297" s="13" t="s">
+        <v>607</v>
+      </c>
+      <c r="C297" s="34">
+        <v>2182</v>
+      </c>
+      <c r="D297" s="35">
+        <v>232</v>
+      </c>
+      <c r="E297" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F297" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G297" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H297" s="26">
+        <v>15</v>
+      </c>
+      <c r="I297" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J297" s="7">
+        <v>247</v>
+      </c>
+      <c r="K297" s="8">
+        <v>0.11319890009165903</v>
+      </c>
+      <c r="L297" s="9">
+        <v>247</v>
+      </c>
+      <c r="M297" s="10">
+        <v>0.11319890009165903</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A298" s="12" t="s">
+        <v>608</v>
+      </c>
+      <c r="B298" s="13" t="s">
+        <v>609</v>
+      </c>
+      <c r="C298" s="34">
+        <v>634</v>
+      </c>
+      <c r="D298" s="35">
+        <v>58</v>
+      </c>
+      <c r="E298" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F298" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G298" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H298" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="I298" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J298" s="7">
+        <v>59</v>
+      </c>
+      <c r="K298" s="8">
+        <v>9.3059936908517354E-2</v>
+      </c>
+      <c r="L298" s="9">
+        <v>59</v>
+      </c>
+      <c r="M298" s="10">
+        <v>9.3059936908517354E-2</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A299" s="12" t="s">
+        <v>610</v>
+      </c>
+      <c r="B299" s="13" t="s">
+        <v>611</v>
+      </c>
+      <c r="C299" s="34">
+        <v>1253</v>
+      </c>
+      <c r="D299" s="35">
+        <v>121</v>
+      </c>
+      <c r="E299" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F299" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G299" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H299" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="I299" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J299" s="7">
+        <v>124</v>
+      </c>
+      <c r="K299" s="8">
+        <v>9.8962490023942543E-2</v>
+      </c>
+      <c r="L299" s="9">
+        <v>124</v>
+      </c>
+      <c r="M299" s="10">
+        <v>9.8962490023942543E-2</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A300" s="12" t="s">
+        <v>612</v>
+      </c>
+      <c r="B300" s="13" t="s">
+        <v>613</v>
+      </c>
+      <c r="C300" s="34">
+        <v>104</v>
+      </c>
+      <c r="D300" s="35">
+        <v>18</v>
+      </c>
+      <c r="E300" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F300" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G300" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H300" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="I300" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J300" s="7">
+        <v>18</v>
+      </c>
+      <c r="K300" s="8">
+        <v>0.17307692307692307</v>
+      </c>
+      <c r="L300" s="9">
+        <v>18</v>
+      </c>
+      <c r="M300" s="10">
+        <v>0.17307692307692307</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A301" s="12" t="s">
+        <v>614</v>
+      </c>
+      <c r="B301" s="13" t="s">
+        <v>615</v>
+      </c>
+      <c r="C301" s="34">
+        <v>239</v>
+      </c>
+      <c r="D301" s="35">
+        <v>29</v>
+      </c>
+      <c r="E301" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F301" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G301" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H301" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I301" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J301" s="7">
+        <v>30</v>
+      </c>
+      <c r="K301" s="8">
+        <v>0.12552301255230125</v>
+      </c>
+      <c r="L301" s="9">
+        <v>30</v>
+      </c>
+      <c r="M301" s="10">
+        <v>0.12552301255230125</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A302" s="12" t="s">
+        <v>616</v>
+      </c>
+      <c r="B302" s="13" t="s">
+        <v>617</v>
+      </c>
+      <c r="C302" s="34">
+        <v>953</v>
+      </c>
+      <c r="D302" s="35">
+        <v>90</v>
+      </c>
+      <c r="E302" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F302" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G302" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H302" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I302" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J302" s="7">
+        <v>91</v>
+      </c>
+      <c r="K302" s="8">
+        <v>9.5487932843651632E-2</v>
+      </c>
+      <c r="L302" s="9">
+        <v>91</v>
+      </c>
+      <c r="M302" s="10">
+        <v>9.5487932843651632E-2</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A303" s="12" t="s">
+        <v>618</v>
+      </c>
+      <c r="B303" s="13" t="s">
+        <v>619</v>
+      </c>
+      <c r="C303" s="34">
+        <v>1327</v>
+      </c>
+      <c r="D303" s="35">
+        <v>83</v>
+      </c>
+      <c r="E303" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F303" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G303" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H303" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I303" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J303" s="7">
+        <v>84</v>
+      </c>
+      <c r="K303" s="8">
+        <v>6.3300678221552373E-2</v>
+      </c>
+      <c r="L303" s="9">
+        <v>84</v>
+      </c>
+      <c r="M303" s="10">
+        <v>6.3300678221552373E-2</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A304" s="12" t="s">
+        <v>620</v>
+      </c>
+      <c r="B304" s="13" t="s">
+        <v>621</v>
+      </c>
+      <c r="C304" s="34">
+        <v>449</v>
+      </c>
+      <c r="D304" s="35">
+        <v>83</v>
+      </c>
+      <c r="E304" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F304" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G304" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H304" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I304" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J304" s="7">
+        <v>87</v>
+      </c>
+      <c r="K304" s="8">
+        <v>0.19376391982182628</v>
+      </c>
+      <c r="L304" s="9">
+        <v>87</v>
+      </c>
+      <c r="M304" s="10">
+        <v>0.19376391982182628</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A305" s="12" t="s">
+        <v>622</v>
+      </c>
+      <c r="B305" s="13" t="s">
+        <v>623</v>
+      </c>
+      <c r="C305" s="34">
+        <v>411</v>
+      </c>
+      <c r="D305" s="35">
+        <v>43</v>
+      </c>
+      <c r="E305" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F305" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G305" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H305" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I305" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J305" s="7">
+        <v>43</v>
+      </c>
+      <c r="K305" s="8">
+        <v>0.10462287104622871</v>
+      </c>
+      <c r="L305" s="9">
+        <v>43</v>
+      </c>
+      <c r="M305" s="10">
+        <v>0.10462287104622871</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A306" s="12" t="s">
+        <v>624</v>
+      </c>
+      <c r="B306" s="13" t="s">
+        <v>625</v>
+      </c>
+      <c r="C306" s="34">
+        <v>598</v>
+      </c>
+      <c r="D306" s="35">
+        <v>77</v>
+      </c>
+      <c r="E306" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F306" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G306" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H306" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I306" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J306" s="7">
+        <v>79</v>
+      </c>
+      <c r="K306" s="8">
+        <v>0.13210702341137123</v>
+      </c>
+      <c r="L306" s="9">
+        <v>79</v>
+      </c>
+      <c r="M306" s="10">
+        <v>0.13210702341137123</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A307" s="12" t="s">
+        <v>626</v>
+      </c>
+      <c r="B307" s="13" t="s">
+        <v>627</v>
+      </c>
+      <c r="C307" s="34">
+        <v>1657</v>
+      </c>
+      <c r="D307" s="35">
+        <v>91</v>
+      </c>
+      <c r="E307" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F307" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G307" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H307" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I307" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J307" s="7">
+        <v>96</v>
+      </c>
+      <c r="K307" s="8">
+        <v>5.7936028968014482E-2</v>
+      </c>
+      <c r="L307" s="9">
+        <v>96</v>
+      </c>
+      <c r="M307" s="10">
+        <v>5.7936028968014482E-2</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A308" s="39" t="s">
+        <v>628</v>
+      </c>
+      <c r="B308" s="40" t="s">
+        <v>629</v>
+      </c>
+      <c r="C308" s="34">
+        <v>1258</v>
+      </c>
+      <c r="D308" s="35">
+        <v>117</v>
+      </c>
+      <c r="E308" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F308" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G308" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H308" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I308" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J308" s="7">
+        <v>124</v>
+      </c>
+      <c r="K308" s="8">
+        <v>9.8569157392686804E-2</v>
+      </c>
+      <c r="L308" s="9">
+        <v>124</v>
+      </c>
+      <c r="M308" s="10">
+        <v>9.8569157392686804E-2</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A309" s="12" t="s">
+        <v>630</v>
+      </c>
+      <c r="B309" s="13" t="s">
+        <v>631</v>
+      </c>
+      <c r="C309" s="34">
+        <v>551</v>
+      </c>
+      <c r="D309" s="35">
+        <v>19</v>
+      </c>
+      <c r="E309" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F309" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G309" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H309" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I309" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J309" s="7">
+        <v>19</v>
+      </c>
+      <c r="K309" s="8">
+        <v>3.4482758620689655E-2</v>
+      </c>
+      <c r="L309" s="9">
+        <v>19</v>
+      </c>
+      <c r="M309" s="10">
+        <v>3.4482758620689655E-2</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A310" s="12" t="s">
+        <v>632</v>
+      </c>
+      <c r="B310" s="13" t="s">
+        <v>633</v>
+      </c>
+      <c r="C310" s="34">
+        <v>669</v>
+      </c>
+      <c r="D310" s="35">
+        <v>97</v>
+      </c>
+      <c r="E310" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F310" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G310" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H310" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I310" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J310" s="7">
+        <v>102</v>
+      </c>
+      <c r="K310" s="8">
+        <v>0.15246636771300448</v>
+      </c>
+      <c r="L310" s="9">
+        <v>102</v>
+      </c>
+      <c r="M310" s="10">
+        <v>0.15246636771300448</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A311" s="12" t="s">
+        <v>634</v>
+      </c>
+      <c r="B311" s="13" t="s">
+        <v>635</v>
+      </c>
+      <c r="C311" s="34">
+        <v>139</v>
+      </c>
+      <c r="D311" s="35">
+        <v>16</v>
+      </c>
+      <c r="E311" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F311" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G311" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H311" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I311" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J311" s="7">
+        <v>16</v>
+      </c>
+      <c r="K311" s="8">
+        <v>0.11510791366906475</v>
+      </c>
+      <c r="L311" s="9">
+        <v>16</v>
+      </c>
+      <c r="M311" s="10">
+        <v>0.11510791366906475</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A312" s="12" t="s">
+        <v>636</v>
+      </c>
+      <c r="B312" s="12" t="s">
+        <v>637</v>
+      </c>
+      <c r="C312" s="34">
+        <v>532</v>
+      </c>
+      <c r="D312" s="35">
+        <v>120</v>
+      </c>
+      <c r="E312" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F312" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G312" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H312" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I312" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J312" s="7">
+        <v>120</v>
+      </c>
+      <c r="K312" s="8">
+        <v>0.22556390977443608</v>
+      </c>
+      <c r="L312" s="9">
+        <v>120</v>
+      </c>
+      <c r="M312" s="10">
+        <v>0.22556390977443608</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A313" s="12" t="s">
+        <v>638</v>
+      </c>
+      <c r="B313" s="12" t="s">
+        <v>639</v>
+      </c>
+      <c r="C313" s="34">
+        <v>734</v>
+      </c>
+      <c r="D313" s="35">
+        <v>76</v>
+      </c>
+      <c r="E313" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F313" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G313" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H313" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I313" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J313" s="7">
+        <v>86</v>
+      </c>
+      <c r="K313" s="8">
+        <v>0.11716621253405994</v>
+      </c>
+      <c r="L313" s="9">
+        <v>86</v>
+      </c>
+      <c r="M313" s="10">
+        <v>0.11716621253405994</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A314" s="12" t="s">
+        <v>640</v>
+      </c>
+      <c r="B314" s="12" t="s">
+        <v>641</v>
+      </c>
+      <c r="C314" s="34">
+        <v>799</v>
+      </c>
+      <c r="D314" s="35">
+        <v>71</v>
+      </c>
+      <c r="E314" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F314" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G314" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H314" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I314" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J314" s="7">
+        <v>77</v>
+      </c>
+      <c r="K314" s="8">
+        <v>9.6370463078848556E-2</v>
+      </c>
+      <c r="L314" s="9">
+        <v>77</v>
+      </c>
+      <c r="M314" s="10">
+        <v>9.6370463078848556E-2</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A315" s="12" t="s">
+        <v>642</v>
+      </c>
+      <c r="B315" s="12" t="s">
+        <v>643</v>
+      </c>
+      <c r="C315" s="34">
+        <v>1918</v>
+      </c>
+      <c r="D315" s="35">
+        <v>57</v>
+      </c>
+      <c r="E315" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F315" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G315" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H315" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I315" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J315" s="7">
+        <v>58</v>
+      </c>
+      <c r="K315" s="8">
+        <v>3.023983315954119E-2</v>
+      </c>
+      <c r="L315" s="9">
+        <v>58</v>
+      </c>
+      <c r="M315" s="10">
+        <v>3.023983315954119E-2</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A316" s="12" t="s">
+        <v>644</v>
+      </c>
+      <c r="B316" s="12" t="s">
+        <v>645</v>
+      </c>
+      <c r="C316" s="34">
+        <v>401</v>
+      </c>
+      <c r="D316" s="35">
+        <v>62</v>
+      </c>
+      <c r="E316" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F316" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G316" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H316" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I316" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J316" s="7">
+        <v>62</v>
+      </c>
+      <c r="K316" s="8">
+        <v>0.15461346633416459</v>
+      </c>
+      <c r="L316" s="9">
+        <v>62</v>
+      </c>
+      <c r="M316" s="10">
+        <v>0.15461346633416459</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A317" s="12" t="s">
+        <v>646</v>
+      </c>
+      <c r="B317" s="12" t="s">
+        <v>647</v>
+      </c>
+      <c r="C317" s="34">
+        <v>655</v>
+      </c>
+      <c r="D317" s="35">
+        <v>76</v>
+      </c>
+      <c r="E317" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F317" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G317" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H317" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I317" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J317" s="7">
+        <v>86</v>
+      </c>
+      <c r="K317" s="8">
+        <v>0.13129770992366413</v>
+      </c>
+      <c r="L317" s="9">
+        <v>86</v>
+      </c>
+      <c r="M317" s="10">
+        <v>0.13129770992366413</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A318" s="12" t="s">
+        <v>648</v>
+      </c>
+      <c r="B318" s="12" t="s">
+        <v>649</v>
+      </c>
+      <c r="C318" s="41">
+        <v>586</v>
+      </c>
+      <c r="D318" s="35">
+        <v>58</v>
+      </c>
+      <c r="E318" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F318" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G318" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H318" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I318" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J318" s="7">
+        <v>61</v>
+      </c>
+      <c r="K318" s="8">
+        <v>0.10409556313993173</v>
+      </c>
+      <c r="L318" s="9">
+        <v>61</v>
+      </c>
+      <c r="M318" s="10">
+        <v>0.10409556313993173</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A319" s="12" t="s">
+        <v>650</v>
+      </c>
+      <c r="B319" s="12" t="s">
+        <v>651</v>
+      </c>
+      <c r="C319" s="34">
+        <v>760</v>
+      </c>
+      <c r="D319" s="35">
+        <v>75</v>
+      </c>
+      <c r="E319" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F319" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G319" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H319" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I319" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J319" s="7">
+        <v>77</v>
+      </c>
+      <c r="K319" s="8">
+        <v>0.10131578947368421</v>
+      </c>
+      <c r="L319" s="9">
+        <v>77</v>
+      </c>
+      <c r="M319" s="10">
+        <v>0.10131578947368421</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A320" s="12" t="s">
+        <v>652</v>
+      </c>
+      <c r="B320" s="12" t="s">
+        <v>653</v>
+      </c>
+      <c r="C320" s="34">
+        <v>140</v>
+      </c>
+      <c r="D320" s="35">
+        <v>19</v>
+      </c>
+      <c r="E320" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F320" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G320" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H320" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I320" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J320" s="7">
+        <v>19</v>
+      </c>
+      <c r="K320" s="8">
+        <v>0.1357142857142857</v>
+      </c>
+      <c r="L320" s="9">
+        <v>19</v>
+      </c>
+      <c r="M320" s="10">
+        <v>0.1357142857142857</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A321" s="12" t="s">
+        <v>654</v>
+      </c>
+      <c r="B321" s="12" t="s">
+        <v>655</v>
+      </c>
+      <c r="C321" s="34">
+        <v>482</v>
+      </c>
+      <c r="D321" s="35">
+        <v>66</v>
+      </c>
+      <c r="E321" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F321" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G321" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H321" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I321" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J321" s="7">
+        <v>69</v>
+      </c>
+      <c r="K321" s="8">
+        <v>0.14315352697095435</v>
+      </c>
+      <c r="L321" s="9">
+        <v>69</v>
+      </c>
+      <c r="M321" s="10">
+        <v>0.14315352697095435</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A322" s="39" t="s">
+        <v>656</v>
+      </c>
+      <c r="B322" s="39" t="s">
+        <v>657</v>
+      </c>
+      <c r="C322" s="34">
+        <v>287</v>
+      </c>
+      <c r="D322" s="35">
+        <v>38</v>
+      </c>
+      <c r="E322" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F322" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G322" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H322" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="I322" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J322" s="7">
+        <v>38</v>
+      </c>
+      <c r="K322" s="8">
+        <v>0.13240418118466898</v>
+      </c>
+      <c r="L322" s="9">
+        <v>38</v>
+      </c>
+      <c r="M322" s="10">
+        <v>0.13240418118466898</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A323" s="12" t="s">
+        <v>658</v>
+      </c>
+      <c r="B323" s="12" t="s">
+        <v>659</v>
+      </c>
+      <c r="C323" s="34">
+        <v>648</v>
+      </c>
+      <c r="D323" s="35">
+        <v>71</v>
+      </c>
+      <c r="E323" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F323" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G323" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H323" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I323" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J323" s="7">
+        <v>76</v>
+      </c>
+      <c r="K323" s="8">
+        <v>0.11728395061728394</v>
+      </c>
+      <c r="L323" s="9">
+        <v>76</v>
+      </c>
+      <c r="M323" s="10">
+        <v>0.11728395061728394</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" s="42" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A324" s="12" t="s">
+        <v>660</v>
+      </c>
+      <c r="B324" s="12" t="s">
+        <v>661</v>
+      </c>
+      <c r="C324" s="34">
+        <v>3742</v>
+      </c>
+      <c r="D324" s="35">
+        <v>355</v>
+      </c>
+      <c r="E324" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F324" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G324" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H324" s="12">
+        <v>15</v>
+      </c>
+      <c r="I324" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J324" s="7">
+        <v>370</v>
+      </c>
+      <c r="K324" s="8">
+        <v>9.8877605558524859E-2</v>
+      </c>
+      <c r="L324" s="9">
+        <v>370</v>
+      </c>
+      <c r="M324" s="10">
+        <v>9.8877605558524859E-2</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A325" s="12" t="s">
+        <v>662</v>
+      </c>
+      <c r="B325" s="12" t="s">
+        <v>663</v>
+      </c>
+      <c r="C325" s="34">
+        <v>716</v>
+      </c>
+      <c r="D325" s="35">
+        <v>96</v>
+      </c>
+      <c r="E325" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F325" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G325" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H325" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I325" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J325" s="7">
+        <v>99</v>
+      </c>
+      <c r="K325" s="8">
+        <v>0.13826815642458101</v>
+      </c>
+      <c r="L325" s="9">
+        <v>99</v>
+      </c>
+      <c r="M325" s="10">
+        <v>0.13826815642458101</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A326" s="12" t="s">
+        <v>664</v>
+      </c>
+      <c r="B326" s="12" t="s">
+        <v>665</v>
+      </c>
+      <c r="C326" s="34">
+        <v>775</v>
+      </c>
+      <c r="D326" s="35">
+        <v>48</v>
+      </c>
+      <c r="E326" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F326" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G326" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H326" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I326" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J326" s="7">
+        <v>50</v>
+      </c>
+      <c r="K326" s="8">
+        <v>6.4516129032258063E-2</v>
+      </c>
+      <c r="L326" s="9">
+        <v>50</v>
+      </c>
+      <c r="M326" s="10">
+        <v>6.4516129032258063E-2</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A327" s="12" t="s">
+        <v>666</v>
+      </c>
+      <c r="B327" s="12" t="s">
+        <v>667</v>
+      </c>
+      <c r="C327" s="34">
+        <v>367</v>
+      </c>
+      <c r="D327" s="35">
+        <v>71</v>
+      </c>
+      <c r="E327" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F327" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G327" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H327" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I327" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J327" s="7">
+        <v>74</v>
+      </c>
+      <c r="K327" s="8">
+        <v>0.20163487738419619</v>
+      </c>
+      <c r="L327" s="9">
+        <v>74</v>
+      </c>
+      <c r="M327" s="10">
+        <v>0.20163487738419619</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A328" s="12" t="s">
+        <v>668</v>
+      </c>
+      <c r="B328" s="12" t="s">
+        <v>669</v>
+      </c>
+      <c r="C328" s="34">
+        <v>560</v>
+      </c>
+      <c r="D328" s="35">
+        <v>76</v>
+      </c>
+      <c r="E328" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="F328" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="G328" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="H328" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="I328" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J328" s="7">
+        <v>77</v>
+      </c>
+      <c r="K328" s="8">
+        <v>0.13750000000000001</v>
+      </c>
+      <c r="L328" s="9">
+        <v>77</v>
+      </c>
+      <c r="M328" s="10">
+        <v>0.13750000000000001</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A329" s="12" t="s">
+        <v>670</v>
+      </c>
+      <c r="B329" s="12" t="s">
+        <v>671</v>
+      </c>
+      <c r="C329" s="34">
+        <v>591</v>
+      </c>
+      <c r="D329" s="35">
+        <v>67</v>
+      </c>
+      <c r="E329" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F329" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G329" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H329" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="I329" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J329" s="7">
+        <v>68</v>
+      </c>
+      <c r="K329" s="8">
+        <v>0.11505922165820642</v>
+      </c>
+      <c r="L329" s="9">
+        <v>68</v>
+      </c>
+      <c r="M329" s="10">
+        <v>0.11505922165820642</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A330" s="12" t="s">
+        <v>672</v>
+      </c>
+      <c r="B330" s="12" t="s">
+        <v>673</v>
+      </c>
+      <c r="C330" s="34">
+        <v>1083</v>
+      </c>
+      <c r="D330" s="35">
+        <v>34</v>
+      </c>
+      <c r="E330" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F330" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G330" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H330" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="I330" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J330" s="7">
+        <v>37</v>
+      </c>
+      <c r="K330" s="8">
+        <v>3.4164358264081256E-2</v>
+      </c>
+      <c r="L330" s="9">
+        <v>37</v>
+      </c>
+      <c r="M330" s="10">
+        <v>3.4164358264081256E-2</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A331" s="12" t="s">
+        <v>674</v>
+      </c>
+      <c r="B331" s="12" t="s">
+        <v>675</v>
+      </c>
+      <c r="C331" s="34">
+        <v>268</v>
+      </c>
+      <c r="D331" s="35">
+        <v>18</v>
+      </c>
+      <c r="E331" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F331" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G331" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H331" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="I331" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J331" s="7">
+        <v>19</v>
+      </c>
+      <c r="K331" s="8">
+        <v>7.0895522388059698E-2</v>
+      </c>
+      <c r="L331" s="9">
+        <v>19</v>
+      </c>
+      <c r="M331" s="10">
+        <v>7.0895522388059698E-2</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A332" s="12" t="s">
+        <v>676</v>
+      </c>
+      <c r="B332" s="12" t="s">
+        <v>677</v>
+      </c>
+      <c r="C332" s="34">
+        <v>140</v>
+      </c>
+      <c r="D332" s="35" t="s">
+        <v>691</v>
+      </c>
+      <c r="E332" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F332" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G332" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H332" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="I332" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J332" s="7" t="s">
+        <v>691</v>
+      </c>
+      <c r="K332" s="8">
+        <v>7.1428571428571425E-2</v>
+      </c>
+      <c r="L332" s="9" t="s">
+        <v>691</v>
+      </c>
+      <c r="M332" s="10">
+        <v>7.1428571428571425E-2</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A333" s="12" t="s">
+        <v>678</v>
+      </c>
+      <c r="B333" s="12" t="s">
+        <v>679</v>
+      </c>
+      <c r="C333" s="34">
+        <v>161</v>
+      </c>
+      <c r="D333" s="35">
+        <v>26</v>
+      </c>
+      <c r="E333" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F333" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G333" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H333" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="I333" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J333" s="7">
+        <v>27</v>
+      </c>
+      <c r="K333" s="8">
+        <v>0.16770186335403728</v>
+      </c>
+      <c r="L333" s="9">
+        <v>27</v>
+      </c>
+      <c r="M333" s="10">
+        <v>0.16770186335403728</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A334" s="12" t="s">
+        <v>680</v>
+      </c>
+      <c r="B334" s="12" t="s">
+        <v>681</v>
+      </c>
+      <c r="C334" s="34">
+        <v>257</v>
+      </c>
+      <c r="D334" s="35">
+        <v>18</v>
+      </c>
+      <c r="E334" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F334" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G334" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H334" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="I334" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J334" s="7">
+        <v>19</v>
+      </c>
+      <c r="K334" s="8">
+        <v>7.3929961089494164E-2</v>
+      </c>
+      <c r="L334" s="9">
+        <v>19</v>
+      </c>
+      <c r="M334" s="10">
+        <v>7.3929961089494164E-2</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A335" s="12" t="s">
+        <v>682</v>
+      </c>
+      <c r="B335" s="12" t="s">
+        <v>683</v>
+      </c>
+      <c r="C335" s="34">
+        <v>762</v>
+      </c>
+      <c r="D335" s="35">
+        <v>136</v>
+      </c>
+      <c r="E335" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F335" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G335" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H335" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="I335" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J335" s="7">
+        <v>140</v>
+      </c>
+      <c r="K335" s="8">
+        <v>0.18372703412073491</v>
+      </c>
+      <c r="L335" s="9">
+        <v>140</v>
+      </c>
+      <c r="M335" s="10">
+        <v>0.18372703412073491</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A336" s="12" t="s">
+        <v>684</v>
+      </c>
+      <c r="B336" s="12" t="s">
+        <v>685</v>
+      </c>
+      <c r="C336" s="34">
+        <v>302</v>
+      </c>
+      <c r="D336" s="35">
+        <v>35</v>
+      </c>
+      <c r="E336" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F336" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G336" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H336" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="I336" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J336" s="7">
+        <v>40</v>
+      </c>
+      <c r="K336" s="8">
+        <v>0.13245033112582782</v>
+      </c>
+      <c r="L336" s="9">
+        <v>40</v>
+      </c>
+      <c r="M336" s="10">
+        <v>0.13245033112582782</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A337" s="12" t="s">
+        <v>686</v>
+      </c>
+      <c r="B337" s="12" t="s">
+        <v>687</v>
+      </c>
+      <c r="C337" s="34">
+        <v>1216</v>
+      </c>
+      <c r="D337" s="35">
+        <v>85</v>
+      </c>
+      <c r="E337" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F337" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G337" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H337" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="I337" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J337" s="7">
+        <v>88</v>
+      </c>
+      <c r="K337" s="8">
+        <v>7.2368421052631582E-2</v>
+      </c>
+      <c r="L337" s="9">
+        <v>88</v>
+      </c>
+      <c r="M337" s="10">
+        <v>7.2368421052631582E-2</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A338" s="12" t="s">
+        <v>688</v>
+      </c>
+      <c r="B338" s="12" t="s">
+        <v>689</v>
+      </c>
+      <c r="C338" s="34">
+        <v>719</v>
+      </c>
+      <c r="D338" s="35">
+        <v>71</v>
+      </c>
+      <c r="E338" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="F338" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="G338" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="H338" s="26" t="s">
+        <v>691</v>
+      </c>
+      <c r="I338" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="J338" s="7">
+        <v>74</v>
+      </c>
+      <c r="K338" s="8">
+        <v>0.10292072322670376</v>
+      </c>
+      <c r="L338" s="9">
+        <v>74</v>
+      </c>
+      <c r="M338" s="10">
+        <v>0.10292072322670376</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A339" s="32" t="s">
+        <v>690</v>
+      </c>
+      <c r="B339" s="32" t="s">
+        <v>697</v>
+      </c>
+      <c r="C339" s="48">
+        <v>1521970</v>
+      </c>
+      <c r="D339" s="49">
+        <v>194417</v>
+      </c>
+      <c r="E339" s="50">
+        <v>4694</v>
+      </c>
+      <c r="F339" s="50">
+        <v>7728</v>
+      </c>
+      <c r="G339" s="50">
+        <v>2184</v>
+      </c>
+      <c r="H339" s="50">
+        <v>8998</v>
+      </c>
+      <c r="I339" s="51">
         <v>14606</v>
       </c>
-    </row>
-[...16407 lines deleted...]
-      <c r="J339" s="44">
+      <c r="J339" s="52">
         <v>203415</v>
       </c>
-      <c r="K339" s="33">
+      <c r="K339" s="53">
         <v>0.1336524373016551</v>
       </c>
-      <c r="L339" s="20">
+      <c r="L339" s="54">
         <v>218021</v>
       </c>
-      <c r="M339" s="23">
+      <c r="M339" s="55">
         <v>0.1432492099055829</v>
       </c>
-      <c r="N339" s="36"/>
-[...5 lines deleted...]
-      <c r="B340" s="36"/>
+    </row>
+    <row r="340" spans="1:13" x14ac:dyDescent="0.2">
       <c r="C340" s="43"/>
-      <c r="D340" s="36"/>
-[...29 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <mergeCells count="1">
-[...1 lines deleted...]
-  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
+  <tableParts count="2">
+    <tablePart r:id="rId2"/>
+    <tablePart r:id="rId3"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:I12"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E5747DF4-A12D-490D-B937-4536A003B5B3}">
+  <dimension ref="A1:A5"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
   <cols>
-    <col min="1" max="1" width="21.54296875" customWidth="1"/>
-    <col min="8" max="8" width="10.54296875" customWidth="1"/>
+    <col min="1" max="1" width="121" style="72" customWidth="1"/>
+    <col min="2" max="16384" width="9" style="72"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="13" x14ac:dyDescent="0.3">
-[...19 lines deleted...]
-      <c r="H1" s="51" t="s">
+    <row r="1" spans="1:1" ht="17" x14ac:dyDescent="0.2">
+      <c r="A1" s="73" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="2" spans="1:1" ht="34" x14ac:dyDescent="0.2">
+      <c r="A2" s="1" t="s">
         <v>698</v>
       </c>
-      <c r="I1" s="76"/>
-[...30 lines deleted...]
-      <c r="A3" s="70" t="s">
+    </row>
+    <row r="3" spans="1:1" ht="34" x14ac:dyDescent="0.2">
+      <c r="A3" s="1" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="4" spans="1:1" ht="34" x14ac:dyDescent="0.2">
+      <c r="A4" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="B3" s="70">
-[...26 lines deleted...]
-      <c r="A4" s="49" t="s">
+    </row>
+    <row r="5" spans="1:1" ht="17" x14ac:dyDescent="0.2">
+      <c r="A5" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="B4" s="49">
-[...245 lines deleted...]
-      <c r="I12" s="76"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>2</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>December 2024</vt:lpstr>
-      <vt:lpstr>Year to Year</vt:lpstr>
+      <vt:lpstr>Information</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>kblas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>