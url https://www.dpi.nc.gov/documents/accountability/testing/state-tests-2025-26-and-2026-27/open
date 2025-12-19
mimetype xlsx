--- v0 (2025-10-13)
+++ v1 (2025-12-19)
@@ -3,88 +3,88 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <fileSharing readOnlyRecommended="1"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://dpincgov-my.sharepoint.com/personal/molly_britt_dpi_nc_gov/Documents/Two-year Calendar/2025-26, 2026-27/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1077" documentId="8_{2A4D712F-E9EC-476B-8D53-6E703DDA46FA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2632988F-57EC-4412-953C-CADBBE86ABA8}"/>
+  <xr:revisionPtr revIDLastSave="1079" documentId="8_{2A4D712F-E9EC-476B-8D53-6E703DDA46FA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{245D8957-56BF-4194-80B4-03A0673D3042}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="25180" windowHeight="16140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025–2026" sheetId="9" r:id="rId1"/>
     <sheet name="2026–2027" sheetId="12" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="105">
   <si>
     <t>Test Name</t>
   </si>
   <si>
     <t>Test Purpose/Type</t>
   </si>
   <si>
     <t>Test Subject</t>
   </si>
   <si>
     <t>Test Delivery Mode</t>
   </si>
   <si>
     <t>Grade Level(s)</t>
   </si>
   <si>
     <t>Testing Window</t>
   </si>
   <si>
     <t>Time Allotted for Standard Administration</t>
   </si>
   <si>
     <t>Availability of Results</t>
   </si>
   <si>
@@ -100,53 +100,50 @@
     <t>Online</t>
   </si>
   <si>
     <t>K–3</t>
   </si>
   <si>
     <t xml:space="preserve">Locally determined </t>
   </si>
   <si>
     <t>Unique to each individual student</t>
   </si>
   <si>
     <t>According to 16 NCAC 06D .0307, "(g) LEAs shall, at the beginning of each school year, provide information to students and parents or guardians advising them of the districtwide and State-mandated tests that students will be required to take during that school year. In addition, LEAs shall advise students and parents or guardians of the dates the tests will be administered and how the results from the tests will be used. Also, information provided to parents shall include whether the State Board of Education or the local board of education requires the test(s). (h) LEAs shall report scores resulting from the administration State-mandated tests from the Annual Testing Program to students and parents or guardians no later than 30 days after the test is administered and along with available score interpretation information within 30 days from receipt of the scores and interpretive documentation from the NCDPI."</t>
   </si>
   <si>
     <t>Beginning-of-Grade 3 Reading Test</t>
   </si>
   <si>
     <t>Summative EOG Grade 3 given at beginning of Grade 3 to identify students who may need additional support to meet Read to Achieve</t>
   </si>
   <si>
     <t>Reading</t>
   </si>
   <si>
     <t>Online*</t>
-  </si>
-[...1 lines deleted...]
-    <t>90 minutes</t>
   </si>
   <si>
     <t>End-of-Grade (EOG) Tests</t>
   </si>
   <si>
     <t>Summative tests for all students in membership at the specific grade</t>
   </si>
   <si>
     <t xml:space="preserve">Reading, Mathematics, and Science </t>
   </si>
   <si>
     <t>Reading: 3–8
 Math: 3–8  
 Science: 5 and 8</t>
   </si>
   <si>
     <t>Final 10 instructional days of the school year</t>
   </si>
   <si>
     <t>120 minutes</t>
   </si>
   <si>
     <t>End-of-Grade (EOG) Reading Retest             Grade 3 Only</t>
   </si>
   <si>
@@ -1458,70 +1455,70 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C05C1DA1-8BE1-4244-BBEE-1DA41725A74A}">
   <dimension ref="A1:H34"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="H4" sqref="H4:H19"/>
+      <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="33.81640625" style="7" customWidth="1"/>
     <col min="2" max="2" width="42.81640625" style="7" customWidth="1"/>
     <col min="3" max="3" width="32.1796875" style="7" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="33.81640625" style="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.81640625" style="7" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="87.1796875" style="7" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="53.26953125" style="7" customWidth="1"/>
     <col min="8" max="8" width="25.453125" style="7" customWidth="1"/>
     <col min="9" max="9" width="16.1796875" style="7" customWidth="1"/>
     <col min="10" max="16384" width="9.1796875" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="3" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A1" s="26" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B1" s="27"/>
       <c r="C1" s="27"/>
       <c r="D1" s="27"/>
       <c r="E1" s="27"/>
       <c r="F1" s="27"/>
       <c r="G1" s="27"/>
       <c r="H1" s="28"/>
     </row>
     <row r="2" spans="1:8" s="3" customFormat="1" ht="18.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="29"/>
       <c r="B2" s="30"/>
       <c r="C2" s="30"/>
       <c r="D2" s="30"/>
       <c r="E2" s="30"/>
       <c r="F2" s="30"/>
       <c r="G2" s="30"/>
       <c r="H2" s="31"/>
     </row>
     <row r="3" spans="1:8" s="3" customFormat="1" ht="18.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="11" t="s">
         <v>1</v>
@@ -1566,396 +1563,396 @@
       </c>
       <c r="G4" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H4" s="24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:8" s="2" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A5" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="20" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="14" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="14">
         <v>3</v>
       </c>
       <c r="F5" s="21" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G5" s="14" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H5" s="24"/>
     </row>
     <row r="6" spans="1:8" s="2" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A6" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="13" t="s">
         <v>21</v>
       </c>
-      <c r="B6" s="13" t="s">
+      <c r="C6" s="13" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D6" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="F6" s="13" t="s">
         <v>24</v>
       </c>
-      <c r="F6" s="13" t="s">
+      <c r="G6" s="14" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="H6" s="24"/>
     </row>
     <row r="7" spans="1:8" s="2" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A7" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" s="13" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C7" s="14" t="s">
         <v>18</v>
       </c>
       <c r="D7" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E7" s="13" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F7" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="G7" s="14" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="H7" s="24"/>
     </row>
     <row r="8" spans="1:8" s="2" customFormat="1" ht="93" x14ac:dyDescent="0.35">
       <c r="A8" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" s="13" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C8" s="14" t="s">
         <v>18</v>
       </c>
       <c r="D8" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E8" s="13" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F8" s="13" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="G8" s="14" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H8" s="24"/>
     </row>
     <row r="9" spans="1:8" s="2" customFormat="1" ht="139.5" x14ac:dyDescent="0.35">
       <c r="A9" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="B9" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="B9" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="13" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D9" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="13" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="F9" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" s="13" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="H9" s="24"/>
     </row>
     <row r="10" spans="1:8" s="2" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A10" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="B10" s="13" t="s">
+      <c r="C10" s="14" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>19</v>
       </c>
       <c r="E10" s="17" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F10" s="13" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G10" s="14" t="s">
         <v>14</v>
       </c>
       <c r="H10" s="24"/>
     </row>
     <row r="11" spans="1:8" s="2" customFormat="1" ht="217" x14ac:dyDescent="0.35">
       <c r="A11" s="13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" s="13" t="s">
         <v>97</v>
       </c>
-      <c r="B11" s="13" t="s">
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="13" t="s">
         <v>98</v>
       </c>
-      <c r="C11" s="13" t="s">
+      <c r="E11" s="14" t="s">
         <v>41</v>
       </c>
-      <c r="D11" s="13" t="s">
+      <c r="F11" s="13" t="s">
         <v>99</v>
       </c>
-      <c r="E11" s="14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G11" s="13" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="H11" s="24"/>
     </row>
     <row r="12" spans="1:8" s="2" customFormat="1" ht="217" x14ac:dyDescent="0.35">
       <c r="A12" s="13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B12" s="13" t="s">
         <v>101</v>
       </c>
-      <c r="B12" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D12" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="E12" s="14" t="s">
         <v>41</v>
       </c>
-      <c r="D12" s="13" t="s">
+      <c r="F12" s="14" t="s">
+        <v>103</v>
+      </c>
+      <c r="G12" s="13" t="s">
         <v>79</v>
-      </c>
-[...7 lines deleted...]
-        <v>80</v>
       </c>
       <c r="H12" s="24"/>
     </row>
     <row r="13" spans="1:8" s="2" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A13" s="13" t="s">
+        <v>84</v>
+      </c>
+      <c r="B13" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" s="13" t="s">
         <v>85</v>
       </c>
-      <c r="B13" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="13" t="s">
+      <c r="D13" s="13" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E13" s="14">
         <v>10</v>
       </c>
       <c r="F13" s="22" t="s">
+        <v>87</v>
+      </c>
+      <c r="G13" s="13" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="H13" s="24"/>
     </row>
     <row r="14" spans="1:8" s="2" customFormat="1" ht="34" x14ac:dyDescent="0.35">
       <c r="A14" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" s="13" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D14" s="14" t="s">
         <v>19</v>
       </c>
       <c r="E14" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="F14" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="G14" s="14" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="H14" s="24"/>
     </row>
     <row r="15" spans="1:8" s="2" customFormat="1" ht="170.5" x14ac:dyDescent="0.35">
       <c r="A15" s="13" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B15" s="13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C15" s="13" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="D15" s="13" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="E15" s="14">
         <v>11</v>
       </c>
       <c r="F15" s="23" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="G15" s="13" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="H15" s="24"/>
     </row>
     <row r="16" spans="1:8" s="2" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A16" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" s="13" t="s">
         <v>47</v>
       </c>
-      <c r="B16" s="13" t="s">
+      <c r="C16" s="14" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D16" s="14" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="F16" s="13" t="s">
         <v>50</v>
       </c>
-      <c r="F16" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="14" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H16" s="24"/>
     </row>
     <row r="17" spans="1:8" s="2" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A17" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="B17" s="13" t="s">
         <v>52</v>
       </c>
-      <c r="B17" s="13" t="s">
+      <c r="C17" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="D17" s="13" t="s">
         <v>53</v>
       </c>
-      <c r="C17" s="13" t="s">
+      <c r="E17" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="D17" s="13" t="s">
+      <c r="F17" s="13" t="s">
         <v>54</v>
       </c>
-      <c r="E17" s="16" t="s">
-[...2 lines deleted...]
-      <c r="F17" s="13" t="s">
+      <c r="G17" s="13" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="H17" s="24"/>
     </row>
     <row r="18" spans="1:8" s="2" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A18" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B18" s="13" t="s">
         <v>57</v>
       </c>
-      <c r="B18" s="13" t="s">
+      <c r="C18" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="D18" s="13" t="s">
         <v>58</v>
       </c>
-      <c r="C18" s="13" t="s">
+      <c r="E18" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="D18" s="13" t="s">
+      <c r="F18" s="13" t="s">
         <v>59</v>
       </c>
-      <c r="E18" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G18" s="13" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="H18" s="24"/>
     </row>
     <row r="19" spans="1:8" s="2" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A19" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B19" s="13" t="s">
         <v>61</v>
       </c>
-      <c r="B19" s="13" t="s">
+      <c r="C19" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="D19" s="13" t="s">
         <v>62</v>
       </c>
-      <c r="C19" s="13" t="s">
+      <c r="E19" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="D19" s="13" t="s">
+      <c r="F19" s="13" t="s">
         <v>63</v>
       </c>
-      <c r="E19" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G19" s="13" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="H19" s="25"/>
     </row>
     <row r="20" spans="1:8" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A20" s="32" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B20" s="33"/>
       <c r="C20" s="33"/>
       <c r="D20" s="33"/>
       <c r="E20" s="33"/>
       <c r="F20" s="33"/>
       <c r="G20" s="33"/>
       <c r="H20" s="34"/>
     </row>
     <row r="21" spans="1:8" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="E21" s="4"/>
     </row>
     <row r="22" spans="1:8" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="E22" s="4"/>
     </row>
     <row r="23" spans="1:8" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="E23" s="4"/>
     </row>
     <row r="24" spans="1:8" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="E24" s="4"/>
     </row>
     <row r="25" spans="1:8" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="E25" s="4"/>
     </row>
     <row r="26" spans="1:8" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
@@ -1997,70 +1994,70 @@
     <row r="34" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A34" s="2"/>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="H4:H19"/>
     <mergeCell ref="A1:H2"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7000B8A6-C60E-45CD-A1A5-EA351363F219}">
   <dimension ref="A1:H34"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5"/>
+      <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="33.81640625" style="7" customWidth="1"/>
     <col min="2" max="2" width="42.81640625" style="7" customWidth="1"/>
     <col min="3" max="3" width="32.1796875" style="7" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="33.81640625" style="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.81640625" style="7" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="87.1796875" style="7" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="53.26953125" style="7" customWidth="1"/>
     <col min="8" max="8" width="26.54296875" style="7" customWidth="1"/>
     <col min="9" max="9" width="16.1796875" style="7" customWidth="1"/>
     <col min="10" max="16384" width="9.1796875" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="3" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A1" s="35" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B1" s="36"/>
       <c r="C1" s="36"/>
       <c r="D1" s="36"/>
       <c r="E1" s="36"/>
       <c r="F1" s="36"/>
       <c r="G1" s="36"/>
       <c r="H1" s="37"/>
     </row>
     <row r="2" spans="1:8" s="3" customFormat="1" ht="18.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="38"/>
       <c r="B2" s="39"/>
       <c r="C2" s="39"/>
       <c r="D2" s="39"/>
       <c r="E2" s="39"/>
       <c r="F2" s="39"/>
       <c r="G2" s="39"/>
       <c r="H2" s="40"/>
     </row>
     <row r="3" spans="1:8" s="3" customFormat="1" ht="18.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="8" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="9" t="s">
         <v>1</v>
@@ -2105,396 +2102,396 @@
       </c>
       <c r="G4" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H4" s="24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:8" s="2" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A5" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="20" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="14" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="14">
         <v>3</v>
       </c>
       <c r="F5" s="21" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="G5" s="14" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H5" s="24"/>
     </row>
     <row r="6" spans="1:8" s="2" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A6" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="13" t="s">
         <v>21</v>
       </c>
-      <c r="B6" s="13" t="s">
+      <c r="C6" s="13" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D6" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="F6" s="13" t="s">
         <v>24</v>
       </c>
-      <c r="F6" s="13" t="s">
+      <c r="G6" s="14" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="H6" s="24"/>
     </row>
     <row r="7" spans="1:8" s="2" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A7" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" s="13" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C7" s="14" t="s">
         <v>18</v>
       </c>
       <c r="D7" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E7" s="13" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F7" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="G7" s="14" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="H7" s="24"/>
     </row>
     <row r="8" spans="1:8" s="2" customFormat="1" ht="93" x14ac:dyDescent="0.35">
       <c r="A8" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" s="13" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C8" s="14" t="s">
         <v>18</v>
       </c>
       <c r="D8" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E8" s="13" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F8" s="13" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G8" s="14" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H8" s="24"/>
     </row>
     <row r="9" spans="1:8" s="2" customFormat="1" ht="139.5" x14ac:dyDescent="0.35">
       <c r="A9" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="B9" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="B9" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="13" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D9" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="13" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="F9" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" s="13" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="H9" s="24"/>
     </row>
     <row r="10" spans="1:8" s="2" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A10" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="B10" s="13" t="s">
+      <c r="C10" s="14" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>19</v>
       </c>
       <c r="E10" s="17" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F10" s="13" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G10" s="14" t="s">
         <v>14</v>
       </c>
       <c r="H10" s="24"/>
     </row>
     <row r="11" spans="1:8" s="2" customFormat="1" ht="217" x14ac:dyDescent="0.35">
       <c r="A11" s="13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" s="13" t="s">
         <v>97</v>
       </c>
-      <c r="B11" s="13" t="s">
+      <c r="C11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="13" t="s">
         <v>98</v>
       </c>
-      <c r="C11" s="13" t="s">
+      <c r="E11" s="14" t="s">
         <v>41</v>
       </c>
-      <c r="D11" s="13" t="s">
+      <c r="F11" s="13" t="s">
         <v>99</v>
       </c>
-      <c r="E11" s="14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G11" s="13" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="H11" s="24"/>
     </row>
     <row r="12" spans="1:8" s="2" customFormat="1" ht="217" x14ac:dyDescent="0.35">
       <c r="A12" s="13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B12" s="13" t="s">
         <v>101</v>
       </c>
-      <c r="B12" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D12" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="E12" s="14" t="s">
         <v>41</v>
       </c>
-      <c r="D12" s="13" t="s">
+      <c r="F12" s="14" t="s">
+        <v>67</v>
+      </c>
+      <c r="G12" s="13" t="s">
         <v>79</v>
-      </c>
-[...7 lines deleted...]
-        <v>80</v>
       </c>
       <c r="H12" s="24"/>
     </row>
     <row r="13" spans="1:8" s="2" customFormat="1" ht="77.5" x14ac:dyDescent="0.35">
       <c r="A13" s="13" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B13" s="13" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C13" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" s="13" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E13" s="14">
         <v>10</v>
       </c>
       <c r="F13" s="22" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G13" s="13" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="H13" s="24"/>
     </row>
     <row r="14" spans="1:8" s="2" customFormat="1" ht="34" x14ac:dyDescent="0.35">
       <c r="A14" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" s="13" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D14" s="14" t="s">
         <v>19</v>
       </c>
       <c r="E14" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="F14" s="13" t="s">
+        <v>94</v>
+      </c>
+      <c r="G14" s="14" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="H14" s="24"/>
     </row>
     <row r="15" spans="1:8" s="2" customFormat="1" ht="77.5" x14ac:dyDescent="0.35">
       <c r="A15" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="B15" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="C15" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D15" s="13" t="s">
         <v>71</v>
-      </c>
-[...7 lines deleted...]
-        <v>72</v>
       </c>
       <c r="E15" s="14">
         <v>11</v>
       </c>
       <c r="F15" s="23" t="s">
+        <v>72</v>
+      </c>
+      <c r="G15" s="13" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="H15" s="24"/>
     </row>
     <row r="16" spans="1:8" s="2" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A16" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" s="13" t="s">
         <v>47</v>
       </c>
-      <c r="B16" s="13" t="s">
+      <c r="C16" s="14" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D16" s="14" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="F16" s="13" t="s">
         <v>50</v>
       </c>
-      <c r="F16" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="14" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H16" s="24"/>
     </row>
     <row r="17" spans="1:8" s="2" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A17" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="B17" s="13" t="s">
         <v>52</v>
       </c>
-      <c r="B17" s="13" t="s">
+      <c r="C17" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="D17" s="13" t="s">
         <v>53</v>
       </c>
-      <c r="C17" s="13" t="s">
+      <c r="E17" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="D17" s="13" t="s">
+      <c r="F17" s="13" t="s">
         <v>54</v>
       </c>
-      <c r="E17" s="16" t="s">
-[...2 lines deleted...]
-      <c r="F17" s="13" t="s">
+      <c r="G17" s="13" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="H17" s="24"/>
     </row>
     <row r="18" spans="1:8" s="2" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A18" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B18" s="13" t="s">
         <v>57</v>
       </c>
-      <c r="B18" s="13" t="s">
+      <c r="C18" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="D18" s="13" t="s">
         <v>58</v>
       </c>
-      <c r="C18" s="13" t="s">
+      <c r="E18" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="D18" s="13" t="s">
+      <c r="F18" s="13" t="s">
         <v>59</v>
       </c>
-      <c r="E18" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G18" s="13" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="H18" s="24"/>
     </row>
     <row r="19" spans="1:8" s="2" customFormat="1" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A19" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B19" s="13" t="s">
         <v>61</v>
       </c>
-      <c r="B19" s="13" t="s">
+      <c r="C19" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="D19" s="13" t="s">
         <v>62</v>
       </c>
-      <c r="C19" s="13" t="s">
+      <c r="E19" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="D19" s="13" t="s">
+      <c r="F19" s="13" t="s">
         <v>63</v>
       </c>
-      <c r="E19" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G19" s="13" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="H19" s="25"/>
     </row>
     <row r="20" spans="1:8" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A20" s="32" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B20" s="33"/>
       <c r="C20" s="33"/>
       <c r="D20" s="33"/>
       <c r="E20" s="33"/>
       <c r="F20" s="33"/>
       <c r="G20" s="33"/>
       <c r="H20" s="34"/>
     </row>
     <row r="21" spans="1:8" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="E21" s="4"/>
     </row>
     <row r="22" spans="1:8" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="E22" s="4"/>
     </row>
     <row r="23" spans="1:8" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="E23" s="4"/>
     </row>
     <row r="24" spans="1:8" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="E24" s="4"/>
     </row>
     <row r="25" spans="1:8" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="E25" s="4"/>
     </row>
     <row r="26" spans="1:8" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>