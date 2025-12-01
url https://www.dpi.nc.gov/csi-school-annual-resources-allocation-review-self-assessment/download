--- v0 (2025-10-29)
+++ v1 (2025-12-01)
@@ -73,65 +73,65 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02FB6967" w14:textId="0F11A524" w:rsidR="00BC4D45" w:rsidRDefault="005866A1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:color w:val="1C4587"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:color w:val="1C4587"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">School Annual Resource Allocation Review Self-Assessment </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+    <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="003F3F0B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00D134DF">
+      <w:r w:rsidR="003F3F0B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="0AE9ACA8">
           <v:rect id="_x0000_i1025" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="02ECF1F3" w14:textId="77777777" w:rsidR="00010DDB" w:rsidRDefault="00010DDB" w:rsidP="118C775D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:color w:val="212121"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="white"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EB00683" w14:textId="77777777" w:rsidR="00010DDB" w:rsidRDefault="00010DDB" w:rsidP="118C775D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -333,70 +333,70 @@
       </w:r>
       <w:r w:rsidRPr="5783F53A">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schools identified for comprehensive and targeted improvement based on low performance for individual student groups must identify and address resource inequities within their schools</w:t>
       </w:r>
       <w:r w:rsidR="006709A1" w:rsidRPr="5783F53A">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (§1111(d)(2)(C)).</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F603099" w14:textId="2C76F80B" w:rsidR="00010DDB" w:rsidRDefault="00D134DF" w:rsidP="00CB5A8E">
+    <w:p w14:paraId="1F603099" w14:textId="2C76F80B" w:rsidR="00010DDB" w:rsidRDefault="003F3F0B" w:rsidP="00CB5A8E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00D134DF">
+      <w:r w:rsidR="003F3F0B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="13E6A6F9">
           <v:rect id="_x0000_i1026" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="59988EC6" w14:textId="77777777" w:rsidR="00CB5A8E" w:rsidRPr="00CB5A8E" w:rsidRDefault="00CB5A8E" w:rsidP="00CB5A8E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00239DD1" w14:textId="77777777" w:rsidR="00037525" w:rsidRDefault="00037525">
       <w:pPr>
@@ -635,70 +635,70 @@
         </w:rPr>
         <w:t xml:space="preserve">in the Initial Assessment section </w:t>
       </w:r>
       <w:r w:rsidRPr="118C775D">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">for Indicator D1.02 </w:t>
       </w:r>
       <w:r w:rsidR="00EC47E9">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">/ CSI-ATSI .02 </w:t>
       </w:r>
       <w:r w:rsidRPr="118C775D">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">in NCSTAR. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60061E4C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+    <w:p w14:paraId="60061E4C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="003F3F0B">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00D134DF">
+      <w:r w:rsidR="003F3F0B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="267A104E">
           <v:rect id="_x0000_i1027" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="02C42D87" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="005866A1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -1090,62 +1090,62 @@
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3656B9AB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="45FB0818" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+    <w:p w14:paraId="45FB0818" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="003F3F0B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00D134DF">
+      <w:r w:rsidR="003F3F0B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="60A6A356">
           <v:rect id="_x0000_i1028" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="049F31CB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="360C0283" w14:textId="77777777" w:rsidR="00A55C43" w:rsidRDefault="00A55C43">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
@@ -1791,203 +1791,199 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Our district or charter management's overall funding structure is adequate to meet our school's CSI </w:t>
             </w:r>
             <w:r w:rsidRPr="00037525">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>needs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="56C26B8C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="56C26B8C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-157878811"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6D5E7E1D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="6D5E7E1D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1821558474"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5C7B1F5A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="5C7B1F5A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="724433057"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1410807E" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="1410807E" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1388219408"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC4D45" w14:paraId="14D79F09" w14:textId="77777777" w:rsidTr="118C775D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -2010,203 +2006,199 @@
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Our district or charter management organization provides our school with clear, detailed funding guidance. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1398496B" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="1398496B" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1537060859"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7748D0C5" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="7748D0C5" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-749235592"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7DEC6798" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="7DEC6798" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-583970053"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1442E7C1" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="1442E7C1" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="602980212"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC4D45" w14:paraId="2EC057AB" w14:textId="77777777" w:rsidTr="118C775D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -2231,203 +2223,199 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="118C775D">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Our school's leadership has the autonomy and flexibility to determine how federal funding meets students’ needs in our building.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="72DB34DF" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="72DB34DF" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1655159042"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3F180001" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="3F180001" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-516138240"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0CDE3F2A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="0CDE3F2A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1348238590"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="624293B8" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="624293B8" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1467234530"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC4D45" w14:paraId="79A8F760" w14:textId="77777777" w:rsidTr="118C775D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -2450,203 +2438,199 @@
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Our school's leadership team has adequate coaching and support to lead school-wide efforts to exit CSI status.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0604A66C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="0604A66C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1307056881"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7A2E4AEB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="7A2E4AEB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1320923512"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="30E857D3" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="30E857D3" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="12333228"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2CFED853" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="2CFED853" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1462300141"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC4D45" w14:paraId="6B54F784" w14:textId="77777777" w:rsidTr="118C775D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -2669,203 +2653,199 @@
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Our school has an established Comprehensive Support and Improvement Plan (CSI) with goals and active action steps to address the needs of students in our CSI school.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1E4B11C6" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="1E4B11C6" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1259720686"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0CB8AD7D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="0CB8AD7D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1300772735"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0F16F105" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="0F16F105" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1673120084"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="06B9C227" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="06B9C227" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1708256709"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC4D45" w14:paraId="3D9DFF2A" w14:textId="77777777" w:rsidTr="118C775D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -2888,203 +2868,199 @@
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Our school leadership team assessed Indicator D1.02 and has an established and consistent process to review resource equity in our school annually.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0B66F9C7" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="0B66F9C7" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="321182077"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E4124CA" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="5E4124CA" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1776826178"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3AAE3CD5" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="3AAE3CD5" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1772980713"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3E942ED9" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="3E942ED9" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1522672364"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC4D45" w14:paraId="05CD5F1B" w14:textId="77777777" w:rsidTr="118C775D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -3110,203 +3086,199 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="118C775D">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Our school leadership team conducts an annual needs assessment to determine the school's needs and revises our CSI plan as necessary based on the comprehensive needs assessment.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="022F531D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="022F531D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1684505023"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="09C6A652" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="09C6A652" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="176146313"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0786B06C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="0786B06C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="109947151"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5509B1C1" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="5509B1C1" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-139435390"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC4D45" w14:paraId="0765A9F4" w14:textId="77777777" w:rsidTr="118C775D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -3331,203 +3303,199 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="118C775D">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>All available resources are allocated effectively to address the needs of students in targeted subgroups.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4AD03ABB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="4AD03ABB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1111484654"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="45A2C624" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="45A2C624" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="916358889"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="27E7A6E0" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="27E7A6E0" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-303840643"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4230FF16" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="4230FF16" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1952149755"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1299C43A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DDBEF00" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
       <w:pPr>
         <w:rPr>
@@ -4096,62 +4064,62 @@
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5997CC1D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="110FFD37" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B699379" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+    <w:p w14:paraId="6B699379" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="003F3F0B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00D134DF">
+      <w:r w:rsidR="003F3F0B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="003E3B88">
           <v:rect id="_x0000_i1029" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C2214D3" w14:textId="77777777" w:rsidR="00037525" w:rsidRDefault="00037525">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="010CEEE5" w14:textId="77777777" w:rsidR="00037525" w:rsidRDefault="00037525">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
@@ -4604,203 +4572,199 @@
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Most teachers in our school are certified to teach in their assigned subjects.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1CF795CB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="1CF795CB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-396967334"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="33A2CF10" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="33A2CF10" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-516605292"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2150" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="604418C6" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="604418C6" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="161235641"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="32D1F81D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="32D1F81D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-717511767"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="61CDCEAD" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -4840,203 +4804,199 @@
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Most teachers in our school have more than 3 years of teaching experience.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="51FF547F" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="51FF547F" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="884100983"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2F5888F0" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="2F5888F0" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="652051660"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2150" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1BD5BB40" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="1BD5BB40" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="525834344"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="17A5EA99" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="17A5EA99" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-449285392"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6BB9E253" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -5078,448 +5038,456 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="729A5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Most teachers are effective, as determined by EVAAS or NCEES.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5A12412D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="5A12412D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-704004320"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6C53745B" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="6C53745B" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1010355465"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2150" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="523CA5CF" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="523CA5CF" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="92836996"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="222CC9E4" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="222CC9E4" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1342764176"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="23DE523C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="360"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-15" w:hanging="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC4D45" w14:paraId="3C89A0AA" w14:textId="77777777" w:rsidTr="5783F53A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="78FF1357" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="005866A1">
+          <w:p w14:paraId="78FF1357" w14:textId="359DDCE4" w:rsidR="00BC4D45" w:rsidRDefault="005866A1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">No more than two (2) classes have been taught by a long-term substitute teacher during the 2022-2023 academic year. </w:t>
+              <w:t xml:space="preserve">No more than two (2) classes have been taught by a long-term substitute teacher during the </w:t>
+            </w:r>
+            <w:r w:rsidR="00E02CF5">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">current and/or previous </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">academic year. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>NOTE: Long-term is four (4) or more weeks without a certified teacher.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="780BC405" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="780BC405" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1784767393"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2C841361" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="2C841361" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1729149539"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2150" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="037A3FA4" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="037A3FA4" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="570497853"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="57B9CE5F" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="57B9CE5F" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-774252094"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="07547A01" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -5564,203 +5532,199 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="729A5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Novice teachers receive additional resources and professional learning to meet their needs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="67275870" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="67275870" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1238977791"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="38E69803" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="38E69803" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1606693873"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2150" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="436C1413" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="436C1413" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1362092653"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A804653" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="0A804653" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1329646934"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5043CB0F" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -5786,270 +5750,222 @@
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="449ECC29" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="005866A1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Highly effective teachers are </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Highly effective teachers are equitably distributed across the school to meet the diverse needs of students.</w:t>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7A308A8C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="7A308A8C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1392871684"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Response </w:t>
-[...8 lines deleted...]
-                  <w:t>Needed</w:t>
+                  <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="639A320C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="639A320C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-489680427"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Response </w:t>
-[...8 lines deleted...]
-                  <w:t>Needed</w:t>
+                  <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2150" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0994C325" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="0994C325" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-202956378"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Response </w:t>
-[...8 lines deleted...]
-                  <w:t>Needed</w:t>
+                  <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="21FCC4A3" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="21FCC4A3" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1403626622"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Response </w:t>
-[...8 lines deleted...]
-                  <w:t>Needed</w:t>
+                  <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="07459315" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="360"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-15" w:hanging="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
@@ -6083,203 +5999,199 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5783F53A">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Teachers are actively engaged in ongoing professional development necessary to support and address the needs of students.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6EDC7349" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="6EDC7349" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1578473237"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1537AA63" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="1537AA63" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-39022173"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2150" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="18C7EB58" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="18C7EB58" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1307816174"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="111C18D7" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="111C18D7" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1883827175"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="70DF9E56" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -6882,66 +6794,66 @@
           <w:p w14:paraId="66204FF1" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2DBF0D7D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B62F1B3" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+    <w:p w14:paraId="6B62F1B3" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="003F3F0B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00D134DF">
+      <w:r w:rsidR="003F3F0B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="4F277365">
           <v:rect id="_x0000_i1030" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="02F2C34E" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C7CBD9B" w14:textId="0E01EC3E" w:rsidR="5783F53A" w:rsidRDefault="5783F53A" w:rsidP="5783F53A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
@@ -7379,203 +7291,199 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5783F53A">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Teachers in our school are provided with standards-aligned curricular materials—including scope and sequence guides, materials, and assessments.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="51E0E6F4" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="51E0E6F4" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-439805151"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A1EE8EE" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="0A1EE8EE" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1276536442"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5869C600" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="5869C600" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-514659909"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1AEA607A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="1AEA607A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-747590820"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7194DBDC" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -7617,203 +7525,199 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5783F53A">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Teachers consistently use standards-aligned materials.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="497BE3FA" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="497BE3FA" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1928910730"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6E520315" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="6E520315" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="108928971"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="791CB653" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="791CB653" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1516292335"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="65E2C932" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="65E2C932" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1660394684"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="769D0D3C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -7853,203 +7757,199 @@
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Curriculum and instructional materials are culturally relevant and reflective of the diversity of our student population.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6B071DC7" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="6B071DC7" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-234266206"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4CCCF595" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="4CCCF595" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1323442064"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5583FC7F" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="5583FC7F" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="585227131"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="641DBA07" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="641DBA07" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-658358237"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="54CD245A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -8091,203 +7991,199 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="729A5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Our school has the flexibility to adjust instructional time to better differentiate for individual student needs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="16BB5B94" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="16BB5B94" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-70404478"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="39591800" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="39591800" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1034108798"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="43633D31" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="43633D31" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1808228260"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2D0D347A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="2D0D347A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1585976880"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1231BE67" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -8332,203 +8228,199 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="729A5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>The amount of instructional time spent in core subjects varies by student proficiency level and subgroups.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="188D3A33" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="188D3A33" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1124285222"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4DEF2C28" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="4DEF2C28" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1986512389"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3A88AC45" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="3A88AC45" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-518384392"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="06802F01" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="06802F01" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1159746858"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="36FEB5B0" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -8556,2449 +8448,2084 @@
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="390DBC84" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="005866A1" w:rsidP="5783F53A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5783F53A">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">The average class size in our school is </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>The average class size in our school is below the state average.</w:t>
             </w:r>
-            <w:r w:rsidRPr="5783F53A">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="52370936" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="52370936" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-340983961"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Response </w:t>
-[...8 lines deleted...]
-                  <w:t>Needed</w:t>
+                  <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="488151EE" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="488151EE" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1274601018"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Response </w:t>
-[...8 lines deleted...]
-                  <w:t>Needed</w:t>
+                  <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1BCA5802" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="1BCA5802" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="450620767"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Response </w:t>
-[...8 lines deleted...]
-                  <w:t>Needed</w:t>
+                  <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3D232EEE" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="3D232EEE" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1581740600"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
-[...114 lines deleted...]
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5CB44AF4" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="30D7AA69" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="360"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-15" w:hanging="90"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC4D45" w14:paraId="16FBEC9A" w14:textId="77777777" w:rsidTr="5783F53A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="02449C81" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="005866A1">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Staffing and curricula resources are available to offer Advanced Placement or Academically and Intellectually Gifted (AIG) courses for all students who qualify to enroll in such courses.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7BD23A1A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="-1803609038"/>
+                <w:id w:val="562001580"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="0D1631E6" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B69B15B" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="-1436541056"/>
+                <w:id w:val="-548555263"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="260BEDC2" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="0C238E8C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="1118872449"/>
+                <w:id w:val="143328394"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
-[...67 lines deleted...]
-          <w:p w14:paraId="7BD23A1A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="58D0A45C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="562001580"/>
+                <w:id w:val="930399591"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B69B15B" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="34FF1C98" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="360"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-15" w:hanging="90"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC4D45" w14:paraId="333BE946" w14:textId="77777777" w:rsidTr="5783F53A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4DC595CC" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="005866A1" w:rsidP="118C775D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="118C775D">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Our school facilities are safe, well-maintained, and adequate to facilitate learning and meet student needs.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="41FE3065" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="-548555263"/>
+                <w:id w:val="1019755877"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="0C238E8C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0870002A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="143328394"/>
+                <w:id w:val="-1049805844"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="58D0A45C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="42A5B6B5" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="930399591"/>
+                <w:id w:val="-148750871"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
-[...69 lines deleted...]
-          <w:p w14:paraId="41FE3065" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16FA8D89" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="1019755877"/>
+                <w:id w:val="-1136262536"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0870002A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="6D072C0D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="360"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-15" w:hanging="90"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC4D45" w14:paraId="2049B90E" w14:textId="77777777" w:rsidTr="5783F53A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="51FF2D27" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="005866A1" w:rsidP="729A5E53">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="729A5E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Our school equipment is safe, well-maintained, and adequate to facilitate learning and meet student needs.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="61199FD4" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="-1049805844"/>
+                <w:id w:val="-1567456792"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="42A5B6B5" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5C725958" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="-148750871"/>
+                <w:id w:val="548784584"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="16FA8D89" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="0452F829" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="-1136262536"/>
+                <w:id w:val="1615287538"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
-[...69 lines deleted...]
-          <w:p w14:paraId="61199FD4" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="77637ABB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="-1567456792"/>
+                <w:id w:val="1810051203"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5C725958" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="48A21919" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="360"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-15" w:hanging="90"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC4D45" w14:paraId="37DEE8ED" w14:textId="77777777" w:rsidTr="5783F53A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="24EC8662" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="005866A1">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Our school partners with families to meet student performance goals.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="25793C9D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="548784584"/>
+                <w:id w:val="1518436720"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="0452F829" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4775CDBD" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="1615287538"/>
+                <w:id w:val="-1807155347"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="77637ABB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="1E3E4C1D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="1810051203"/>
+                <w:id w:val="1486947341"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
-[...67 lines deleted...]
-          <w:p w14:paraId="25793C9D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="27AD1A32" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="1518436720"/>
+                <w:id w:val="1890513872"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4775CDBD" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="6BD18F9B" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="360"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-15" w:hanging="90"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC4D45" w14:paraId="451CA67B" w14:textId="77777777" w:rsidTr="5783F53A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="46DAE320" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="005866A1">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Our teachers do not have to use personal and/or external funding (e.g., parent contributions) to obtain basic classroom necessities.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="35B76DEB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="-1807155347"/>
+                <w:id w:val="125818466"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="1E3E4C1D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="38752858" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="1486947341"/>
+                <w:id w:val="404738791"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="27AD1A32" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="3D1961F4" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="1890513872"/>
+                <w:id w:val="1590347476"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
-[...67 lines deleted...]
-          <w:p w14:paraId="35B76DEB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5D33CD9C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="125818466"/>
+                <w:id w:val="-1293532575"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="38752858" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="238601FE" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="360"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-15" w:hanging="90"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC4D45" w14:paraId="72654C27" w14:textId="77777777" w:rsidTr="5783F53A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5A1CB874" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="005866A1">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The school schedule provides adequate time for professional development for teachers.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="70FC4BEE" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="404738791"/>
+                <w:id w:val="-1777349482"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="3D1961F4" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B4760D9" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="1590347476"/>
+                <w:id w:val="1436172513"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5D33CD9C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="19043CF4" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="-1293532575"/>
+                <w:id w:val="-529218990"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
-[...67 lines deleted...]
-          <w:p w14:paraId="70FC4BEE" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="41891204" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="-1777349482"/>
+                <w:id w:val="1043183248"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B4760D9" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="0F3CABC7" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="360"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-15" w:hanging="90"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC4D45" w14:paraId="6986EA99" w14:textId="77777777" w:rsidTr="5783F53A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="77097888" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="005866A1">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The master schedule provides adequate time for multiple evidence-based instruction and intervention tiers.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="222F6874" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="1436172513"/>
+                <w:id w:val="-1080663852"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="19043CF4" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="34379B2A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="-529218990"/>
+                <w:id w:val="161617643"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="41891204" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="2F82FC42" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="1043183248"/>
+                <w:id w:val="-1294690821"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
-[...67 lines deleted...]
-          <w:p w14:paraId="222F6874" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="43650C3E" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="-1080663852"/>
+                <w:id w:val="1283845954"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="34379B2A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="5B08B5D1" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="360"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-15" w:hanging="90"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC4D45" w14:paraId="64BBAEF0" w14:textId="77777777" w:rsidTr="5783F53A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="749CC282" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="005866A1" w:rsidP="118C775D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="118C775D">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>The master schedule provides adequate time for staff to collaborate in data-based problem-solving and decision-making.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="787D377A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="161617643"/>
+                <w:id w:val="-2025765989"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="2F82FC42" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3D51C6F1" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="-1294690821"/>
+                <w:id w:val="-1163691170"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="43650C3E" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="6E203250" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
-                <w:id w:val="1283845954"/>
+                <w:id w:val="-536114725"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
-[...176 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6E203250" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
-[...52 lines deleted...]
-          <w:p w14:paraId="48A2CBEB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="48A2CBEB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-670190489"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Response </w:t>
-[...8 lines deleted...]
-                  <w:t>Needed</w:t>
+                  <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="16DEB4AB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="360"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-15" w:hanging="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
@@ -11018,217 +10545,214 @@
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7CE93416" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="005866A1" w:rsidP="118C775D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="118C775D">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Students who fall behind academically have access to evidence-based intervention supports (without having to rely on referral to special education as the means to provide supplemental support).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="21B1FBF8" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="21B1FBF8" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="475504871"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="70A93508" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="70A93508" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="209740041"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5D2B4EA7" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="5D2B4EA7" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-2047717825"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7815F14E" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="7815F14E" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1627038728"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0AD9C6F4" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -11270,203 +10794,199 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="729A5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Interventionists and teachers regularly collaborate to ensure intervention supports for students who fall behind academically are integrated into and aligned with core instruction.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="62745C06" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="62745C06" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1959168396"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4A1075BA" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="4A1075BA" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1571339073"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5A707F82" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="5A707F82" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="539395597"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="33A02A37" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="33A02A37" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-859655010"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4B1F511A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -11506,203 +11026,199 @@
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Technology is used to improve the quality of instruction in our school.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D3E1D6C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="7D3E1D6C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1743714457"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7505CD81" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="7505CD81" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1360750784"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="15E1664D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="15E1664D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-76434916"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6715B3A6" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="6715B3A6" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1363719807"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="65F9C3DC" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -11742,203 +11258,199 @@
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Student enrollment in advanced placement courses reflects the school's demographics.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="24B81165" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="24B81165" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1478913334"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7EBA7B50" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="7EBA7B50" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1886904322"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="093CD99C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="093CD99C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-2068989292"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="32790102" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="32790102" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="996905884"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5023141B" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -11980,203 +11492,199 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="729A5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Each student in our school has an opportunity to enroll in more than two arts and enrichment courses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="494AF36F" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="494AF36F" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-903036186"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6BB4C023" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="6BB4C023" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1336975923"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="509478E1" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="509478E1" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1828954793"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7667BB8D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="7667BB8D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1931045042"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1F3B1409" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -12218,203 +11726,199 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="729A5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Every student has an opportunity to engage in various types of enrichment opportunities, such as field trips and student clubs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="26AB0114" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="26AB0114" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="130874400"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7A9CB3A2" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="7A9CB3A2" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1231160146"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5557DA11" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="5557DA11" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="624671089"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1AB20277" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="1AB20277" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="22411807"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="562C75D1" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -12579,70 +12083,79 @@
           <w:p w14:paraId="7DF4E37C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6CC2B654" w14:textId="64E4E16A" w:rsidR="00BC4D45" w:rsidRDefault="00B2582A">
+          <w:p w14:paraId="6CC2B654" w14:textId="2866D426" w:rsidR="00BC4D45" w:rsidRDefault="00B2582A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>42</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="003F3F0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="005866A1">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> Points</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44FB30F8" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="45985FBC" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="005866A1" w:rsidP="729A5E53">
@@ -12664,70 +12177,79 @@
             </w:pPr>
             <w:r w:rsidRPr="729A5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Resources are allocated equitably.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1198F36D" w14:textId="647F3AB5" w:rsidR="00BC4D45" w:rsidRDefault="00B2582A">
+          <w:p w14:paraId="1198F36D" w14:textId="7CFBCA31" w:rsidR="00BC4D45" w:rsidRDefault="00B2582A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>41</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="003F3F0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="005866A1">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> to 20 Points</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DA6542E" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="00A8C467" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="005866A1" w:rsidP="5783F53A">
@@ -12982,63 +12504,63 @@
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="54E11D2A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="31126E5D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DE403A5" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+    <w:p w14:paraId="2DE403A5" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="003F3F0B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00D134DF">
+      <w:r w:rsidR="003F3F0B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="5BDA12EA">
           <v:rect id="_x0000_i1031" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="52D73F28" w14:textId="42C27E10" w:rsidR="5783F53A" w:rsidRDefault="5783F53A" w:rsidP="5783F53A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CC29532" w14:textId="52DFC75F" w:rsidR="00BC4D45" w:rsidRDefault="005866A1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
@@ -13393,203 +12915,199 @@
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Students have multiple ways to report feeling safe at school.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="11EF4E17" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="11EF4E17" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-813927884"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0DB44676" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="0DB44676" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1315049664"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4D532EE5" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="4D532EE5" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="625224013"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6B2AC9D4" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="6B2AC9D4" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1185100585"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="16287F21" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -13631,203 +13149,199 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5783F53A">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>There is a process to ensure each student in our school has positive relationships with staff and other students.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5F765861" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="5F765861" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-399587688"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0AFD7F12" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="0AFD7F12" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1274254892"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5D3BFA5D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="5D3BFA5D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-887647736"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="30BBF584" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="30BBF584" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-537444819"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5BE93A62" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -13879,203 +13393,199 @@
               </w:rPr>
               <w:t xml:space="preserve">Rates of office discipline referrals, suspensions, and expulsions are </w:t>
             </w:r>
             <w:r w:rsidRPr="5783F53A">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>proportionate to the make-up of the student enrollment.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="170F0FA6" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="170F0FA6" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="749458498"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="42B1915D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="42B1915D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1148747692"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="181719D4" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="181719D4" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-2096835299"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="45102F3D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="45102F3D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-401339380"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="384BA73E" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -14115,203 +13625,199 @@
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>There are multiple opportunities for meaningful engagement with all families.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="750E1277" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="750E1277" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1124385128"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="708EDFFB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="708EDFFB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1847897620"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3A8C5FB2" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="3A8C5FB2" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1021625451"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7AE799F8" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="7AE799F8" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1486351487"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="34B3F2EB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -14353,203 +13859,199 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5783F53A">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Student and family voice is incorporated into most decision-making practices in our school.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3FCE1F8D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="3FCE1F8D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1843644108"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="389995AF" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="389995AF" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1457324298"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7CAF18FA" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="7CAF18FA" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-202461950"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7186C517" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="7186C517" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1979674384"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7D34F5C7" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -14589,203 +14091,199 @@
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Schoolwide structures (e.g., explicit time during the school day) exist to help students develop social-emotional skills and competencies.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="74F332EB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="74F332EB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="2081200367"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3D9B84B6" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="3D9B84B6" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1624076794"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5825812B" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="5825812B" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-105597123"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="534E2A5E" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="534E2A5E" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1904490671"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0B4020A7" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -14825,203 +14323,199 @@
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Teachers incorporate social-emotional learning into core instruction.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7CA6CF0E" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="7CA6CF0E" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="37682900"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="53CB8BF8" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="53CB8BF8" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1588358541"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4765EA01" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="4765EA01" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-720298229"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2E4780D7" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="2E4780D7" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1517041242"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1D7B270A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -15063,203 +14557,199 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="729A5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Student-to-staff ratio is adequate for nurses, occupational therapists, and other health support.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3930D1E8" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="3930D1E8" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1880926507"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7515E504" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="7515E504" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="2003341562"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="712CC847" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="712CC847" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1622480529"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2F4F47D6" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="2F4F47D6" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1076180445"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4F904CB7" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -15299,203 +14789,199 @@
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Student-to-staff ratio is adequate for family coordinators, social workers, guidance counselors, school psychologists, social workers, and other family and social-emotional support staff</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6190E175" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="6190E175" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1682127914"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="57954330" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="57954330" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="83777481"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0FC714E1" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="0FC714E1" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-651327771"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="519E1CE6" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="519E1CE6" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1790079070"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="06971CD3" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -15535,203 +15021,199 @@
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Our school partners with organizations that provide support to families.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="239CC125" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="239CC125" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="659601165"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="15C3E0EB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="15C3E0EB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="1043192085"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="21BAE58C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="21BAE58C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1634521150"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="19AF3416" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="19AF3416" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1535604842"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2A1F701D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -15771,203 +15253,199 @@
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Families receive all correspondence from the school in their native language.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="303FE443" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="303FE443" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1951757958"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="50ACF719" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="50ACF719" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="633406526"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5A98B95A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="5A98B95A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-1192318191"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3E8C9C98" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00D134DF">
+          <w:p w14:paraId="3E8C9C98" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="CSI/ATSI Self Assessment "/>
                 <w:id w:val="-2067072378"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="Response Needed" w:value="Response Needed"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005866A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                     <w:color w:val="000000"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E8EAED"/>
                   </w:rPr>
                   <w:t>Response Needed</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="03EFCA41" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
@@ -16584,155 +16062,155 @@
     </w:tbl>
     <w:p w14:paraId="007DCDA8" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BC4D45">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73D032E1" w14:textId="77777777" w:rsidR="00471012" w:rsidRDefault="00471012">
+    <w:p w14:paraId="44D05E0C" w14:textId="77777777" w:rsidR="002F4D26" w:rsidRDefault="002F4D26">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5BBD4BD5" w14:textId="77777777" w:rsidR="00471012" w:rsidRDefault="00471012">
+    <w:p w14:paraId="1B18F18E" w14:textId="77777777" w:rsidR="002F4D26" w:rsidRDefault="002F4D26">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{8C5519B8-A66F-314F-BC59-684AE631360F}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{1024676D-69F6-7F41-B8F3-548E216D0BFD}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:fontKey="{1272448B-18A9-3343-854E-6D845E244CA7}"/>
-    <w:embedItalic r:id="rId3" w:fontKey="{EEF4BBF0-14B1-824A-A052-8F96BB957FBE}"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{B947417C-1D1F-9848-A6DF-3A9501C7356E}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{0211A955-9AE8-7A41-B8B8-C44BEA3E3BB3}"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
     <w:panose1 w:val="02000503000000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId8" w:fontKey="{6551F86A-1535-AD47-91EB-C27EA65A48A8}"/>
+    <w:embedRegular r:id="rId8" w:fontKey="{1AAF82FC-00FF-4647-8DC2-62AAFF88EA76}"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId9" w:fontKey="{15CE6A19-B182-8540-AC0E-CB94C7DC3390}"/>
+    <w:embedRegular r:id="rId9" w:fontKey="{DF15341A-0068-BE45-8771-2F239CB9AA34}"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId10" w:fontKey="{DA7D565E-13EF-2644-B5A4-9F41D9A6F92B}"/>
+    <w:embedRegular r:id="rId10" w:fontKey="{C83C11FE-64E2-5941-AC45-B925C47EB726}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="39E7A2ED" w14:textId="77777777" w:rsidR="00471012" w:rsidRDefault="00471012">
+    <w:p w14:paraId="005B3B7E" w14:textId="77777777" w:rsidR="002F4D26" w:rsidRDefault="002F4D26">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D76ACFB" w14:textId="77777777" w:rsidR="00471012" w:rsidRDefault="00471012">
+    <w:p w14:paraId="4A8AD7B2" w14:textId="77777777" w:rsidR="002F4D26" w:rsidRDefault="002F4D26">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1A81F0B1" w14:textId="5B1480F8" w:rsidR="00BC4D45" w:rsidRDefault="005866A1">
     <w:pPr>
       <w:ind w:left="11250"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
@@ -18173,117 +17651,122 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="327906293">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1924492126">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1948150932">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1506479319">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1183787959">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2114324217">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="240"/>
+  <w:zoom w:percent="270"/>
   <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BC4D45"/>
     <w:rsid w:val="00010DDB"/>
     <w:rsid w:val="00037525"/>
     <w:rsid w:val="000E6EA3"/>
     <w:rsid w:val="000F1275"/>
     <w:rsid w:val="001B0DBD"/>
+    <w:rsid w:val="002F4D26"/>
+    <w:rsid w:val="003F3F0B"/>
+    <w:rsid w:val="00461D34"/>
     <w:rsid w:val="00471012"/>
     <w:rsid w:val="00484DDE"/>
+    <w:rsid w:val="00574496"/>
     <w:rsid w:val="005866A1"/>
     <w:rsid w:val="00627276"/>
     <w:rsid w:val="00647EED"/>
     <w:rsid w:val="006709A1"/>
     <w:rsid w:val="00771131"/>
     <w:rsid w:val="00905F5C"/>
     <w:rsid w:val="00A55C43"/>
     <w:rsid w:val="00B2582A"/>
     <w:rsid w:val="00B81B31"/>
     <w:rsid w:val="00BC4D45"/>
     <w:rsid w:val="00CB5A8E"/>
     <w:rsid w:val="00CC7791"/>
     <w:rsid w:val="00D134DF"/>
+    <w:rsid w:val="00E02CF5"/>
     <w:rsid w:val="00EC47E9"/>
     <w:rsid w:val="00F7389B"/>
     <w:rsid w:val="00FF1DE9"/>
     <w:rsid w:val="118C775D"/>
     <w:rsid w:val="5783F53A"/>
     <w:rsid w:val="729A5E53"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1033"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4B1DE3F4"/>
   <w15:docId w15:val="{01C31831-0CEE-4293-B610-06514B402EAD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -19388,76 +18871,50 @@
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...24 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003ACA3E5C7B371A47AC6F693A16331DF8" ma:contentTypeVersion="26" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6004fe32996137d750587b86408d7649">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c2193ac7-f074-497f-a938-4c812096122a" xmlns:ns3="a663bc7e-d16f-4815-8c52-72575c0867ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7b97c819006e0aa8327ec40a206053ac" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c2193ac7-f074-497f-a938-4c812096122a"/>
     <xsd:import namespace="a663bc7e-d16f-4815-8c52-72575c0867ae"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
@@ -19715,105 +19172,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c2193ac7-f074-497f-a938-4c812096122a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="a663bc7e-d16f-4815-8c52-72575c0867ae" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <order0 xmlns="c2193ac7-f074-497f-a938-4c812096122a" xsi:nil="true"/>
+    <date xmlns="c2193ac7-f074-497f-a938-4c812096122a" xsi:nil="true"/>
+    <Date0 xmlns="c2193ac7-f074-497f-a938-4c812096122a" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="c2193ac7-f074-497f-a938-4c812096122a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{253AE7CB-C257-4827-A595-5318C6CEF200}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="c2193ac7-f074-497f-a938-4c812096122a"/>
     <ds:schemaRef ds:uri="a663bc7e-d16f-4815-8c52-72575c0867ae"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60A25AD6-BC3B-4FD9-9DBD-EB8FF928F475}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="c2193ac7-f074-497f-a938-4c812096122a"/>
+    <ds:schemaRef ds:uri="a663bc7e-d16f-4815-8c52-72575c0867ae"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1BDAA90F-9BBE-4567-A46D-E67FF2233199}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>2008</Words>
-  <Characters>11451</Characters>
+  <Words>1983</Words>
+  <Characters>11309</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
+  <Lines>94</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13433</CharactersWithSpaces>
+  <CharactersWithSpaces>13266</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003ACA3E5C7B371A47AC6F693A16331DF8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>