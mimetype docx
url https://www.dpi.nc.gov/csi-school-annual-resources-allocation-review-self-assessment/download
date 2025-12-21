--- v1 (2025-12-01)
+++ v2 (2025-12-21)
@@ -73,70 +73,65 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02FB6967" w14:textId="0F11A524" w:rsidR="00BC4D45" w:rsidRDefault="005866A1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:color w:val="1C4587"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:color w:val="1C4587"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">School Annual Resource Allocation Review Self-Assessment </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="003F3F0B">
+    <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00585F74">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-      </w:r>
-[...5 lines deleted...]
-          <v:rect id="_x0000_i1025" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        <w:pict w14:anchorId="74E6D317">
+          <v:rect id="_x0000_i1031" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="02ECF1F3" w14:textId="77777777" w:rsidR="00010DDB" w:rsidRDefault="00010DDB" w:rsidP="118C775D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:color w:val="212121"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="white"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EB00683" w14:textId="77777777" w:rsidR="00010DDB" w:rsidRDefault="00010DDB" w:rsidP="118C775D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:color w:val="212121"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="white"/>
@@ -159,67 +154,51 @@
     </w:p>
     <w:p w14:paraId="7A7F2EA3" w14:textId="4400F0AD" w:rsidR="00BC4D45" w:rsidRDefault="005866A1" w:rsidP="118C775D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="118C775D">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:color w:val="212121"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="white"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="118C775D">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">esource allocation examines how educational dollars are translated into actions to improve student learning outcomes. Allocating and developing resources to improve teaching and learning is critical to school improvement efforts. Resource allocation involves more than assigning dollar amounts to </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> or programs. Educational leaders are charged with using resource allocation reviews to assess not only the amount of resources and how they are distributed across districts, schools, and classrooms but also how these investments translate into improved student learning outcomes.</w:t>
+        <w:t>esource allocation examines how educational dollars are translated into actions to improve student learning outcomes. Allocating and developing resources to improve teaching and learning is critical to school improvement efforts. Resource allocation involves more than assigning dollar amounts to particular schools or programs. Educational leaders are charged with using resource allocation reviews to assess not only the amount of resources and how they are distributed across districts, schools, and classrooms but also how these investments translate into improved student learning outcomes.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DAB6C7B" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17C6FFC2" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="005866A1" w:rsidP="118C775D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="118C775D">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:lang w:val="en-US"/>
@@ -333,75 +312,70 @@
       </w:r>
       <w:r w:rsidRPr="5783F53A">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schools identified for comprehensive and targeted improvement based on low performance for individual student groups must identify and address resource inequities within their schools</w:t>
       </w:r>
       <w:r w:rsidR="006709A1" w:rsidRPr="5783F53A">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (§1111(d)(2)(C)).</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F603099" w14:textId="2C76F80B" w:rsidR="00010DDB" w:rsidRDefault="003F3F0B" w:rsidP="00CB5A8E">
+    <w:p w14:paraId="1F603099" w14:textId="2C76F80B" w:rsidR="00010DDB" w:rsidRDefault="00585F74" w:rsidP="00CB5A8E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-      </w:r>
-[...5 lines deleted...]
-          <v:rect id="_x0000_i1026" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        <w:pict w14:anchorId="0747399B">
+          <v:rect id="_x0000_i1030" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="59988EC6" w14:textId="77777777" w:rsidR="00CB5A8E" w:rsidRPr="00CB5A8E" w:rsidRDefault="00CB5A8E" w:rsidP="00CB5A8E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00239DD1" w14:textId="77777777" w:rsidR="00037525" w:rsidRDefault="00037525">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
@@ -635,75 +609,70 @@
         </w:rPr>
         <w:t xml:space="preserve">in the Initial Assessment section </w:t>
       </w:r>
       <w:r w:rsidRPr="118C775D">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">for Indicator D1.02 </w:t>
       </w:r>
       <w:r w:rsidR="00EC47E9">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">/ CSI-ATSI .02 </w:t>
       </w:r>
       <w:r w:rsidRPr="118C775D">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">in NCSTAR. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60061E4C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="003F3F0B">
+    <w:p w14:paraId="60061E4C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00585F74">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-      </w:r>
-[...5 lines deleted...]
-          <v:rect id="_x0000_i1027" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        <w:pict w14:anchorId="2C94CB54">
+          <v:rect id="_x0000_i1029" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="02C42D87" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="005866A1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Demographic Information </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -1090,66 +1059,61 @@
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3656B9AB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="45FB0818" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="003F3F0B">
+    <w:p w14:paraId="45FB0818" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00585F74">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-      </w:r>
-[...4 lines deleted...]
-        <w:pict w14:anchorId="60A6A356">
+        <w:pict w14:anchorId="04FE7F70">
           <v:rect id="_x0000_i1028" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="049F31CB" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="360C0283" w14:textId="77777777" w:rsidR="00A55C43" w:rsidRDefault="00A55C43">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
       </w:pPr>
@@ -1626,66 +1590,52 @@
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="118C775D">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">1 </w:t>
+              <w:t>1 points</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...12 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="999999"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1A8F17E2" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="005866A1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -4064,67 +4014,62 @@
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5997CC1D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="110FFD37" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B699379" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="003F3F0B">
+    <w:p w14:paraId="6B699379" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00585F74">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-      </w:r>
-[...5 lines deleted...]
-          <v:rect id="_x0000_i1029" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        <w:pict w14:anchorId="561BA1E5">
+          <v:rect id="_x0000_i1027" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C2214D3" w14:textId="77777777" w:rsidR="00037525" w:rsidRDefault="00037525">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="010CEEE5" w14:textId="77777777" w:rsidR="00037525" w:rsidRDefault="00037525">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -6794,71 +6739,66 @@
           <w:p w14:paraId="66204FF1" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2DBF0D7D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B62F1B3" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="003F3F0B">
+    <w:p w14:paraId="6B62F1B3" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00585F74">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-      </w:r>
-[...5 lines deleted...]
-          <v:rect id="_x0000_i1030" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        <w:pict w14:anchorId="0FB6A5F9">
+          <v:rect id="_x0000_i1026" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="02F2C34E" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C7CBD9B" w14:textId="0E01EC3E" w:rsidR="5783F53A" w:rsidRDefault="5783F53A" w:rsidP="5783F53A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
       </w:pPr>
@@ -12083,79 +12023,79 @@
           <w:p w14:paraId="7DF4E37C" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6CC2B654" w14:textId="2866D426" w:rsidR="00BC4D45" w:rsidRDefault="00B2582A">
+          <w:p w14:paraId="6CC2B654" w14:textId="7AC3007B" w:rsidR="00BC4D45" w:rsidRDefault="00B2582A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="003F3F0B">
+            <w:r w:rsidR="002B1106">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="005866A1">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> Points</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44FB30F8" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="45985FBC" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="005866A1" w:rsidP="729A5E53">
@@ -12177,79 +12117,70 @@
             </w:pPr>
             <w:r w:rsidRPr="729A5E53">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Resources are allocated equitably.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1198F36D" w14:textId="7CFBCA31" w:rsidR="00BC4D45" w:rsidRDefault="00B2582A">
+          <w:p w14:paraId="1198F36D" w14:textId="11F9BD35" w:rsidR="00BC4D45" w:rsidRDefault="002B1106">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...8 lines deleted...]
-              <w:t>0</w:t>
+              <w:t>39</w:t>
             </w:r>
             <w:r w:rsidR="005866A1">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> to 20 Points</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DA6542E" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="00A8C467" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="005866A1" w:rsidP="5783F53A">
@@ -12504,68 +12435,63 @@
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="54E11D2A" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
                 <w:b/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="31126E5D" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DE403A5" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="003F3F0B">
+    <w:p w14:paraId="2DE403A5" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00585F74">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-      </w:r>
-[...5 lines deleted...]
-          <v:rect id="_x0000_i1031" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        <w:pict w14:anchorId="6F0B7BD4">
+          <v:rect id="_x0000_i1025" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="52D73F28" w14:textId="42C27E10" w:rsidR="5783F53A" w:rsidRDefault="5783F53A" w:rsidP="5783F53A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CC29532" w14:textId="52DFC75F" w:rsidR="00BC4D45" w:rsidRDefault="005866A1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
@@ -16062,155 +15988,155 @@
     </w:tbl>
     <w:p w14:paraId="007DCDA8" w14:textId="77777777" w:rsidR="00BC4D45" w:rsidRDefault="00BC4D45">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BC4D45">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44D05E0C" w14:textId="77777777" w:rsidR="002F4D26" w:rsidRDefault="002F4D26">
+    <w:p w14:paraId="7A18797F" w14:textId="77777777" w:rsidR="00585F74" w:rsidRDefault="00585F74">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B18F18E" w14:textId="77777777" w:rsidR="002F4D26" w:rsidRDefault="002F4D26">
+    <w:p w14:paraId="690C0BB8" w14:textId="77777777" w:rsidR="00585F74" w:rsidRDefault="00585F74">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{1024676D-69F6-7F41-B8F3-548E216D0BFD}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{9F0F2DBA-FCA5-7E45-A89C-7F9A934CED3E}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:fontKey="{B947417C-1D1F-9848-A6DF-3A9501C7356E}"/>
-    <w:embedItalic r:id="rId3" w:fontKey="{0211A955-9AE8-7A41-B8B8-C44BEA3E3BB3}"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{5DF13C20-AD38-1D49-ABB8-6030670D1378}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{611DD8C5-03C4-3B45-A44D-D38718064CA2}"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
     <w:panose1 w:val="02000503000000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId8" w:fontKey="{1AAF82FC-00FF-4647-8DC2-62AAFF88EA76}"/>
+    <w:embedRegular r:id="rId8" w:fontKey="{9D1281E8-B147-604C-869F-661B36F8ED0B}"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId9" w:fontKey="{DF15341A-0068-BE45-8771-2F239CB9AA34}"/>
+    <w:embedRegular r:id="rId9" w:fontKey="{E3720EDE-7336-F44A-9974-DFFC893C76B0}"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId10" w:fontKey="{C83C11FE-64E2-5941-AC45-B925C47EB726}"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId10" w:fontKey="{83FAD064-4C4E-E642-947E-3EE3B20CA467}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="005B3B7E" w14:textId="77777777" w:rsidR="002F4D26" w:rsidRDefault="002F4D26">
+    <w:p w14:paraId="31414736" w14:textId="77777777" w:rsidR="00585F74" w:rsidRDefault="00585F74">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A8AD7B2" w14:textId="77777777" w:rsidR="002F4D26" w:rsidRDefault="002F4D26">
+    <w:p w14:paraId="60297458" w14:textId="77777777" w:rsidR="00585F74" w:rsidRDefault="00585F74">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1A81F0B1" w14:textId="5B1480F8" w:rsidR="00BC4D45" w:rsidRDefault="005866A1">
     <w:pPr>
       <w:ind w:left="11250"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
@@ -17651,85 +17577,87 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="327906293">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1924492126">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1948150932">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1506479319">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1183787959">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2114324217">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="270"/>
+  <w:zoom w:percent="280"/>
   <w:embedTrueTypeFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BC4D45"/>
     <w:rsid w:val="00010DDB"/>
     <w:rsid w:val="00037525"/>
     <w:rsid w:val="000E6EA3"/>
     <w:rsid w:val="000F1275"/>
     <w:rsid w:val="001B0DBD"/>
+    <w:rsid w:val="002B1106"/>
     <w:rsid w:val="002F4D26"/>
     <w:rsid w:val="003F3F0B"/>
     <w:rsid w:val="00461D34"/>
     <w:rsid w:val="00471012"/>
     <w:rsid w:val="00484DDE"/>
     <w:rsid w:val="00574496"/>
+    <w:rsid w:val="00585F74"/>
     <w:rsid w:val="005866A1"/>
+    <w:rsid w:val="005B577F"/>
     <w:rsid w:val="00627276"/>
     <w:rsid w:val="00647EED"/>
     <w:rsid w:val="006709A1"/>
     <w:rsid w:val="00771131"/>
     <w:rsid w:val="00905F5C"/>
     <w:rsid w:val="00A55C43"/>
     <w:rsid w:val="00B2582A"/>
     <w:rsid w:val="00B81B31"/>
     <w:rsid w:val="00BC4D45"/>
     <w:rsid w:val="00CB5A8E"/>
     <w:rsid w:val="00CC7791"/>
     <w:rsid w:val="00D134DF"/>
     <w:rsid w:val="00E02CF5"/>
     <w:rsid w:val="00EC47E9"/>
     <w:rsid w:val="00F7389B"/>
     <w:rsid w:val="00FF1DE9"/>
     <w:rsid w:val="118C775D"/>
     <w:rsid w:val="5783F53A"/>
     <w:rsid w:val="729A5E53"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -18871,50 +18799,76 @@
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c2193ac7-f074-497f-a938-4c812096122a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="a663bc7e-d16f-4815-8c52-72575c0867ae" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <order0 xmlns="c2193ac7-f074-497f-a938-4c812096122a" xsi:nil="true"/>
+    <date xmlns="c2193ac7-f074-497f-a938-4c812096122a" xsi:nil="true"/>
+    <Date0 xmlns="c2193ac7-f074-497f-a938-4c812096122a" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="c2193ac7-f074-497f-a938-4c812096122a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003ACA3E5C7B371A47AC6F693A16331DF8" ma:contentTypeVersion="26" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6004fe32996137d750587b86408d7649">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c2193ac7-f074-497f-a938-4c812096122a" xmlns:ns3="a663bc7e-d16f-4815-8c52-72575c0867ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7b97c819006e0aa8327ec40a206053ac" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c2193ac7-f074-497f-a938-4c812096122a"/>
     <xsd:import namespace="a663bc7e-d16f-4815-8c52-72575c0867ae"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
@@ -19172,112 +19126,86 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...24 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{253AE7CB-C257-4827-A595-5318C6CEF200}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1BDAA90F-9BBE-4567-A46D-E67FF2233199}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60A25AD6-BC3B-4FD9-9DBD-EB8FF928F475}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="c2193ac7-f074-497f-a938-4c812096122a"/>
     <ds:schemaRef ds:uri="a663bc7e-d16f-4815-8c52-72575c0867ae"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1BDAA90F-9BBE-4567-A46D-E67FF2233199}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{253AE7CB-C257-4827-A595-5318C6CEF200}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="c2193ac7-f074-497f-a938-4c812096122a"/>
+    <ds:schemaRef ds:uri="a663bc7e-d16f-4815-8c52-72575c0867ae"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
   <Words>1983</Words>
   <Characters>11309</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>94</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>13266</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 