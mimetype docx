--- v0 (2025-10-29)
+++ v1 (2026-01-31)
@@ -348,125 +348,137 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002705B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>NCStar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002705B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fall Comprehensive Plan Report Closes (Due)</w:t>
       </w:r>
       <w:r w:rsidRPr="002705B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
         <w:t>Fall submission captures current indicator progress for CSI and ATSI schools.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52AA85D8" w14:textId="77777777" w:rsidR="002705B3" w:rsidRPr="002705B3" w:rsidRDefault="002705B3" w:rsidP="002705B3">
+    <w:p w14:paraId="52AA85D8" w14:textId="09D3B7F8" w:rsidR="002705B3" w:rsidRPr="002705B3" w:rsidRDefault="002705B3" w:rsidP="002705B3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002705B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>December 15, 2025 (Tentative):</w:t>
+        <w:t>December 15, 2025:</w:t>
       </w:r>
       <w:r w:rsidRPr="002705B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> PRC 0105 CCIP Applications Due</w:t>
       </w:r>
       <w:r w:rsidRPr="002705B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
         <w:t>Attestations will serve as the PRC 0105 application; the application opens once the allotment formula is finalized, approved, and synced.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47CE64C3" w14:textId="75002862" w:rsidR="001C08B8" w:rsidRPr="001C08B8" w:rsidRDefault="001C08B8" w:rsidP="001C08B8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Spring 2026: Planning and Submission</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="261B869F" w14:textId="77777777" w:rsidR="001C08B8" w:rsidRPr="001C08B8" w:rsidRDefault="001C08B8" w:rsidP="001C08B8">
+    <w:p w14:paraId="261B869F" w14:textId="496D1837" w:rsidR="001C08B8" w:rsidRPr="001C08B8" w:rsidRDefault="001C08B8" w:rsidP="001C08B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>January 12, 2026:</w:t>
       </w:r>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Onsite Support Sessions and Charter/Lab School Regional Convenings</w:t>
       </w:r>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
-        <w:t>CTS team will begin onsite District support sessions and Charter/Lab School Regional Convenings. The full schedule for these visits and sessions will be shared by the first week of December to allow PSUs time to plan.</w:t>
+        <w:t xml:space="preserve">CTS team will begin onsite District support sessions and Charter/Lab School Regional Convenings. The full schedule for these visits and sessions will be shared </w:t>
+      </w:r>
+      <w:r w:rsidR="006D2F69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as early as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C08B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>the first week of December to allow PSUs time to plan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09084055" w14:textId="77777777" w:rsidR="001C08B8" w:rsidRPr="001C08B8" w:rsidRDefault="001C08B8" w:rsidP="001C08B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>March 1, 2026:</w:t>
       </w:r>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
@@ -661,191 +673,280 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> PSU </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>NCStar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Feedback Due</w:t>
       </w:r>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
         <w:t>PSUs provide feedback reflecting progress, data review, requirements, and alignment of action steps with the CSI / ATSI plan.  Feedback must confirm active monitoring or required indicators.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B3106E9" w14:textId="67D99BF7" w:rsidR="008B70AB" w:rsidRPr="001C08B8" w:rsidRDefault="008B70AB" w:rsidP="008B70AB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C08B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>June 30, 2025:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C08B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PSU </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Support Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C08B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Due</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in CCIP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C08B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Th</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1378F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PSU Support Plan </w:t>
+      </w:r>
+      <w:r w:rsidR="00B1378F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">should </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>outline the developed processes for PSUs to meet CSI / TSI support expectations, monitor progress, and ensure compliance with federal and state accountability requirements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C08B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52E754AD" w14:textId="77777777" w:rsidR="001C08B8" w:rsidRPr="001C08B8" w:rsidRDefault="001C08B8" w:rsidP="001C08B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001C08B8" w:rsidRPr="001C08B8">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="379E68F8" w14:textId="77777777" w:rsidR="00A96AE5" w:rsidRDefault="00A96AE5" w:rsidP="007D3DC6">
+    <w:p w14:paraId="34D1D5C0" w14:textId="77777777" w:rsidR="0017327D" w:rsidRDefault="0017327D" w:rsidP="007D3DC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B188DFD" w14:textId="77777777" w:rsidR="00A96AE5" w:rsidRDefault="00A96AE5" w:rsidP="007D3DC6">
+    <w:p w14:paraId="73FA5CBE" w14:textId="77777777" w:rsidR="0017327D" w:rsidRDefault="0017327D" w:rsidP="007D3DC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7E2B6DF8" w14:textId="44A7743E" w:rsidR="00F912EB" w:rsidRPr="00267033" w:rsidRDefault="00F912EB">
+  <w:p w14:paraId="7E2B6DF8" w14:textId="59C7FC11" w:rsidR="00F912EB" w:rsidRPr="00267033" w:rsidRDefault="00F912EB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00267033">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Disclaimer: The information provided is intended as a planning resource and is subject to change</w:t>
     </w:r>
     <w:r w:rsidR="00267033" w:rsidRPr="00267033">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="00267033">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> (Rev: 10</w:t>
+      <w:t xml:space="preserve"> (Rev: </w:t>
+    </w:r>
+    <w:r w:rsidR="006D2F69">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>12/03</w:t>
     </w:r>
     <w:r w:rsidR="00F7719E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>/15/2025)</w:t>
+      <w:t>/2025)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2E06C6F4" w14:textId="77777777" w:rsidR="00267033" w:rsidRDefault="00267033"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="177D547F" w14:textId="77777777" w:rsidR="00A96AE5" w:rsidRDefault="00A96AE5" w:rsidP="007D3DC6">
+    <w:p w14:paraId="331EA64C" w14:textId="77777777" w:rsidR="0017327D" w:rsidRDefault="0017327D" w:rsidP="007D3DC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="503FB70D" w14:textId="77777777" w:rsidR="00A96AE5" w:rsidRDefault="00A96AE5" w:rsidP="007D3DC6">
+    <w:p w14:paraId="2933F0FA" w14:textId="77777777" w:rsidR="0017327D" w:rsidRDefault="0017327D" w:rsidP="007D3DC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3AD189D7" w14:textId="53E25D71" w:rsidR="007D3DC6" w:rsidRPr="002705B3" w:rsidRDefault="007D3DC6" w:rsidP="002705B3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002705B3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
@@ -983,88 +1084,100 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F55C68BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="695933648">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="240"/>
+  <w:zoom w:percent="230"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="kIujsF9F9HeAYIhSQ0KlXKb61qLFUs3pDgP0KOpGQLaHouxrtmHv97o+nA0Z02bRCQFGGW+HnSn+oxYuOIoeVQ==" w:salt="6d877U8iQuQOx/k+1Vme8g=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D67084"/>
     <w:rsid w:val="000E0E8C"/>
+    <w:rsid w:val="00115ADD"/>
+    <w:rsid w:val="0017327D"/>
     <w:rsid w:val="001C08B8"/>
     <w:rsid w:val="001E3B4E"/>
     <w:rsid w:val="00267033"/>
     <w:rsid w:val="002705B3"/>
     <w:rsid w:val="0027413F"/>
     <w:rsid w:val="003A082D"/>
+    <w:rsid w:val="003F507C"/>
     <w:rsid w:val="00403FA0"/>
+    <w:rsid w:val="005956A4"/>
+    <w:rsid w:val="005B577F"/>
     <w:rsid w:val="00627276"/>
+    <w:rsid w:val="006D2F69"/>
+    <w:rsid w:val="007573FF"/>
     <w:rsid w:val="007D3DC6"/>
+    <w:rsid w:val="008B70AB"/>
+    <w:rsid w:val="00970A76"/>
     <w:rsid w:val="009B7228"/>
     <w:rsid w:val="00A40156"/>
     <w:rsid w:val="00A96AE5"/>
+    <w:rsid w:val="00B1378F"/>
     <w:rsid w:val="00BA1B21"/>
     <w:rsid w:val="00BD510A"/>
     <w:rsid w:val="00D67084"/>
+    <w:rsid w:val="00EA1725"/>
     <w:rsid w:val="00F7719E"/>
     <w:rsid w:val="00F912EB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5968AB6D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3FA1D1B7-0164-D342-9465-7A265B6DF016}"/>
 </w:settings>
 </file>
@@ -1650,50 +1763,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D67084"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -2321,54 +2435,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>581</Words>
-  <Characters>3315</Characters>
+  <Words>617</Words>
+  <Characters>3521</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>7</Paragraphs>
+  <DocSecurity>8</DocSecurity>
+  <Lines>29</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3889</CharactersWithSpaces>
+  <CharactersWithSpaces>4130</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>James Popp</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>