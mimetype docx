--- v1 (2026-01-31)
+++ v2 (2026-03-13)
@@ -4,712 +4,563 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7569ECAE" w14:textId="0E944499" w:rsidR="001C08B8" w:rsidRPr="001C08B8" w:rsidRDefault="001C08B8" w:rsidP="001C08B8">
+    <w:p w14:paraId="7569ECAE" w14:textId="368204A1" w:rsidR="001C08B8" w:rsidRPr="001C08B8" w:rsidRDefault="001C08B8" w:rsidP="001C08B8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Fall 2025</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001C08B8">
+        <w:t>Planning and Submission</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E57327C" w14:textId="69186192" w:rsidR="002705B3" w:rsidRPr="002705B3" w:rsidRDefault="002705B3" w:rsidP="002705B3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>October 1–2, 2025:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Official CSI/TSI Identification List Approved</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5238A71F" w14:textId="77777777" w:rsidR="002705B3" w:rsidRPr="002705B3" w:rsidRDefault="002705B3" w:rsidP="002705B3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>October 3, 2025:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NCStar Fall Comprehensive Plan Submitting Window Opens for all CSI and ATSI schools to begin entering indicator information and initial progress updates.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62703590" w14:textId="77777777" w:rsidR="002705B3" w:rsidRPr="002705B3" w:rsidRDefault="002705B3" w:rsidP="002705B3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>October 8, 2025:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> In-Person CTS Support Session at NCFEPA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>This session provided clarity and support around CSI and TSI identifications, explaining what the designations mean, their associated requirements, and the framework of support available to PSUs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05C3C556" w14:textId="77777777" w:rsidR="002705B3" w:rsidRPr="002705B3" w:rsidRDefault="002705B3" w:rsidP="002705B3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>October 15, 2025:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CTS Webinar – Understanding CSI/TSI Identifications (similar to the Oct. 8 in-person NCFEPA session) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4276168F" w14:textId="77777777" w:rsidR="002705B3" w:rsidRPr="002705B3" w:rsidRDefault="002705B3" w:rsidP="002705B3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>October 21, 2025:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CTS Webinar – Strengthening Improvement Efforts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Focuses on practical strategies to enhance PSU improvement efforts, including NCStar support, evidence-based interventions, parent and family engagement, resource allocation reviews, and MTSS integration/support.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="474C4D22" w14:textId="77777777" w:rsidR="002705B3" w:rsidRPr="002705B3" w:rsidRDefault="002705B3" w:rsidP="002705B3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Early November 2025:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> FY26 PRC 0105 Funding Available and CCIP application opens (Tentative)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Funding anticipated to open as early as November, pending allotment formula approval and syncing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5537DB61" w14:textId="77777777" w:rsidR="002705B3" w:rsidRPr="002705B3" w:rsidRDefault="002705B3" w:rsidP="002705B3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>November 5, 2025:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CTS Webinar – PRC 0105 CCIP Application Support</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Assists PSUs with completing the PRC 0105 CCIP application; includes step-by-step guidance and submission tips (including related documents for future submissions).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE803C2" w14:textId="77777777" w:rsidR="002705B3" w:rsidRPr="002705B3" w:rsidRDefault="002705B3" w:rsidP="002705B3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>November 12, 2025:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CTS Webinar – Implementation Q&amp;A and Updates</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>This session will provide an opportunity to follow up feedback from the field and address questions raised during previous sessions. Participants will receive clarifications, additional guidance, and practical updates to support continued implementation efforts and what can be expected moving forward.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11E51C6B" w14:textId="77777777" w:rsidR="002705B3" w:rsidRPr="002705B3" w:rsidRDefault="002705B3" w:rsidP="002705B3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>November 30, 2025:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Parent Notification Letters Due</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Letters must be developed and distributed directly to families (e.g., via book bag) on or before November 30 each year. For this planning year, letters should explain the identification status and note that specific activities will be shared by November 30, 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D8000C7" w14:textId="77777777" w:rsidR="002705B3" w:rsidRPr="002705B3" w:rsidRDefault="002705B3" w:rsidP="002705B3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>December 6, 2025:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NCStar Fall Comprehensive Plan Report Closes (Due)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Fall submission captures current indicator progress for CSI and ATSI schools.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52AA85D8" w14:textId="09D3B7F8" w:rsidR="002705B3" w:rsidRPr="002705B3" w:rsidRDefault="002705B3" w:rsidP="002705B3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>December 15, 2025:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PRC 0105 CCIP Applications Due</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002705B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Attestations will serve as the PRC 0105 application; the application opens once the allotment formula is finalized, approved, and synced.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47CE64C3" w14:textId="75002862" w:rsidR="001C08B8" w:rsidRPr="001C08B8" w:rsidRDefault="001C08B8" w:rsidP="001C08B8">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>: Planning and Submission</w:t>
-[...347 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Spring 2026: Planning and Submission</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="261B869F" w14:textId="496D1837" w:rsidR="001C08B8" w:rsidRPr="001C08B8" w:rsidRDefault="001C08B8" w:rsidP="001C08B8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="261B869F" w14:textId="496D1837" w:rsidR="001C08B8" w:rsidRPr="001C08B8" w:rsidRDefault="001C08B8" w:rsidP="001C08B8">
+        </w:rPr>
+        <w:t>January 12, 2026:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C08B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Onsite Support Sessions and Charter/Lab School Regional Convenings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C08B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">CTS team will begin onsite District support sessions and Charter/Lab School Regional Convenings. The full schedule for these visits and sessions will be shared </w:t>
+      </w:r>
+      <w:r w:rsidR="006D2F69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as early as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C08B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>the first week of December to allow PSUs time to plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09084055" w14:textId="77777777" w:rsidR="001C08B8" w:rsidRPr="001C08B8" w:rsidRDefault="001C08B8" w:rsidP="001C08B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>January 12, 2026:</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Onsite Support Sessions and Charter/Lab School Regional Convenings</w:t>
+        <w:t>March 1, 2026:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C08B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NCStar Spring Comprehensive Plan Report Opens</w:t>
       </w:r>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">CTS team will begin onsite District support sessions and Charter/Lab School Regional Convenings. The full schedule for these visits and sessions will be shared </w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="09084055" w14:textId="77777777" w:rsidR="001C08B8" w:rsidRPr="001C08B8" w:rsidRDefault="001C08B8" w:rsidP="001C08B8">
+        <w:t>Schools update progress and ensure all required indicators and action steps are active and aligned with CSI/ATSI plans.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C98A3B2" w14:textId="77777777" w:rsidR="001C08B8" w:rsidRPr="001C08B8" w:rsidRDefault="001C08B8" w:rsidP="001C08B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>March 1, 2026:</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Spring Comprehensive Plan Report Opens</w:t>
+        <w:t>June 30, 2026:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C08B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NCStar Spring Comprehensive Plan Report Closes (Due)</w:t>
       </w:r>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
-        <w:t>Schools update progress and ensure all required indicators and action steps are active and aligned with CSI/ATSI plans.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1C98A3B2" w14:textId="77777777" w:rsidR="001C08B8" w:rsidRPr="001C08B8" w:rsidRDefault="001C08B8" w:rsidP="001C08B8">
+        <w:t xml:space="preserve">Final spring submission due. Each school’s Resource Allocation Review (RAR) self-assessment should be uploaded into the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C08B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Resource Allocation Review Required Indicator D.1.02 or CSI-ATSI .02 (Initial Assessment)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C08B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26CC9A97" w14:textId="77777777" w:rsidR="001C08B8" w:rsidRPr="001C08B8" w:rsidRDefault="001C08B8" w:rsidP="001C08B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>June 30, 2026:</w:t>
       </w:r>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Spring Comprehensive Plan Report Closes (Due)</w:t>
+        <w:t xml:space="preserve"> CSI Plans Due in CCIP (Related Documents)</w:t>
       </w:r>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Final spring submission due. Each school’s Resource Allocation Review (RAR) self-assessment should be uploaded into the </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="26CC9A97" w14:textId="77777777" w:rsidR="001C08B8" w:rsidRPr="001C08B8" w:rsidRDefault="001C08B8" w:rsidP="001C08B8">
+        <w:t>CSI plans must be submitted for SEA approval on or before June 30.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208FD31D" w14:textId="77777777" w:rsidR="001C08B8" w:rsidRPr="001C08B8" w:rsidRDefault="001C08B8" w:rsidP="001C08B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>June 30, 2026:</w:t>
       </w:r>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> CSI Plans Due in CCIP (Related Documents)</w:t>
+        <w:t xml:space="preserve"> CSI Needs Assessment Due in CCIP (Related Documents)</w:t>
       </w:r>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
-        <w:t>CSI plans must be submitted for SEA approval on or before June 30.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="12534BCE" w14:textId="77777777" w:rsidR="001C08B8" w:rsidRPr="001C08B8" w:rsidRDefault="001C08B8" w:rsidP="001C08B8">
+        <w:t>Needs Assessments submitted for SEA review; may include need assessment uploads or directions for where to locate (NCStar, FAM-S, etc.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48A2B8A1" w14:textId="77777777" w:rsidR="001C08B8" w:rsidRPr="001C08B8" w:rsidRDefault="001C08B8" w:rsidP="001C08B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>June 30, 2026:</w:t>
-[...68 lines deleted...]
-        </w:rPr>
         <w:t>June 30, 2025:</w:t>
       </w:r>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> PSU </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Feedback Due</w:t>
+        <w:t xml:space="preserve"> PSU NCStar Feedback Due</w:t>
       </w:r>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
         <w:t>PSUs provide feedback reflecting progress, data review, requirements, and alignment of action steps with the CSI / ATSI plan.  Feedback must confirm active monitoring or required indicators.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B3106E9" w14:textId="67D99BF7" w:rsidR="008B70AB" w:rsidRPr="001C08B8" w:rsidRDefault="008B70AB" w:rsidP="008B70AB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>June 30, 2025:</w:t>
       </w:r>
       <w:r w:rsidRPr="001C08B8">
         <w:rPr>
@@ -778,175 +629,175 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52E754AD" w14:textId="77777777" w:rsidR="001C08B8" w:rsidRPr="001C08B8" w:rsidRDefault="001C08B8" w:rsidP="001C08B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001C08B8" w:rsidRPr="001C08B8">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34D1D5C0" w14:textId="77777777" w:rsidR="0017327D" w:rsidRDefault="0017327D" w:rsidP="007D3DC6">
+    <w:p w14:paraId="291D951A" w14:textId="77777777" w:rsidR="00A04EE7" w:rsidRDefault="00A04EE7" w:rsidP="007D3DC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73FA5CBE" w14:textId="77777777" w:rsidR="0017327D" w:rsidRDefault="0017327D" w:rsidP="007D3DC6">
+    <w:p w14:paraId="36914464" w14:textId="77777777" w:rsidR="00A04EE7" w:rsidRDefault="00A04EE7" w:rsidP="007D3DC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7E2B6DF8" w14:textId="59C7FC11" w:rsidR="00F912EB" w:rsidRPr="00267033" w:rsidRDefault="00F912EB">
+  <w:p w14:paraId="7E2B6DF8" w14:textId="77A9E471" w:rsidR="00F912EB" w:rsidRPr="00267033" w:rsidRDefault="00F912EB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00267033">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Disclaimer: The information provided is intended as a planning resource and is subject to change</w:t>
     </w:r>
     <w:r w:rsidR="00267033" w:rsidRPr="00267033">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="00267033">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> (Rev: </w:t>
     </w:r>
-    <w:r w:rsidR="006D2F69">
+    <w:r w:rsidR="00351319">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>12/03</w:t>
+      <w:t>1/27/2026</w:t>
     </w:r>
     <w:r w:rsidR="00F7719E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>/2025)</w:t>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2E06C6F4" w14:textId="77777777" w:rsidR="00267033" w:rsidRDefault="00267033"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="331EA64C" w14:textId="77777777" w:rsidR="0017327D" w:rsidRDefault="0017327D" w:rsidP="007D3DC6">
+    <w:p w14:paraId="2E3BAA2C" w14:textId="77777777" w:rsidR="00A04EE7" w:rsidRDefault="00A04EE7" w:rsidP="007D3DC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2933F0FA" w14:textId="77777777" w:rsidR="0017327D" w:rsidRDefault="0017327D" w:rsidP="007D3DC6">
+    <w:p w14:paraId="0345F85D" w14:textId="77777777" w:rsidR="00A04EE7" w:rsidRDefault="00A04EE7" w:rsidP="007D3DC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3AD189D7" w14:textId="53E25D71" w:rsidR="007D3DC6" w:rsidRPr="002705B3" w:rsidRDefault="007D3DC6" w:rsidP="002705B3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002705B3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
@@ -1084,98 +935,105 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F55C68BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="695933648">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="230"/>
+  <w:zoom w:percent="220"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="kIujsF9F9HeAYIhSQ0KlXKb61qLFUs3pDgP0KOpGQLaHouxrtmHv97o+nA0Z02bRCQFGGW+HnSn+oxYuOIoeVQ==" w:salt="6d877U8iQuQOx/k+1Vme8g=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="kO1DtW0779bmsyD6C1gpG4VeWb9zAp8T/mszjR2vAKVPHn2d/bAnHNRtCFh3Z1opfpKYyZUchQL0TsPF909uZQ==" w:salt="GrvXR3xyaaqC9k7CJUMWRA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D67084"/>
     <w:rsid w:val="000E0E8C"/>
     <w:rsid w:val="00115ADD"/>
     <w:rsid w:val="0017327D"/>
     <w:rsid w:val="001C08B8"/>
     <w:rsid w:val="001E3B4E"/>
     <w:rsid w:val="00267033"/>
     <w:rsid w:val="002705B3"/>
     <w:rsid w:val="0027413F"/>
+    <w:rsid w:val="002D7166"/>
+    <w:rsid w:val="00351319"/>
     <w:rsid w:val="003A082D"/>
     <w:rsid w:val="003F507C"/>
     <w:rsid w:val="00403FA0"/>
     <w:rsid w:val="005956A4"/>
     <w:rsid w:val="005B577F"/>
     <w:rsid w:val="00627276"/>
+    <w:rsid w:val="00672A37"/>
+    <w:rsid w:val="00685137"/>
     <w:rsid w:val="006D2F69"/>
     <w:rsid w:val="007573FF"/>
     <w:rsid w:val="007D3DC6"/>
     <w:rsid w:val="008B70AB"/>
     <w:rsid w:val="00970A76"/>
     <w:rsid w:val="009B7228"/>
+    <w:rsid w:val="00A04EE7"/>
     <w:rsid w:val="00A40156"/>
     <w:rsid w:val="00A96AE5"/>
+    <w:rsid w:val="00AB02DC"/>
     <w:rsid w:val="00B1378F"/>
     <w:rsid w:val="00BA1B21"/>
     <w:rsid w:val="00BD510A"/>
+    <w:rsid w:val="00D51DCF"/>
     <w:rsid w:val="00D67084"/>
     <w:rsid w:val="00EA1725"/>
     <w:rsid w:val="00F7719E"/>
     <w:rsid w:val="00F912EB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5968AB6D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3FA1D1B7-0164-D342-9465-7A265B6DF016}"/>
@@ -2435,69 +2293,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>617</Words>
-  <Characters>3521</Characters>
+  <Words>577</Words>
+  <Characters>3387</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>60</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4130</CharactersWithSpaces>
+  <CharactersWithSpaces>3941</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>James Popp</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>